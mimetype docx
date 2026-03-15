--- v0 (2025-10-10)
+++ v1 (2026-03-15)
@@ -106,59 +106,56 @@
       </w:tblGrid>
       <w:tr w:rsidR="00AD784C" w14:paraId="18FF4B0B" w14:textId="77777777" w:rsidTr="00802748">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="30E6956D" w14:textId="71FD4B4F" w:rsidR="00AD784C" w:rsidRPr="00431F42" w:rsidRDefault="00F04BE0" w:rsidP="00431F42">
             <w:pPr>
               <w:pStyle w:val="Documenttitle"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Residential Rental Agreement </w:t>
             </w:r>
             <w:r w:rsidR="004E46CF">
               <w:t xml:space="preserve">Terminations and Deceased Estates Operational Guidelines </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD784C" w14:paraId="246F9CB0" w14:textId="77777777" w:rsidTr="000C3170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14EEB3AC" w14:textId="5137BBBE" w:rsidR="00386109" w:rsidRPr="00A1389F" w:rsidRDefault="00CC1086" w:rsidP="00C12B05">
+          <w:p w14:paraId="14EEB3AC" w14:textId="5C48B302" w:rsidR="00386109" w:rsidRPr="00A1389F" w:rsidRDefault="00567BDA" w:rsidP="00C12B05">
             <w:pPr>
               <w:pStyle w:val="Documentsubtitle"/>
             </w:pPr>
             <w:r>
-              <w:t>October</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> 2025</w:t>
+              <w:t>January 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00430393" w14:paraId="2AE57792" w14:textId="77777777" w:rsidTr="000C3170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5EAAECE0" w14:textId="77777777" w:rsidR="00430393" w:rsidRDefault="001A6272" w:rsidP="00430393">
             <w:pPr>
               <w:pStyle w:val="Bannermarking"/>
             </w:pPr>
             <w:fldSimple w:instr=" FILLIN  &quot;Type the protective marking&quot; \d OFFICIAL \o  \* MERGEFORMAT ">
               <w:r>
                 <w:t>OFFICIAL</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
           <w:p w14:paraId="776B78D7" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00430393">
             <w:pPr>
               <w:pStyle w:val="Bannermarking"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="50D85A96" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00430393">
@@ -270,65 +267,65 @@
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="000920F7">
         <w:t xml:space="preserve">To receive this publication in an accessible format contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="000920F7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Homes Victoria</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000920F7">
         <w:t xml:space="preserve"> &lt;enquiries@homes.vic.gov.au&gt;.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AC7FD2D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="000920F7" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="000920F7">
         <w:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35484C5D" w14:textId="675F8185" w:rsidR="00511D9D" w:rsidRPr="000920F7" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+    <w:p w14:paraId="35484C5D" w14:textId="56AE476C" w:rsidR="00511D9D" w:rsidRPr="000920F7" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="000920F7">
         <w:t xml:space="preserve">© State of Victoria, Department of Families, Fairness and </w:t>
       </w:r>
       <w:r w:rsidR="0032677A" w:rsidRPr="000920F7">
         <w:t>Housing,</w:t>
       </w:r>
       <w:r w:rsidR="0032677A">
-        <w:t xml:space="preserve"> October</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> 2025</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00567BDA">
+        <w:t>January 2026</w:t>
       </w:r>
       <w:r w:rsidRPr="000920F7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A65B49" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="000920F7" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t xml:space="preserve">ISBN: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C250A0">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">978-1-76130-830-7 </w:t>
       </w:r>
@@ -3640,57 +3637,271 @@
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Policy and </w:t>
             </w:r>
             <w:r w:rsidRPr="00366480">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">procedures </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">references have been </w:t>
             </w:r>
             <w:r w:rsidRPr="00366480">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">removed to conform to the standard format of current operational guidelines. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00D10731" w:rsidRPr="00025711" w14:paraId="4FCF0F0F" w14:textId="77777777" w:rsidTr="00F41225">
+        <w:trPr>
+          <w:trHeight w:val="756"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F7AA1C" w14:textId="696F13CA" w:rsidR="00D10731" w:rsidRDefault="00D10731" w:rsidP="00F41225">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5845B85B" w14:textId="47FDFD4C" w:rsidR="00D10731" w:rsidRDefault="00FF1889" w:rsidP="00F41225">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Throughout </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="05BE6024" w14:textId="7A056629" w:rsidR="00D10731" w:rsidRDefault="00D10731" w:rsidP="00F41225">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>October 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3E66FE" w14:textId="6A0F2B0A" w:rsidR="00D10731" w:rsidRDefault="006F157B" w:rsidP="006F157B">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Accessibility updates</w:t>
+            </w:r>
+            <w:r w:rsidR="003914E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F60DE0D" w14:textId="7A438436" w:rsidR="006F157B" w:rsidRDefault="003914E2" w:rsidP="006F157B">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Addition of content about reletting restrictions for dual tenancy agreement</w:t>
+            </w:r>
+            <w:r w:rsidR="00967CB8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737AF9D3" w14:textId="0B33F39F" w:rsidR="003914E2" w:rsidRDefault="003914E2" w:rsidP="006F157B">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Update to State Trustee telephone number</w:t>
+            </w:r>
+            <w:r w:rsidR="00967CB8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567BDA" w:rsidRPr="00025711" w14:paraId="187E2DAC" w14:textId="77777777" w:rsidTr="00F41225">
+        <w:trPr>
+          <w:trHeight w:val="756"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F273FB7" w14:textId="5EEFC014" w:rsidR="00567BDA" w:rsidRDefault="00567BDA" w:rsidP="00F41225">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="_Toc205542007"/>
+            <w:r>
+              <w:t>4.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC43083" w14:textId="3564FCD8" w:rsidR="00567BDA" w:rsidRDefault="0013486D" w:rsidP="00F41225">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Throughout</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0485F40D" w14:textId="0285C3D7" w:rsidR="00567BDA" w:rsidRDefault="00967CB8" w:rsidP="00F41225">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="243A5536" w14:textId="77777777" w:rsidR="00567BDA" w:rsidRDefault="00967CB8" w:rsidP="006F157B">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Update to revision table.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F03DC3" w14:textId="1C0A4152" w:rsidR="00967CB8" w:rsidRDefault="00967CB8" w:rsidP="006F157B">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minor </w:t>
+            </w:r>
+            <w:r w:rsidR="0013486D">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>grammar updates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78E1AD7D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00AD65DF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+    <w:p w14:paraId="0C9CFFE3" w14:textId="77777777" w:rsidR="00D10731" w:rsidRDefault="00D10731" w:rsidP="00D10731">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:sectPr w:rsidR="00D10731" w:rsidSect="00F15144">
+          <w:headerReference w:type="even" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId19"/>
+          <w:footerReference w:type="even" r:id="rId20"/>
+          <w:footerReference w:type="default" r:id="rId21"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="340"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E1AD7D" w14:textId="6735465D" w:rsidR="00511D9D" w:rsidRPr="00AD65DF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc205542007"/>
       <w:r w:rsidRPr="00AD65DF">
+        <w:lastRenderedPageBreak/>
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="04C97AD7" w14:textId="42DF17B8" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">Terminating a </w:t>
       </w:r>
       <w:r w:rsidR="000E60DF">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">esidential </w:t>
       </w:r>
       <w:r w:rsidR="000E60DF">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="000E60DF">
         <w:t>a</w:t>
@@ -3860,65 +4071,56 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="58FCB724" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55B49">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Maintaining procedural fairness</w:t>
       </w:r>
       <w:r w:rsidRPr="00D55B49">
         <w:t>: Following fair and correct procedures throughout the termination process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720AC5E7" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00366CFF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00366CFF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Giving proper consideration to</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> human rights:</w:t>
+        <w:t>Giving proper consideration to human rights:</w:t>
       </w:r>
       <w:r w:rsidRPr="00366CFF">
         <w:t xml:space="preserve"> Ensuring that termination decisions carefully balance legal requirements with the renter’s human rights</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2257295A" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00AD65DF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc205542008"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:t>ermination</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with or without agreement</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="04DA340C" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00AD65DF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
@@ -4008,51 +4210,50 @@
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D71360" w14:textId="3DB720C7" w:rsidR="00511D9D" w:rsidRPr="00AD65DF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD65DF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Without </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>greement:</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -4144,1122 +4345,798 @@
         <w:t xml:space="preserve">outline the different </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:t>termination types</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by scenarios.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B3EE7A5" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Tablecaption"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D41F15">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t>Table 1a: Termination with and without agreement scenario examples – Category: By (with) agreement</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1978"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3650"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="3654"/>
+        <w:gridCol w:w="3654"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="62DD09CD" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="62DD09CD" w14:textId="77777777" w:rsidTr="006F6391">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="17498C32" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Termination type </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B94192D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Description </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B96CA55" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Relevant RTA section/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="715CA541" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="715CA541" w14:textId="77777777" w:rsidTr="00D10731">
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="54CDDF1A" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Transfer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78F4DC48" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>When a renter moves to another Homes Victoria owned public housing premises.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="64B3AF50" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91C Termination by agreement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C598553" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91D Termination by consent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="6A941889" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="6A941889" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0A3CA23B" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Transfer of tenancy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="53286F66" w14:textId="7FE66100" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">A new eligible renter(s) takes over the </w:t>
             </w:r>
             <w:r w:rsidR="002715DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">ental </w:t>
             </w:r>
             <w:r w:rsidR="002715DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>greement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="51467E36" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91C Termination by agreement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1864B583" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91D Termination by consent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="6E657EA7" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="6E657EA7" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E7E3794" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Voluntary termination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5B27139D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>When a renter relocates from the rented premises, for example into private rental accommodation or in circumstances where a property/home is acquired by purchase.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="052848A1" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91C Termination by agreement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7576ECC0" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91D Termination by consent</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="7CF61B95" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="7CF61B95" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="46B8C514" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Notice of Intention to Vacate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="396D6636" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The renter gives at least 28 days’ notice of their intention to vacate the rented premises.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34F6E635" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91Z Notice of intention to vacate</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7EEA48C1" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91E Termination after notice to vacate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="633F8082" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="633F8082" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="088D0C8F" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Deceased renter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="26276CF1" w14:textId="3FA5EBE6" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">Based on an agreement </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">Based on an agreement entered into between the </w:t>
+            </w:r>
+            <w:r w:rsidR="002715DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>entered into</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">esidential </w:t>
+            </w:r>
+            <w:r w:rsidR="002715DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> between the </w:t>
+              <w:t xml:space="preserve">ental </w:t>
             </w:r>
             <w:r w:rsidR="002715DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D41F15">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>rovider (</w:t>
+            </w:r>
+            <w:r w:rsidR="002715DA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">esidential </w:t>
+              <w:t xml:space="preserve">ental </w:t>
             </w:r>
             <w:r w:rsidR="002715DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>r</w:t>
+              <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">ental </w:t>
-[...5 lines deleted...]
-              <w:t>p</w:t>
+              <w:t xml:space="preserve">rovider) with the Legal Personal Representative </w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>rovider (</w:t>
-[...23 lines deleted...]
-              <w:t>rovider) with the Legal Personal Representative (LRP) or Next of Kin (N</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>(LRP) or Next of Kin (N</w:t>
             </w:r>
             <w:r w:rsidR="00260C2E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>K) of a deceased renter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1967" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="518B2CB8" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>s91N Termination after death of sole renter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1631EA20" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Tablecaption"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D41F15">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t>Table 1b: Termination with and without agreement scenario examples– Category: Without agreement</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1978"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3618"/>
+        <w:gridCol w:w="1981"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="3622"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="54E97F43" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="54E97F43" w14:textId="77777777" w:rsidTr="006F6391">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="13EF7A83" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Termination type </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="653B9F7F" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Description </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3B62B5E9" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Relevant RTA section/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="4F09594E" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="4F09594E" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1CC42275" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Termination without notice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2B6A924F" w14:textId="1C22AFFA" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">When a renter ends a </w:t>
             </w:r>
             <w:r w:rsidR="002715DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">ental </w:t>
             </w:r>
             <w:r w:rsidR="002715DA">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">greement without providing at least 28 days’ notice of intention to vacate from the rented premises after which the notice is given.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="327BB632" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91Z Notice of intention to vacate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="6385D643" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="6385D643" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="34B3E791" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Notice to Vacate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74C78488" w14:textId="158BB10F" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">When a renter leaves the rented premises after the </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
@@ -5284,717 +5161,541 @@
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">otice to </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>acate on the renter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="253453F6" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91E Termination after notice to vacate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="5D18C94F" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="5D18C94F" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2079B6A3" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Eviction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="78604D13" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">When an order from the Victorian Civil and Administrative Tribunal (VCAT) directs the renter to vacate the rented premises by the contents described in the order.  Those orders provide further direction by VCAT to the principal registrar to issue a warrant of possession if requested by the person applying for a </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">possession order within prescribed timeframes.  </w:t>
+              <w:t xml:space="preserve">When an order from the Victorian Civil and Administrative Tribunal (VCAT) directs the renter to vacate the rented premises by the contents described in the order.  Those orders provide further direction by VCAT to the principal registrar to issue a warrant of possession if requested by the person applying for a possession order within prescribed timeframes.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2179C525" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>s333 Contents of possession order</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="578CDE01" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s334 Effect of possession order for the rented premises</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="522DA3BB" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s351 Issue of warrant of possession</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BEF0ED5" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">s355 Warrant of possession  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="6EF67114" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="6EF67114" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AEFC3ED" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Deceased renter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7B3C27F9" w14:textId="46E4392A" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">When the </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">ental </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>rovider serves a Notice to Vacate to the renters LPR or NOK, or per VCAT orders when the LPR/NOK can’t be found.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4DD6633B" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91N Termination after death of sole renter</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34A9BE4D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s334 Effect of possession order for rented premises</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="1DB65431" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="1DB65431" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F5CF5B0" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Repudiation or abandonment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2C4A50A8" w14:textId="37DBC9D5" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">When the renter, by actions like abandoning the rented premises or engaging in subletting without consent, demonstrates by act or omission that they no longer wish to abide by their </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">ental </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>greement and continue the tenancy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3A051047" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91F Termination by abandonment</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F4E4610" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">s91G Termination where premises are sub-let  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28E2BE96" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">s91K Termination by disclaimer  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="04B32D8F" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="04B32D8F" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1066" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="76C88B27" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Family violence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="068F4F95" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Specific provisions that apply in cases involving family violence.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1950" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="42ECB6B5" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91V Application for termination or new residential Rental Agreement because of family violence or personal violence</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E2A24B5" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">s91W Tribunal orders  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01CEFD43" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>s70B Locks for rented premises the subject of an order under s91W(1)(b) and (1</w:t>
-[...13 lines deleted...]
-              <w:t>b)</w:t>
+              <w:t>s70B Locks for rented premises the subject of an order under s91W(1)(b) and (1A)(b)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CD6AE15" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">s91X Tribunal may determine parties' liability under terminated residential Rental Agreement  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52E1450E" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s91Y Cross-examination in a proceeding for termination or new residential Rental Agreement</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27230A5F" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>s420A Order by Tribunal if renter victim of family violence or personal violence</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0651A1A7" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s420B Order by Tribunal in circumstances of family violence or personal violence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68E768AA" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00AD65DF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc205542009"/>
       <w:r w:rsidRPr="00AD65DF">
+        <w:lastRenderedPageBreak/>
         <w:t>Termination dates</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="10A737EC" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t>The termination date is determined by the type of termination</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> intended by the parties</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve"> and whether the renter has vacated the </w:t>
       </w:r>
       <w:r>
         <w:t>rented premises</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A191D5E" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="005A4C57" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
@@ -6041,494 +5742,343 @@
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t>determ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t>ined</w:t>
       </w:r>
       <w:r w:rsidRPr="00C84CA4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t xml:space="preserve"> by scenario</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2900"/>
-        <w:gridCol w:w="6378"/>
+        <w:gridCol w:w="2903"/>
+        <w:gridCol w:w="6385"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="7098122C" w14:textId="77777777" w:rsidTr="00F41225">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="7098122C" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00C9BA50" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
+          <w:p w14:paraId="00C9BA50" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00D10731">
             <w:pPr>
-              <w:pStyle w:val="Tablecaption"/>
+              <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Termination type</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55FD46F5" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
+          <w:p w14:paraId="55FD46F5" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00D10731">
             <w:pPr>
-              <w:pStyle w:val="Tablecaption"/>
+              <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Termination date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="2F46F347" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="2F46F347" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="14FE203E" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Transfer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7427A08B" w14:textId="234368F3" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">The date the new </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">ental </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>greement commences.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="069AE73F" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="069AE73F" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4FEFAB28" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Transfer of tenancy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3885F87F" w14:textId="1DA14D2A" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">The date the new </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">ental </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>greement commences.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="13071ADF" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="13071ADF" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FA61DD2" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Voluntary termination</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="22D2FB80" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The date the renter provides vacant possession of the rented premises or the previous day if this occurs after business hours.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="23FB3B40" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="23FB3B40" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="129E876D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Notice of Intention to Vacate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="66BE0CBA" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The date the renter provides vacant possession of the rented premises or the previous day if this occurs after business hours.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="752CB2BE" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="752CB2BE" w14:textId="77777777" w:rsidTr="00D10731">
         <w:trPr>
           <w:trHeight w:val="1406"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="781CCD81" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">Deceased renter </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0404C41B" w14:textId="3C6D1E28" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">The date specified in the </w:t>
             </w:r>
             <w:r w:rsidR="005164A2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
@@ -6609,434 +6159,290 @@
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>rovider.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52DCA181" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The date determined by VCAT.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="3192A92D" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="3192A92D" w14:textId="77777777" w:rsidTr="00D10731">
         <w:trPr>
           <w:trHeight w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4ED21DE8" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Termination without notice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6DD222EC" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The date the renter provides vacant possession. Backdated to the previous day if this occurs after business hours.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="1B616F20" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="1B616F20" w14:textId="77777777" w:rsidTr="00D10731">
         <w:trPr>
           <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6270FD7C" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Notice to Vacate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="23B96B98" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The date the renter provides vacant possession. Backdated to the previous day if this occurs after business hours.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="621EA611" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="621EA611" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="03F0EE5A" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Eviction</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CF4B05C" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The date the warrant of possession is executed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="63DE16CD" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="63DE16CD" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4CD5C28D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Repudiation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3F957609" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The date the Department accepts the repudiation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="2B9D408F" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="2B9D408F" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5A1DA704" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Abandonment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3E9D178D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The date it is established that the premises were abandoned as per the VCAT order.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="181E7FB9" w14:textId="77777777" w:rsidTr="00F41225">
+      <w:tr w:rsidR="00511D9D" w:rsidRPr="00D41F15" w14:paraId="181E7FB9" w14:textId="77777777" w:rsidTr="00D10731">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1563" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4AC27A9A" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Family Violence VCAT order</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3437" w:type="pct"/>
-            <w:tcBorders>
-[...10 lines deleted...]
-            </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="21E638D1" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D41F15">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>The date determined by VCAT.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65168EDB" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00D41F15" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D735FAC" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
@@ -7057,50 +6463,51 @@
       <w:r>
         <w:t xml:space="preserve">Vacant possession is a term used to describe a specific condition in which a rented premises is returned from one party to another in accordance with the terms and conditions specified in the standard form </w:t>
       </w:r>
       <w:r w:rsidR="005164A2">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="005164A2">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greement. When a renter returns a rented premises (subject to VCAT order or otherwise) to a Rental Provider, vacant possession means that the property must be:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD44FC9" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="008A03C2" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="008A03C2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Completely unoccupied:</w:t>
       </w:r>
       <w:r w:rsidRPr="008A03C2">
         <w:t xml:space="preserve"> The renter must have physically vacated the premises, ensuring no other occupants listed on the household or any other person remains living there as a principal place of residence.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2805C483" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="008A03C2" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="008A03C2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Free from personal belongings:</w:t>
       </w:r>
       <w:r w:rsidRPr="008A03C2">
         <w:t xml:space="preserve"> All personal goods and documents including furniture, appliances, and rubbish must be removed from the rented premises. This means the rented premises should be empty and free from any items that were not present at the commencement of the </w:t>
       </w:r>
       <w:r>
         <w:t>Rental Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="008A03C2">
         <w:t>.</w:t>
@@ -7130,92 +6537,75 @@
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="008A03C2">
         <w:t>rovider can take full control of the rented premises without any legal or practical obstacles.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FCBFEA3" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00F34784" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Toc205542011"/>
       <w:r w:rsidRPr="00F34784">
         <w:t>Termination date</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidRPr="00F34784">
         <w:t xml:space="preserve"> alteration</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="3FF4899C" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
-        <w:t>The Housing Integrated Information Program (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) enables the update or backdating of termination dates, which should only be done in cases of error. </w:t>
+        <w:t xml:space="preserve">The Housing Integrated Information Program (HiiP) enables the update or backdating of termination dates, which should only be done in cases of error. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="234FF818" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00364905" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00364905">
-        <w:t xml:space="preserve">Termination dates can be backdated by up to 14 days through the Termination tab in </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, with approval from a Team Manager or higher. </w:t>
+        <w:t xml:space="preserve">Termination dates can be backdated by up to 14 days through the Termination tab in HiiP, with approval from a Team Manager or higher. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DED8310" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="008A03C2">
         <w:t>Any adjustments beyond 14 days require review and approval from the Client Support and Housing Services Manager via an escalation workflow, as mandated by system rules.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BC9EE8E" w14:textId="3292171A" w:rsidR="00511D9D" w:rsidRPr="00AD65DF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc205542012"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Reversal of </w:t>
       </w:r>
       <w:r w:rsidR="007C46F0">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="007C46F0">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:t xml:space="preserve"> termination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="7CD18D15" w14:textId="26FA6288" w:rsidR="00511D9D" w:rsidRPr="001C496A" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -7232,65 +6622,51 @@
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="007C46F0">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> termination can only be reversed if it was not in accordance with the RTA. Reversals in </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> are only permitted if </w:t>
+        <w:t xml:space="preserve"> termination can only be reversed if it was not in accordance with the RTA. Reversals in HiiP are only permitted if </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">administrative </w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>error has occurred and must be actioned within five working days of the termination date.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E1E541F" w14:textId="66452FC2" w:rsidR="00511D9D" w:rsidRPr="001C496A" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00364905">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -7579,50 +6955,51 @@
     <w:p w14:paraId="3363C2A5" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00AD65DF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="008F3ECE">
         <w:t>Upon finali</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008F3ECE">
         <w:t xml:space="preserve">ing the account, if a credit balance is identified, the </w:t>
       </w:r>
       <w:r>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="008F3ECE">
         <w:t>epartment's Revenue and Accounts Receivable Section will initiate a refund. This refund is typically processed within 28 days.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="152EF116" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00DB4B0D" w:rsidRDefault="00511D9D" w:rsidP="00F8281A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Outstanding debt</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E394DC" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00250C2C" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t>When a renter has outstanding rent or maintenance debt, staff should proactively engage in negotiations to establish a mutually agreeable repayment agreement. The repayment negotiation process should include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D29AC7" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00250C2C" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Initial </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -7754,107 +7131,90 @@
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">Forwarding </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t>ddress</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
     </w:p>
     <w:p w14:paraId="5CFC7DFE" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>If a forwarding address is unavailable, the terminated rented premises</w:t>
       </w:r>
       <w:r w:rsidRPr="00390C9B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">should be used as the last known address. </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF66A3">
-        <w:t xml:space="preserve">When adding forwarding addresses in </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">, staff must do so directly from the client’s records to ensure each client receives </w:t>
+        <w:t xml:space="preserve">When adding forwarding addresses in HiiP, staff must do so directly from the client’s records to ensure each client receives </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF66A3">
         <w:t>letter individually.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D7A659E" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc205542015"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Family violence</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="3B995144" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>In cases involving family violence, the situation may require special handling to protect the safety and privacy of the victim. This may involve:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03CF62A4" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="006202DD" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="006202DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Confidentiality:</w:t>
       </w:r>
       <w:r w:rsidRPr="006202DD">
-        <w:t xml:space="preserve"> Ensuring that any information related to the victim's new address is kept confidential. For example, staff should consider utilising tools such as the 'Secure client' </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> indicator, which can be enabled under the 'Sensitive client' tab. This feature prevents </w:t>
+        <w:t xml:space="preserve"> Ensuring that any information related to the victim's new address is kept confidential. For example, staff should consider utilising tools such as the 'Secure client' HiiP indicator, which can be enabled under the 'Sensitive client' tab. This feature prevents </w:t>
       </w:r>
       <w:r>
         <w:t>sensitive details such as</w:t>
       </w:r>
       <w:r w:rsidRPr="006202DD">
         <w:t xml:space="preserve"> names and address</w:t>
       </w:r>
       <w:r>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidRPr="006202DD">
         <w:t xml:space="preserve"> from being displayed on letter window envelopes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4607E540" w14:textId="22DC50A1" w:rsidR="00511D9D" w:rsidRPr="006202DD" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="006202DD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Alternative arrangements:</w:t>
       </w:r>
@@ -7867,78 +7227,70 @@
       <w:r w:rsidRPr="006202DD">
         <w:t xml:space="preserve"> or a secure communication method</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> such as</w:t>
       </w:r>
       <w:r w:rsidRPr="006202DD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="006202DD">
         <w:t xml:space="preserve">igital </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="006202DD">
         <w:t>ail through Housing Vic Online Services, can also be used. Th</w:t>
       </w:r>
       <w:r>
         <w:t>e secure communication</w:t>
       </w:r>
       <w:r w:rsidRPr="006202DD">
-        <w:t xml:space="preserve"> service provides a confidential online platform via </w:t>
-[...7 lines deleted...]
-        <w:t>, allowing clients to manage correspondence securely.</w:t>
+        <w:t xml:space="preserve"> service provides a confidential online platform via myGov, allowing clients to manage correspondence securely.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37F2A084" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00625905">
         <w:t xml:space="preserve">If a forwarding address is unavailable due to family violence or other safety concerns, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">staff </w:t>
       </w:r>
       <w:r w:rsidRPr="00625905">
         <w:t>should consult</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00EB15AF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Housing Business Operations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> &lt;</w:t>
       </w:r>
       <w:r w:rsidRPr="008A03C2">
         <w:t>housingbusiness.operations@dffh.vic.gov.au</w:t>
       </w:r>
       <w:r>
         <w:t>&gt; t</w:t>
       </w:r>
       <w:r w:rsidRPr="00625905">
         <w:t>o ensure compliance with applicable laws and to prioriti</w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00625905">
         <w:t xml:space="preserve">e the safety of the victim. </w:t>
       </w:r>
@@ -8058,96 +7410,89 @@
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">orm or </w:t>
       </w:r>
       <w:r w:rsidR="00D50688">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">eneral </w:t>
       </w:r>
       <w:r w:rsidR="00D50688">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">otice of </w:t>
       </w:r>
       <w:r w:rsidR="00D50688">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">ermination </w:t>
       </w:r>
       <w:r w:rsidR="00D50688">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve">orm generated from </w:t>
-[...7 lines deleted...]
-        <w:t>, notice can be provided in writing.</w:t>
+        <w:t>orm generated from HiiP, notice can be provided in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D039BA" w14:textId="1E8BFA0E" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">When staff receive a renter's </w:t>
       </w:r>
       <w:r w:rsidR="00B9197B">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">otice of </w:t>
       </w:r>
       <w:r w:rsidR="00B9197B">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">ntention to </w:t>
       </w:r>
       <w:r w:rsidR="00B9197B">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t>acate, the renter should be advised:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A436B43" w14:textId="21623BE5" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">General </w:t>
       </w:r>
       <w:r w:rsidR="00B9197B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">otice of </w:t>
       </w:r>
       <w:r w:rsidR="00B9197B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
@@ -8221,51 +7566,51 @@
       </w:r>
       <w:r w:rsidR="00B9197B">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="007803D7">
         <w:t xml:space="preserve">nstructions and a </w:t>
       </w:r>
       <w:r w:rsidR="00B9197B">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="007803D7">
         <w:t>hecklist to guide the process.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3776C940" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00267876" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00267876">
         <w:t xml:space="preserve">Additional information can be found online at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="008E26BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Moving out of your property</w:t>
         </w:r>
         <w:r w:rsidRPr="008E26BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00267876">
         <w:t>&lt;https://www.housing.vic.gov.au/moving-out-your-property&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="631362E8" w14:textId="114B88AB" w:rsidR="00511D9D" w:rsidRPr="008E4851" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -8593,92 +7938,75 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2D4679E2" w14:textId="03535510" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">Upon receiving the renter's </w:t>
       </w:r>
       <w:r w:rsidR="007C46F0">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">otice of </w:t>
       </w:r>
       <w:r w:rsidR="007C46F0">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">ntention to </w:t>
       </w:r>
       <w:r w:rsidR="007C46F0">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve">acate, the following actions should be taken in </w:t>
-[...7 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>acate, the following actions should be taken in HiiP:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BEAE25" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve">Record the notice details in </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Record the notice details in HiiP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="452B6927" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>Generate and send the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D6DE159" w14:textId="24A8983F" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Intention to </w:t>
       </w:r>
       <w:r w:rsidR="007C46F0">
         <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">acate </w:t>
       </w:r>
       <w:r w:rsidR="007C46F0">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">cknowledgement </w:t>
       </w:r>
       <w:r w:rsidR="007C46F0">
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:t>etter</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B6AE78D" w14:textId="1854995E" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:ind w:left="851"/>
@@ -8805,59 +8133,51 @@
       <w:r>
         <w:t>Complete a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:t xml:space="preserve"> Moving out </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:t xml:space="preserve">enancy </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:t xml:space="preserve">ondition </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:t>eport</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and upload this into </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> and upload this into HiiP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CACCD88" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t>dvise the renter of any cleaning required to meet the terms of their lease agreement before termination.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C55A70F" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>Review and d</w:t>
       </w:r>
       <w:r w:rsidRPr="006202DD">
         <w:t>iscuss with the renter any outstanding rent or maintenance charges. Ideally, the debt</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> should be settled</w:t>
@@ -8913,59 +8233,51 @@
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">If a renter gives notice but later changes their mind, the </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">otice of </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">ntention to </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">acate </w:t>
       </w:r>
       <w:r>
         <w:t>should</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve"> be cancelled in </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> be cancelled in HiiP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1820D525" w14:textId="30D635BF" w:rsidR="00511D9D" w:rsidRPr="00D54136" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc205542019"/>
       <w:r>
         <w:t xml:space="preserve">Receiving a </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">eneral </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">otice of </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>t</w:t>
       </w:r>
@@ -9051,120 +8363,100 @@
       <w:r>
         <w:t xml:space="preserve"> An inspection will be conducted within two working days following the termination of the </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D1BB737" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Charges:</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve"> The renter may incur charges for any necessary rubbish removal, repairs, or cleaning.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B50851C" w14:textId="4528F1C0" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">Upon termination of the </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve"> in </w:t>
-[...7 lines deleted...]
-        <w:t>, staff should:</w:t>
+        <w:t xml:space="preserve"> in HiiP, staff should:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0F4BA1" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">Ensure that the </w:t>
       </w:r>
       <w:r w:rsidRPr="00CA7346">
-        <w:t xml:space="preserve">key register in </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>key register in HiiP</w:t>
+      </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve"> is updated to reflect the return of keys.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34D52BC4" w14:textId="22828359" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve">Confirm that </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> successfully generates </w:t>
+        <w:t xml:space="preserve">Confirm that HiiP successfully generates </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a receipt for keys returned and a </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greement termination letter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70FCD498" w14:textId="76CFB1DC" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc205542020"/>
       <w:r>
         <w:t xml:space="preserve">Key returns without a </w:t>
       </w:r>
@@ -9276,51 +8568,50 @@
         <w:t xml:space="preserve">In cases where contact cannot be established or the renter refuses to complete the necessary form, legal action in accordance with the RTA may need to be considered to formally terminate the </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1140A27E" w14:textId="3B06D748" w:rsidR="00511D9D" w:rsidRPr="00D54136" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc205542021"/>
       <w:bookmarkStart w:id="25" w:name="_Hlk210659155"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Public housing transfers – </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ual </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="77A669B4" w14:textId="77971502" w:rsidR="00511D9D" w:rsidRPr="00211C02" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:rPr>
@@ -9567,50 +8858,51 @@
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6D3B">
         <w:t xml:space="preserve">. Understanding the differences between them is </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">important </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6D3B">
         <w:t>for determining the appropriate course of action.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D48631E" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00975915" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc205542023"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Abandonment</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
     <w:p w14:paraId="2D0F348B" w14:textId="199F3331" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00CC6D3B">
         <w:t xml:space="preserve">Abandonment occurs when a renter vacates a </w:t>
       </w:r>
       <w:r>
         <w:t>rented premises</w:t>
       </w:r>
       <w:r w:rsidRPr="00390C9B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6D3B">
         <w:t xml:space="preserve">without formally notifying the </w:t>
       </w:r>
       <w:r w:rsidR="009537E3">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC6D3B">
         <w:t xml:space="preserve">ental </w:t>
@@ -9729,51 +9021,50 @@
       <w:r>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidRPr="004000E0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidRPr="004000E0">
         <w:t xml:space="preserve"> be terminated in accordance with </w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="004000E0">
         <w:t>ection 91K of the RTA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="348F36DE" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc205542025"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Factors to consider</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="7538B73D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00CC6D3B" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC6D3B">
         <w:t>When assessing whether a situation involves abandonment or repudiation, consider the factors</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> below. Whilst some of the factors in isolation may not be enough to establish abandonment or repudiation, when considered together, they may be enough to establish abandonment or repudiation by a renter. Each matter will need to be decided on a case-by-case basis. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BDAA223" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Tablecaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00994EB7">
         <w:t>Table 3: Factors to consider</w:t>
@@ -10480,50 +9771,51 @@
               <w:t>Often ceased</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1922" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6362B241" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00CC6D3B" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="00431300">
               <w:t>May be ceased or irregular</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="05F193C6" w14:textId="7CDEAF84" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bodyaftertablefigure"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Given the legal complexities of repudiation, staff must contact the Legal Services Branch for advice on all potential repudiation cases before taking any action to terminate the </w:t>
       </w:r>
       <w:r w:rsidR="00675CA9">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="00675CA9">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t>. Legal Services Branch will assess the evidence and provide guidance on whether repudiation is established and the appropriate steps to take.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FBED159" w14:textId="5F76A191" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="_Toc205542026"/>
       <w:r>
         <w:t xml:space="preserve">Warrant of </w:t>
@@ -10772,51 +10064,50 @@
       <w:r w:rsidR="00C5408C">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00420438">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>rder and the renter has not left by the specified date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> directed by those orders.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ED98092" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="0097486E" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc205542027"/>
       <w:r w:rsidRPr="0097486E">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Execution and </w:t>
       </w:r>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="0097486E">
         <w:t>ermination</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w14:paraId="4926194F" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00420438" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00420438">
         <w:t xml:space="preserve">The warrant </w:t>
       </w:r>
       <w:r>
         <w:t>enables</w:t>
       </w:r>
       <w:r w:rsidRPr="00420438">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Victoria Police</w:t>
@@ -10921,59 +10212,51 @@
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55F69584" w14:textId="39F173DB" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">Following the execution of a warrant, staff must ensure the </w:t>
       </w:r>
       <w:r w:rsidR="00881DD8">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="00881DD8">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greement record</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve"> is formally terminated within the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> system.</w:t>
+        <w:t xml:space="preserve"> is formally terminated within the HiiP system.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD2CF27" w14:textId="21A0BDA2" w:rsidR="00511D9D" w:rsidRPr="00AD65DF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="_Toc205542028"/>
       <w:r w:rsidRPr="00AD65DF">
         <w:t xml:space="preserve">Deceased </w:t>
       </w:r>
       <w:r w:rsidR="004522E8">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:t xml:space="preserve">ole </w:t>
       </w:r>
       <w:r w:rsidR="004522E8">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD65DF">
         <w:t>enter</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="05620215" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
@@ -11037,87 +10320,74 @@
         <w:t xml:space="preserve">uardians or </w:t>
       </w:r>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA0172">
         <w:t>dministrators</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2824AEED" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00EA0172" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA0172">
         <w:t>mergency services such as Victoria Police</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22578447" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
-        <w:t>Services Australia (Centrelink) Income Confirmation eService (</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Services Australia (Centrelink) Income Confirmation eService (CCeS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="127A6AE4" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="009B63B9">
         <w:t>A N</w:t>
       </w:r>
       <w:r>
         <w:t>ext of Kin (N</w:t>
       </w:r>
       <w:r w:rsidRPr="009B63B9">
         <w:t>OK</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="009B63B9">
         <w:t xml:space="preserve"> is the closest living relative (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:t xml:space="preserve">e.g </w:t>
       </w:r>
       <w:r w:rsidRPr="009B63B9">
         <w:t xml:space="preserve">blood </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">relation </w:t>
       </w:r>
       <w:r w:rsidRPr="009B63B9">
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">by </w:t>
       </w:r>
       <w:r w:rsidRPr="009B63B9">
         <w:t>marriage) of a deceased person and a L</w:t>
       </w:r>
       <w:r>
         <w:t>egal</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA1153">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>P</w:t>
       </w:r>
@@ -11198,50 +10468,51 @@
       <w:r>
         <w:t>Transparency in all actions taken.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ABA6AB1" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>Accountability for all decisions and communications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C9BE43D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t>Minimisation of potential disputes during a difficult time for all parties involved.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="438FCD21" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
+        <w:lastRenderedPageBreak/>
         <w:t>Provision of a clear audit trail to demonstrate responsible and ethical handling of the tenancy, and enables staff to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBD4413" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t>Inform subsequent actions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DE98BFB" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t>Identify and contact relevant parties</w:t>
       </w:r>
       <w:r>
         <w:t>, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43ABF86C" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
@@ -11265,59 +10536,51 @@
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Record all </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>nteractions:</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve"> File note all interactions, against the corresponding tenancy and/or client record in </w:t>
-[...7 lines deleted...]
-        <w:t>, including:</w:t>
+        <w:t xml:space="preserve"> File note all interactions, against the corresponding tenancy and/or client record in HiiP, including:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7939C034" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:ind w:left="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00E71DD6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Method of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00E71DD6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -11376,988 +10639,883 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="006446F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">enter </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="006446F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">ndicator in </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">ndicator in HiiP: </w:t>
+      </w:r>
       <w:r w:rsidRPr="006446F1">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Enable the ‘Deceased’ checkbox in the ‘Personal details’ tab of the clients record and enter the date of death. If the date is an estimate, also enable the 'Estimated' checkbox.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B3BD3A4" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00A06AA6" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>HiiP</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006446F1">
+        <w:t>Update</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E71DD6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...25 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Update</w:t>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00E71DD6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>ddress:</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A06AA6">
+        <w:t xml:space="preserve">Update the address to reflect </w:t>
+      </w:r>
+      <w:r>
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AA6">
+        <w:t>The Estate of [Deceased Renter's Name]</w:t>
+      </w:r>
+      <w:r>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AA6">
+        <w:t xml:space="preserve"> for all future </w:t>
+      </w:r>
+      <w:r>
+        <w:t>correspondence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A06AA6">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41333D54" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E71DD6">
+        <w:t xml:space="preserve">Document </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>ddress:</w:t>
-[...29 lines deleted...]
-      </w:pPr>
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Document </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>torage:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve"> Ensure all received documents are scanned and accurately attached to the corresponding tenancy and/or client record in HiiP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65C49801" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Toc205542030"/>
+      <w:r>
+        <w:t>Transfer applications</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="42084C0F" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>When a deceased sole tenancy is confirmed, staff must promptly check HiiP for any existing transfer applications with an active status to ensure all relevant records are accurately updated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535AB24A" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009709CD">
+        <w:t>If an active transfer application is identified, staff must make a detailed file note flagging the renter as deceased, then trigger a reassessment to review and, if appropriate, remove the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5976AEBA" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00AD65DF" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc205542031"/>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>Identifying a NOK or LPR</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="3919FA5A" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>When information is rec</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:rPr>
+          <w:rStyle w:val="BodyChar"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eived that confirms the death of a renter, staff must make reasonable attempts </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">to identify the LRP or NOK. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34A60DF0" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00E0304E" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>Reasonable attempts to identify the NOK or LPR include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61716F5A" w14:textId="3EEBC5C6" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0304E">
+        <w:t xml:space="preserve">eviewing physical </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ental </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>greement files (if applicable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57C9AE41" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00E0304E" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">eviewing corresponding HiiP </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Rental Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve"> and/or client records</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2ED64B" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00E0304E" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0304E">
+        <w:t>eeking information from Victoria Police</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72DFDD8D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00E0304E" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">ending an email to the </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="_Int_Jyo7jFKQ"/>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>Coroner</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve"> at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24">
+        <w:r w:rsidRPr="0792F07C">
+          <w:t>CAE@VIFM.ORG</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1143500E" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00E0304E" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>ontacting State Trustees on 1300 138 6</w:t>
+      </w:r>
+      <w:r>
+        <w:t>72</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve"> or using email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25">
+        <w:r w:rsidRPr="0792F07C">
+          <w:t>eat@stl.com.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve"> to determine if they can locate:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E62D6DE" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00E0304E" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:ind w:left="851"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0304E">
+        <w:t xml:space="preserve"> NOK or LPR</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0304E">
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D9DBD1" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00E0304E" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:ind w:left="851"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">e Will identifying the executor or administrator of the deceased renter’s estate. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D29A40" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0304E">
+        <w:t>Documentary evidence to confirm the NOK or LRP may include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A743B00" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00706C0F" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00706C0F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Proof of the NOK's relationship to the deceased, such as a Birth or Marriage Certificate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58086037" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00706C0F" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hAnsi="Symbol"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706C0F">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Death Certificate, which should include the NOK's details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54600980" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00994EB7" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00994EB7">
+        <w:t>The deceased renter's Will, provided it is in writing, signed by the deceased, and witnessed by two or more individuals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03596672" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:hAnsi="Symbol"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706C0F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Grant of Probate or Letters of Administration issued by the Supreme Court</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Victoria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00706C0F">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17BBC8F5" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc205542032"/>
+      <w:r w:rsidRPr="0792F07C">
+        <w:lastRenderedPageBreak/>
+        <w:t>Identified NOK or LPR</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="1A19128F" w14:textId="3E26C237" w:rsidR="00511D9D" w:rsidRPr="00973BAC" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc205542033"/>
+      <w:r>
+        <w:t xml:space="preserve">Issuing a </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">otice of </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ntention to </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r>
+        <w:t>acate</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="4EE9AA3A" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>Once a NOK/LPR is identified, under s.91N(1)(a) and s.91N(2) of the RTA staff can issue:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75344856" w14:textId="71F2D609" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>otice of</w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t xml:space="preserve"> i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">ntention to </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>acate (generated in HiiP) and accompanying covering letter</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C80034" w14:textId="33D32C11" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">eneral </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">otice of </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">ermination </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>orm (generated in HiiP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20BCB990" w14:textId="56D1B9F5" w:rsidR="00511D9D" w:rsidRPr="004000E0" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004000E0">
+        <w:t xml:space="preserve">Rental and </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004000E0">
+        <w:t xml:space="preserve">aintenance </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004000E0">
+        <w:t xml:space="preserve">ccount </w:t>
+      </w:r>
+      <w:r w:rsidR="004556AB">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004000E0">
+        <w:t>ummary Statement (generated in HiiP)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="032787BB" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="0021154A" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC3638">
+        <w:t xml:space="preserve">Schedule a pre-vacating inspection </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to take place</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC3638">
+        <w:t xml:space="preserve"> before the expected termination date</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E8ED02D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:ind w:left="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0021154A">
+        <w:t>Complete a Moving out Condition Report</w:t>
+      </w:r>
+      <w:r>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D50D83" w14:textId="0BA6D4EC" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:ind w:left="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">Inspect the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>rented premises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00390C9B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">and advise the NOK/LPR of any cleaning required to meet the terms of the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ental </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>greement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve"> before termination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73745026" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="004F5C49" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F5C49">
+        <w:t>This will inform the NOK or LPR of their responsibilities, including the process to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5033C1C8" w14:textId="0CDF4A4E" w:rsidR="00511D9D" w:rsidRPr="00BB3B3A" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3B3A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Terminate the deceased renter’s </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ental </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>greement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB3B3A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C9DF8C9" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00BB3B3A" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BB3B3A">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Deliver vacant possession of the rented premises.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="035E1CC7" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00E71DD6" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0792F07C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure all belongings are removed from the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>rented premises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to termination, and that cleaning is completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> return the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>rented premises</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00390C9B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>in a reasonably clean condition.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C82A52E" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00E71DD6" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve"> Letters and notices relevant to a NOK or LPR can be located under the Intention to vacate tab in HiiP via the ‘Generate user-initiated letters button’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B07B9F7" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="008B0037" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>No response</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027613EC" w14:textId="5B9A5DAD" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">If the NOK/LPR does not respond within 14 days after receiving the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">otice of </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">ntention to </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">acate, staff must attempt to contact them to discuss initiating legal proceedings to terminate the </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ental </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>greement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06E6FA63" w14:textId="56A66B54" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">This legal process will involve issuing </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t>otice</w:t>
+      </w:r>
+      <w:r>
         <w:t>s</w:t>
       </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">acate under </w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
+        <w:t xml:space="preserve">ection 91N(3) of the RTA. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66205D8A" w14:textId="4E1F6DF9" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>torage:</w:t>
-[...662 lines deleted...]
-        </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve"> Letters and notices relevant to a NOK or LPR can be located under the Intention to vacate tab in </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">If the NOK/LPR does not respond within 14 days after receiving the </w:t>
+        <w:t xml:space="preserve"> While it is preferable for the NOK/LPR to return the keys by the termination date specified in either the </w:t>
       </w:r>
       <w:r w:rsidR="002D322B">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">otice of </w:t>
       </w:r>
       <w:r w:rsidR="002D322B">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">ntention to </w:t>
       </w:r>
       <w:r w:rsidR="002D322B">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve">acate, staff must attempt to contact them to discuss initiating legal proceedings to terminate the </w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">This legal process will involve issuing </w:t>
+        <w:t xml:space="preserve">acate or the </w:t>
       </w:r>
       <w:r w:rsidR="002D322B">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t>otice</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> to </w:t>
+        <w:t xml:space="preserve">otice to </w:t>
       </w:r>
       <w:r w:rsidR="002D322B">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t xml:space="preserve">acate under </w:t>
-[...66 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>acate, the return of keys is not a requirement for formally terminating the tenancy in HiiP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02B16319" w14:textId="54AA9FFE" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Toc205542034"/>
       <w:r w:rsidRPr="0063200E">
         <w:t xml:space="preserve">Issuing a </w:t>
       </w:r>
       <w:r w:rsidR="002D322B">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0063200E">
         <w:t xml:space="preserve">otice to </w:t>
       </w:r>
       <w:r w:rsidR="002D322B">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="0063200E">
         <w:t>acate</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
     </w:p>
     <w:p w14:paraId="6A3376D1" w14:textId="789C896B" w:rsidR="00511D9D" w:rsidRPr="004D68E1" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
@@ -12424,151 +11582,129 @@
         </w:rPr>
         <w:t xml:space="preserve">acate addressed to the deceased sole renter, as well as a second </w:t>
       </w:r>
       <w:r w:rsidR="002D322B">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">otice to </w:t>
       </w:r>
       <w:r w:rsidR="002D322B">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">acate served to the NOK/LRP </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">acate served to the NOK/LRP in order to terminate a </w:t>
+      </w:r>
+      <w:r w:rsidR="002D322B">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>in order to</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>r</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> terminate a </w:t>
+        <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="002D322B">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>r</w:t>
+        <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ental </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002D322B">
+        <w:t xml:space="preserve">greement when the sole renter passes away. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53622DBB" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>a</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">greement when the sole renter passes away. </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Body"/>
+        <w:t>To comply with section</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>s 91N(3),</w:t>
+      </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>To comply with section</w:t>
+        <w:t xml:space="preserve"> 91ZZO </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>s 91</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">and 506(3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>N(</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>of the RTA, the following details must be included in the Notices:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78814ECC" w14:textId="05845F22" w:rsidR="00511D9D" w:rsidRPr="00B43348" w:rsidRDefault="00D10731" w:rsidP="00511D9D">
+      <w:pPr>
+        <w:pStyle w:val="Tablecaption"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>3),</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0792F07C">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 91ZZO </w:t>
-[...21 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Table 4: </w:t>
+      </w:r>
+      <w:r w:rsidR="00511D9D">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Notice 1: Notice to vacate to the deceased sole renter</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="7308"/>
       </w:tblGrid>
       <w:tr w:rsidR="00511D9D" w14:paraId="01E42316" w14:textId="77777777" w:rsidTr="00F41225">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13B8EF95" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00B43348" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
@@ -12742,50 +11878,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00511D9D" w14:paraId="356995D9" w14:textId="77777777" w:rsidTr="00F41225">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29F20423" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="0064611D" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0064611D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Termination date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7308" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="449579AC" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="0019489F" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:highlight w:val="cyan"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006647BD">
               <w:rPr>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>21 calendar days after date of notice (14 days + 7 days for service of mail)</w:t>
             </w:r>
           </w:p>
@@ -12838,58 +11975,64 @@
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Homes Victoria now requires the occupant/s to vacate the rented premises </w:t>
             </w:r>
             <w:r w:rsidRPr="0063200E">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>(only when applicable).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65F9FB56" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+    <w:p w14:paraId="65F9FB56" w14:textId="23EA3B5D" w:rsidR="00511D9D" w:rsidRDefault="00D10731" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Tablecaption"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table 5: </w:t>
+      </w:r>
+      <w:r w:rsidR="00511D9D">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Notice 2: Notice to vacate to the NOK or LRP</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="7308"/>
       </w:tblGrid>
       <w:tr w:rsidR="00511D9D" w14:paraId="45256AD4" w14:textId="77777777" w:rsidTr="00F41225">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="422C0E2D" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00B43348" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
@@ -13033,51 +12176,50 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00511D9D" w14:paraId="5533CBD2" w14:textId="77777777" w:rsidTr="00F41225">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BD774FB" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="0064611D" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0064611D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Termination date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7308" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13AFAAB0" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="006647BD" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="006647BD">
               <w:t>21 calendar days after date of notice (14 days + 7 days for service of mail)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00511D9D" w14:paraId="68FAEBD3" w14:textId="77777777" w:rsidTr="00F41225">
         <w:trPr>
           <w:trHeight w:val="489"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
@@ -13284,160 +12426,156 @@
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">If all reasonable attempts have been made and a NOK or LPR </w:t>
       </w:r>
       <w:r>
         <w:t>can</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve"> identified</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve"> a Notice to Vacate cannot be issued. Staff may apply to VCAT under s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t>91</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">4) of the RTA to seek an order to terminate the </w:t>
+        <w:t xml:space="preserve">91N(4) of the RTA to seek an order to terminate the </w:t>
       </w:r>
       <w:r w:rsidR="001C4DD1">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ental </w:t>
       </w:r>
       <w:r w:rsidR="001C4DD1">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="764C3CA7" w14:textId="01D2A8DA" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bodyaftertablefigure"/>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">If a NOK or LPR is identified at any point during the VCAT application process, the matter should be withdrawn, and a </w:t>
       </w:r>
       <w:r w:rsidR="001C4DD1">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t xml:space="preserve">otice to </w:t>
       </w:r>
       <w:r w:rsidR="001C4DD1">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:t>acate issued as per s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
-        <w:t>91</w:t>
-[...7 lines deleted...]
-        <w:t>3) of the RTA.</w:t>
+        <w:t>91N(3) of the RTA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65BFD065" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">ensure compliance with </w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">the RTA, the following details must be included in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">VCAT </w:t>
       </w:r>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>application:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AAAAB1B" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="009612BE" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
+    <w:p w14:paraId="0AAAAB1B" w14:textId="11E8526A" w:rsidR="00511D9D" w:rsidRPr="009612BE" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Tablecaption"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>Table 4: Application to VCAT</w:t>
+        <w:t xml:space="preserve">Table </w:t>
+      </w:r>
+      <w:r w:rsidR="00D10731">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>: Application to VCAT</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="7308"/>
       </w:tblGrid>
       <w:tr w:rsidR="00511D9D" w14:paraId="3F040CFC" w14:textId="77777777" w:rsidTr="00F41225">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5072DA50" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00B43348" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -13698,50 +12836,51 @@
             <w:r w:rsidRPr="0792F07C">
               <w:t xml:space="preserve">Homes Victoria is seeking an order terminating the residential </w:t>
             </w:r>
             <w:r w:rsidR="001C4DD1">
               <w:t>r</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ental </w:t>
             </w:r>
             <w:r w:rsidR="001C4DD1">
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:t>greement for the rented premises located at [insert address].</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F6E9714" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00F90783" w:rsidRDefault="00511D9D" w:rsidP="00F41225">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Home Victoria is seeking</w:t>
             </w:r>
             <w:r w:rsidRPr="00F90783">
               <w:t xml:space="preserve"> a possession order </w:t>
             </w:r>
             <w:r>
               <w:t>as</w:t>
             </w:r>
             <w:r w:rsidRPr="00F90783">
               <w:t xml:space="preserve"> there are occupants staying at the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">rented </w:t>
             </w:r>
             <w:r w:rsidRPr="00F90783">
               <w:t>premises</w:t>
             </w:r>
             <w:r w:rsidRPr="00F90783">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009612BE">
@@ -13773,50 +12912,51 @@
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>(only when applicable).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2EAC810A" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc205542036"/>
       <w:bookmarkStart w:id="43" w:name="_Toc174544003"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Service of documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="2ADF1A86" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="004A7E17" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0792F07C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>A Notice to Vacate must be issued using one of the following methods:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:p w14:paraId="4C0961DE" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="0063200E" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0063200E">
         <w:t xml:space="preserve">Delivering </w:t>
@@ -13835,51 +12975,50 @@
       <w:r w:rsidRPr="008E419B">
         <w:t>Registered post</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A1F855" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="008E419B" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="008E419B">
         <w:t>Email</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AC0A9D9" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="0063200E">
         <w:t>In the manner ordered by VCAT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C40C2EC" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="0042173D">
         <w:t>f a renter has nominated email as one of their preferred methods of correspondence, a copy must also be sent by registered post to ensure that service requirements are clearly met and to provide verifiable proof of delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B82B074" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="44" w:name="_Toc205542037"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00EC14A7">
         <w:t>roof of service</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
@@ -14177,50 +13316,51 @@
     </w:p>
     <w:p w14:paraId="6302E0B2" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00450EE9" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Homes Victoria</w:t>
       </w:r>
       <w:r w:rsidRPr="00450EE9">
         <w:t xml:space="preserve"> may grant supervised access to a third party only when the LPR or NOK has provided written permission. Justifiable circumstances include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0072FFE8" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00450EE9" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00450EE9">
         <w:t>Retrieving clothing required for the deceased renter's funeral arrangements.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D028B1" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00450EE9" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00450EE9">
+        <w:lastRenderedPageBreak/>
         <w:t>Planning to feed, care for, and/or remove pets.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0AB5FE19" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00450EE9" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00450EE9">
         <w:t>Disposing of perishable items to prevent health hazards.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02E1C453" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00450EE9" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00450EE9">
         <w:t>The third party must:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A356352" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00450EE9" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
@@ -14245,127 +13385,123 @@
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00450EE9">
         <w:t>Not remove any of the deceased renter’s personal belongings.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="146FD53C" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRPr="00877C70" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="004000E0">
         <w:t xml:space="preserve">A third party may collect their own identifiable belongings from the </w:t>
       </w:r>
       <w:r>
         <w:t>rented premises</w:t>
       </w:r>
       <w:r w:rsidRPr="00390C9B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004000E0">
         <w:t>only when they can provide verifiable proof of ownership (e.g., a passport, driver's license, or other official personal documents).</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00511D9D" w:rsidRPr="00877C70" w:rsidSect="00F15144">
-      <w:headerReference w:type="even" r:id="rId22"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A5E7826" w14:textId="77777777" w:rsidR="00392166" w:rsidRDefault="00392166">
+    <w:p w14:paraId="7D6A7727" w14:textId="77777777" w:rsidR="00497FDB" w:rsidRDefault="00497FDB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15343FE5" w14:textId="77777777" w:rsidR="00392166" w:rsidRDefault="00392166"/>
+    <w:p w14:paraId="786A0C19" w14:textId="77777777" w:rsidR="00497FDB" w:rsidRDefault="00497FDB"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30E24B35" w14:textId="77777777" w:rsidR="00392166" w:rsidRDefault="00392166">
+    <w:p w14:paraId="37A385E3" w14:textId="77777777" w:rsidR="00497FDB" w:rsidRDefault="00497FDB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="746BF243" w14:textId="77777777" w:rsidR="00392166" w:rsidRDefault="00392166"/>
+    <w:p w14:paraId="17542471" w14:textId="77777777" w:rsidR="00497FDB" w:rsidRDefault="00497FDB"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="068CA87E" w14:textId="77777777" w:rsidR="00392166" w:rsidRDefault="00392166">
+    <w:p w14:paraId="292A4CF9" w14:textId="77777777" w:rsidR="00497FDB" w:rsidRDefault="00497FDB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -14376,50 +13512,51 @@
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
+    <w:altName w:val="Ebrima"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1001AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
@@ -14894,51 +14031,51 @@
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3B772BC9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMd3f54469bd0204c6fb2f3fa8" o:spid="_x0000_s1032" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4uIzwGAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0oOU6KbqdhF5kmKX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszjr90llWUd&#10;Vm9VcpWm86QDWxkLXDiH3schSJexvpSC+2cpnfBEFRRn8/G08SzDmSwXLN9ZZuqGn8Zg/zBFyxqN&#10;Tc+lHplnZG+bP0q1DbfgQPoJhzYBKRsu4g64TZZ+2GZbMyPiLgiOM2eY3P8ry58OW/Niie+/Qo8E&#10;BkA643KHzrBPL20bvjgpwThCeDzDJnpPODpvZvN0mmGIY2yaZTe3s1Amudw21vlvAloSjIJapCWi&#10;xQ4b54fUMSU007BulIrUKE26gs6nszReOEewuNLY4zJrsHxf9qSp8MK4RwnVEdezMDDvDF83OMOG&#10;Of/CLFKNY6N8/TMeUgH2gpNFSQ3219/8IR8ZwCglHUqnoO7nnllBifqukZu77Po6aC3+oGHfe8vR&#10;q/ftA6AqM3wghkcz5Ho1mtJC+4bqXoVuGGKaY8+ClqP54Ach4+vgYrWKSagqw/xGbw0PpQOaAdnX&#10;/o1Zc4LfI3FPMIqL5R9YGHIHHlZ7D7KJFAV8BzRPsKMiI8mn1xMk//4/Zl3e+PI3AAAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQC4uIzwGAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCMd3f54469bd0204c6fb2f3fa8" o:spid="_x0000_s1029" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLApg3GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0oOU6KbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDT2Owf5iiZY3G&#10;pudSj8wzsrfNH6XahltwIP2EQ5uAlA0XcQfcJks/bLOtmRFxFwTHmTNM7v+V5U+HrXmxxPdfoUcC&#10;AyCdcblDZ9inl7YNX5yUYBwhPJ5hE70nHJ03s3k6zTDEMTbNspvbWSiTXP421vlvAloSjIJapCWi&#10;xQ4b54fUMSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7ElT4RTjHiVUR1zPwsC8M3zd4Awb&#10;5vwLs0g1jo3y9c94SAXYC04WJTXYX3/zh3xkAKOUdCidgrqfe2YFJeq7Rm7usuvroLV4QcO+95aj&#10;V+/bB0BVZvhADI9myPVqNKWF9g3VvQrdMMQ0x54FLUfzwQ9CxtfBxWoVk1BVhvmN3hoeSgc0A7Kv&#10;/Ruz5gS/R+KeYBQXyz+wMOQOPKz2HmQTKQr4DmieYEdFRpJPrydI/v09Zl3e+PI3AAAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBLApg3GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="187CC088" w14:textId="35729B6B" w:rsidR="002C5B7C" w:rsidRPr="002C5B7C" w:rsidRDefault="002C5B7C" w:rsidP="002C5B7C">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="002C5B7C">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
@@ -15025,51 +14162,51 @@
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6EBCE929" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMcda5461fada7660fda7e169a" o:spid="_x0000_s1033" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBINw14GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0oOU6KbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDT2Owf5iiZY3G&#10;pudSj8wzsrfNH6XahltwIP2EQ5uAlA0XcQfcJks/bLOtmRFxFwTHmTNM7v+V5U+HrXmxxPdfoUcC&#10;AyCdcblDZ9inl7YNX5yUYBwhPJ5hE70nHJ03s3k6zTDEMTbNspvbWSiTXP421vlvAloSjIJapCWi&#10;xQ4b54fUMSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7ElT4UjjHiVUR1zPwsC8M3zd4Awb&#10;5vwLs0g1jo3y9c94SAXYC04WJTXYX3/zh3xkAKOUdCidgrqfe2YFJeq7Rm7usuvroLV4QcO+95aj&#10;V+/bB0BVZvhADI9myPVqNKWF9g3VvQrdMMQ0x54FLUfzwQ9CxtfBxWoVk1BVhvmN3hoeSgc0A7Kv&#10;/Ruz5gS/R+KeYBQXyz+wMOQOPKz2HmQTKQr4DmieYEdFRpJPrydI/v09Zl3e+PI3AAAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBINw14GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCMcda5461fada7660fda7e169a" o:spid="_x0000_s1030" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZof46GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LiRxLBcuAmcFHA&#10;SAI4Rc40RVoCKC5L0pbcr++Ssuwg7SnIhVrurvYxM5zfdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4srqECVwhIsol3emoJW3ps8SRyvRMPcCIzQGJRgG+bxandJaVmL&#10;1RuVXKXpLGnBlsYCF86h96EP0kWsL6Xg/klKJzxRBcXZfDxtPLfhTBZzlu8sM1XNT2OwD0zRsFpj&#10;03OpB+YZ2dv6n1JNzS04kH7EoUlAypqLuANuk6XvttlUzIi4C4LjzBkm93ll+eNhY54t8d136JDA&#10;AEhrXO7QGfbppG3CFyclGEcIj2fYROcJR+f1dJaOMwxxjI2z7PpmGsokl7+Ndf6HgIYEo6AWaYlo&#10;scPa+T51SAnNNKxqpSI1SpO2oLPxNI0/nCNYXGnscZk1WL7bdqQuCzoZ9thCecT1LPTMO8NXNc6w&#10;Zs4/M4tU49goX/+Eh1SAveBkUVKB/fM/f8hHBjBKSYvSKaj7vWdWUKJ+auTmNptMgtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAZof46GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="08EC5D7E" w14:textId="292E2C3E" w:rsidR="001C7128" w:rsidRPr="001C7128" w:rsidRDefault="001C7128" w:rsidP="001C7128">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001C7128">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
@@ -15139,106 +14276,106 @@
                           <w:r w:rsidRPr="00EB4BC7">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="1BA32EAB" id="MSIPCM82764d688816a9dc96a1b608" o:spid="_x0000_s1034" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAc/kHqGAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0hSCqURoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svo2&#10;o8R5pkumQIuCHoWjd4uvX+atycUVVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1KrtJ0mrRgS2OBC+fQ+9AH6SLWl1Jw/ySlE56oguJsPp42nttwJos5y3eWmarmpzHYB6ZoWK2x&#10;6bnUA/OM7G39T6mm5hYcSD/i0CQgZc1F3AG3ydJ322wqZkTcBcFx5gyT+7yy/PGwMc+W+O47dEhg&#10;AKQ1LnfoDPt00jbhi5MSjCOExzNsovOEo/NmMk3HGYY4xsZZdjObhDLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6HQ8SeMP5wgWVxp7XGYNlu+2HanLgs6GPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6vg9biBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEAL5BIl+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2sr&#10;caN2SwltGqeqQFyQEKKgnp1489PE6yh22+TtcU5w3JnR7DfJfjAtu2LvaksSlgsBDCm3uqZSws/3&#10;28MGmPOKtGotoYQRHezT2V2iYm1v9IXXoy9ZKCEXKwmV913MucsrNMotbIcUvML2Rvlw9iXXvbqF&#10;ctPylRARN6qm8KFSHb5UmDfHi5Gw/txmBT835vwxvo9j3RSn16yQ8n4+HHbAPA7+LwwTfkCHNDBl&#10;9kLasVZCGOKDGon1M7DJX25FBCybtKfHDfA04f83pL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAHP5B6hgCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAL5BIl+AAAAALAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="1BA32EAB" id="MSIPCM82764d688816a9dc96a1b608" o:spid="_x0000_s1031" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpLn+yFwIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEUB&#10;IwngFDnTFGkRoLgsSVtyv75Lyo8g7anohVrurvYxM5zd960me+G8AlPRYpRTIgyHWpltRX+8Lr/c&#10;UuIDMzXTYERFD8LT+/nnT7POluIKGtC1cASLGF92tqJNCLbMMs8b0TI/AisMBiW4lgW8um1WO9Zh&#10;9VZnV3k+zTpwtXXAhffofRyCdJ7qSyl4eJbSi0B0RXG2kE6Xzk08s/mMlVvHbKP4cQz2D1O0TBls&#10;ei71yAIjO6f+KNUq7sCDDCMObQZSKi7SDrhNkX/YZt0wK9IuCI63Z5j8/yvLn/Zr++JI6L9CjwRG&#10;QDrrS4/OuE8vXRu/OCnBOEJ4OMMm+kA4Om8m03xcYIhjbFwUN7eTWCa7/G2dD98EtCQaFXVIS0KL&#10;7Vc+DKmnlNjMwFJpnajRhnQVnY4nefrhHMHi2mCPy6zRCv2mJ6quaBogejZQH3A9BwPz3vKlwhlW&#10;zIcX5pBqHBvlG57xkBqwFxwtShpwv/7mj/nIAEYp6VA6FfU/d8wJSvR3g9zcFdfXUWvpgoZ7792c&#10;vGbXPgCqssAHYnkyY27QJ1M6aN9Q3YvYDUPMcOxZ0c3JfAiDkPF1cLFYpCRUlWVhZdaWx9IRzYjs&#10;a//GnD3CH5C4JziJi5UfWBhyBx4WuwBSJYouaB5hR0Umko+vJ0r+/T1lXd74/DcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytx&#10;o3ZLCW0ap6pAXJAQoqCenXjz08TrKHbb5O1xTnDcmdHsN8l+MC27Yu9qSxKWCwEMKbe6plLCz/fb&#10;wwaY84q0ai2hhBEd7NPZXaJibW/0hdejL1koIRcrCZX3Xcy5yys0yi1shxS8wvZG+XD2Jde9uoVy&#10;0/KVEBE3qqbwoVIdvlSYN8eLkbD+3GYFPzfm/DG+j2PdFKfXrJDyfj4cdsA8Dv4vDBN+QIc0MGX2&#10;QtqxVkIY4oMaifUzsMlfbkUELJu0p8cN8DTh/zekvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDpLn+yFwIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="54918659" w14:textId="5CB96CC1" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="00EB4BC7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7283186E" w14:textId="77777777" w:rsidR="00392166" w:rsidRDefault="00392166" w:rsidP="00207717">
+    <w:p w14:paraId="4AE75A4B" w14:textId="77777777" w:rsidR="00497FDB" w:rsidRDefault="00497FDB" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6AE1BEA1" w14:textId="77777777" w:rsidR="00392166" w:rsidRDefault="00392166">
+    <w:p w14:paraId="47D6B3BC" w14:textId="77777777" w:rsidR="00497FDB" w:rsidRDefault="00497FDB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715B0532" w14:textId="77777777" w:rsidR="00392166" w:rsidRDefault="00392166"/>
+    <w:p w14:paraId="12BA1395" w14:textId="77777777" w:rsidR="00497FDB" w:rsidRDefault="00497FDB"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6812B5CB" w14:textId="77777777" w:rsidR="00392166" w:rsidRDefault="00392166">
+    <w:p w14:paraId="6D6046F3" w14:textId="77777777" w:rsidR="00497FDB" w:rsidRDefault="00497FDB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="215411AD" w14:textId="77777777" w:rsidR="00511D9D" w:rsidRDefault="00511D9D" w:rsidP="00511D9D">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0019489F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Kovac v Homes Victoria (Residential Tenancies)</w:t>
@@ -18689,109 +17826,111 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="49" w16cid:durableId="651952997">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A6272"/>
     <w:rsid w:val="00000719"/>
     <w:rsid w:val="00002D68"/>
     <w:rsid w:val="000033F7"/>
     <w:rsid w:val="00003403"/>
+    <w:rsid w:val="00004774"/>
     <w:rsid w:val="00004967"/>
     <w:rsid w:val="00005347"/>
     <w:rsid w:val="000072B6"/>
     <w:rsid w:val="0001021B"/>
     <w:rsid w:val="00011D89"/>
     <w:rsid w:val="000154FD"/>
     <w:rsid w:val="00020678"/>
     <w:rsid w:val="00022271"/>
     <w:rsid w:val="000235E8"/>
     <w:rsid w:val="00024D89"/>
     <w:rsid w:val="000250B6"/>
     <w:rsid w:val="00033D81"/>
     <w:rsid w:val="00033DC9"/>
     <w:rsid w:val="00037366"/>
     <w:rsid w:val="00041BF0"/>
     <w:rsid w:val="00042C8A"/>
     <w:rsid w:val="0004536B"/>
     <w:rsid w:val="00046B68"/>
     <w:rsid w:val="000527DD"/>
     <w:rsid w:val="00056D4A"/>
     <w:rsid w:val="00056EC4"/>
+    <w:rsid w:val="0005734B"/>
     <w:rsid w:val="000578B2"/>
     <w:rsid w:val="00060959"/>
     <w:rsid w:val="00060C8F"/>
     <w:rsid w:val="0006298A"/>
     <w:rsid w:val="000663CD"/>
     <w:rsid w:val="000733FE"/>
     <w:rsid w:val="00074219"/>
     <w:rsid w:val="00074ED5"/>
     <w:rsid w:val="0008170F"/>
     <w:rsid w:val="0008204A"/>
     <w:rsid w:val="0008508E"/>
     <w:rsid w:val="00085F50"/>
     <w:rsid w:val="00087951"/>
     <w:rsid w:val="0009113B"/>
     <w:rsid w:val="00093402"/>
     <w:rsid w:val="000939ED"/>
     <w:rsid w:val="00094DA3"/>
     <w:rsid w:val="00096CD1"/>
     <w:rsid w:val="000A012C"/>
     <w:rsid w:val="000A0EB9"/>
     <w:rsid w:val="000A186C"/>
     <w:rsid w:val="000A1EA4"/>
     <w:rsid w:val="000A2476"/>
     <w:rsid w:val="000A641A"/>
     <w:rsid w:val="000B3EDB"/>
@@ -18806,50 +17945,51 @@
     <w:rsid w:val="000D02EC"/>
     <w:rsid w:val="000D1242"/>
     <w:rsid w:val="000D2ABA"/>
     <w:rsid w:val="000E0970"/>
     <w:rsid w:val="000E3CC7"/>
     <w:rsid w:val="000E60DF"/>
     <w:rsid w:val="000E6BD4"/>
     <w:rsid w:val="000E6D6D"/>
     <w:rsid w:val="000F1F1E"/>
     <w:rsid w:val="000F2259"/>
     <w:rsid w:val="000F2DDA"/>
     <w:rsid w:val="000F2EA0"/>
     <w:rsid w:val="000F5213"/>
     <w:rsid w:val="00101001"/>
     <w:rsid w:val="00103276"/>
     <w:rsid w:val="0010392D"/>
     <w:rsid w:val="0010447F"/>
     <w:rsid w:val="00104FE3"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="001120C5"/>
     <w:rsid w:val="00120BD3"/>
     <w:rsid w:val="00122FEA"/>
     <w:rsid w:val="001232BD"/>
     <w:rsid w:val="00124ED5"/>
     <w:rsid w:val="001276FA"/>
+    <w:rsid w:val="0013486D"/>
     <w:rsid w:val="001447B3"/>
     <w:rsid w:val="00152073"/>
     <w:rsid w:val="00152329"/>
     <w:rsid w:val="00156598"/>
     <w:rsid w:val="00161939"/>
     <w:rsid w:val="00161AA0"/>
     <w:rsid w:val="00161D2E"/>
     <w:rsid w:val="00161F3E"/>
     <w:rsid w:val="00162093"/>
     <w:rsid w:val="00162CA9"/>
     <w:rsid w:val="00165459"/>
     <w:rsid w:val="00165A57"/>
     <w:rsid w:val="001708A9"/>
     <w:rsid w:val="001712C2"/>
     <w:rsid w:val="00172BAF"/>
     <w:rsid w:val="00172ED0"/>
     <w:rsid w:val="0017674D"/>
     <w:rsid w:val="00176DC3"/>
     <w:rsid w:val="001771DD"/>
     <w:rsid w:val="00177995"/>
     <w:rsid w:val="00177A8C"/>
     <w:rsid w:val="0018244E"/>
     <w:rsid w:val="00183356"/>
     <w:rsid w:val="00186B33"/>
     <w:rsid w:val="00192F9D"/>
@@ -18899,50 +18039,51 @@
     <w:rsid w:val="00215CC8"/>
     <w:rsid w:val="00216C03"/>
     <w:rsid w:val="00220A1A"/>
     <w:rsid w:val="00220C04"/>
     <w:rsid w:val="0022278D"/>
     <w:rsid w:val="0022701F"/>
     <w:rsid w:val="00227C68"/>
     <w:rsid w:val="002333F5"/>
     <w:rsid w:val="00233724"/>
     <w:rsid w:val="002365B4"/>
     <w:rsid w:val="002432E1"/>
     <w:rsid w:val="00244D98"/>
     <w:rsid w:val="00246207"/>
     <w:rsid w:val="00246C5E"/>
     <w:rsid w:val="00250960"/>
     <w:rsid w:val="00251343"/>
     <w:rsid w:val="002536A4"/>
     <w:rsid w:val="00253A3E"/>
     <w:rsid w:val="00254F58"/>
     <w:rsid w:val="002600BD"/>
     <w:rsid w:val="00260C2E"/>
     <w:rsid w:val="002620BC"/>
     <w:rsid w:val="00262802"/>
     <w:rsid w:val="00263A90"/>
     <w:rsid w:val="0026408B"/>
+    <w:rsid w:val="00265AAD"/>
     <w:rsid w:val="00267C3E"/>
     <w:rsid w:val="002709BB"/>
     <w:rsid w:val="0027131C"/>
     <w:rsid w:val="002715DA"/>
     <w:rsid w:val="00273BAC"/>
     <w:rsid w:val="002763B3"/>
     <w:rsid w:val="002802E3"/>
     <w:rsid w:val="0028213D"/>
     <w:rsid w:val="00282A7F"/>
     <w:rsid w:val="002862F1"/>
     <w:rsid w:val="00291373"/>
     <w:rsid w:val="0029597D"/>
     <w:rsid w:val="002962C3"/>
     <w:rsid w:val="0029752B"/>
     <w:rsid w:val="002A0A9C"/>
     <w:rsid w:val="002A483C"/>
     <w:rsid w:val="002B0C7C"/>
     <w:rsid w:val="002B1729"/>
     <w:rsid w:val="002B36C7"/>
     <w:rsid w:val="002B4DD4"/>
     <w:rsid w:val="002B5277"/>
     <w:rsid w:val="002B5375"/>
     <w:rsid w:val="002B77C1"/>
     <w:rsid w:val="002C0ED7"/>
     <w:rsid w:val="002C2728"/>
@@ -18951,73 +18092,75 @@
     <w:rsid w:val="002D26C4"/>
     <w:rsid w:val="002D322B"/>
     <w:rsid w:val="002D5006"/>
     <w:rsid w:val="002D7C61"/>
     <w:rsid w:val="002E01D0"/>
     <w:rsid w:val="002E161D"/>
     <w:rsid w:val="002E28A2"/>
     <w:rsid w:val="002E3100"/>
     <w:rsid w:val="002E6C95"/>
     <w:rsid w:val="002E7C36"/>
     <w:rsid w:val="002F3D32"/>
     <w:rsid w:val="002F5F31"/>
     <w:rsid w:val="002F5F46"/>
     <w:rsid w:val="00302216"/>
     <w:rsid w:val="00303E53"/>
     <w:rsid w:val="00305CC1"/>
     <w:rsid w:val="00306E5F"/>
     <w:rsid w:val="00307E14"/>
     <w:rsid w:val="00314054"/>
     <w:rsid w:val="00316F27"/>
     <w:rsid w:val="003214F1"/>
     <w:rsid w:val="00322E4B"/>
     <w:rsid w:val="0032677A"/>
     <w:rsid w:val="00327870"/>
     <w:rsid w:val="0033259D"/>
+    <w:rsid w:val="00332FB2"/>
     <w:rsid w:val="003333D2"/>
     <w:rsid w:val="00334686"/>
     <w:rsid w:val="00337339"/>
     <w:rsid w:val="00340345"/>
     <w:rsid w:val="003406C6"/>
     <w:rsid w:val="003418CC"/>
     <w:rsid w:val="003434EE"/>
     <w:rsid w:val="003459BD"/>
     <w:rsid w:val="00350D38"/>
     <w:rsid w:val="00351B36"/>
     <w:rsid w:val="00357B4E"/>
     <w:rsid w:val="003716FD"/>
     <w:rsid w:val="0037204B"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="003752A2"/>
     <w:rsid w:val="00375509"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00381043"/>
     <w:rsid w:val="003829E5"/>
     <w:rsid w:val="0038458C"/>
     <w:rsid w:val="00386109"/>
     <w:rsid w:val="00386944"/>
+    <w:rsid w:val="003914E2"/>
     <w:rsid w:val="00392166"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
     <w:rsid w:val="003A0853"/>
     <w:rsid w:val="003A6B67"/>
     <w:rsid w:val="003B13B6"/>
     <w:rsid w:val="003B14C3"/>
     <w:rsid w:val="003B15E6"/>
     <w:rsid w:val="003B22EF"/>
     <w:rsid w:val="003B408A"/>
     <w:rsid w:val="003C08A2"/>
     <w:rsid w:val="003C2045"/>
     <w:rsid w:val="003C43A1"/>
     <w:rsid w:val="003C4FC0"/>
     <w:rsid w:val="003C55F4"/>
     <w:rsid w:val="003C7897"/>
     <w:rsid w:val="003C7A3F"/>
     <w:rsid w:val="003D2766"/>
     <w:rsid w:val="003D2A74"/>
     <w:rsid w:val="003D3D88"/>
     <w:rsid w:val="003D3E8F"/>
     <w:rsid w:val="003D6475"/>
     <w:rsid w:val="003D6EE6"/>
     <w:rsid w:val="003E375C"/>
     <w:rsid w:val="003E4086"/>
@@ -19051,102 +18194,105 @@
     <w:rsid w:val="00443E8A"/>
     <w:rsid w:val="004441BC"/>
     <w:rsid w:val="004468B4"/>
     <w:rsid w:val="00446D86"/>
     <w:rsid w:val="004522E8"/>
     <w:rsid w:val="0045230A"/>
     <w:rsid w:val="00454AD0"/>
     <w:rsid w:val="004556AB"/>
     <w:rsid w:val="00457337"/>
     <w:rsid w:val="00462E3D"/>
     <w:rsid w:val="00466E79"/>
     <w:rsid w:val="00470D7D"/>
     <w:rsid w:val="0047372D"/>
     <w:rsid w:val="00473BA3"/>
     <w:rsid w:val="004743DD"/>
     <w:rsid w:val="00474CEA"/>
     <w:rsid w:val="00483968"/>
     <w:rsid w:val="004841BE"/>
     <w:rsid w:val="00484F86"/>
     <w:rsid w:val="00490746"/>
     <w:rsid w:val="00490852"/>
     <w:rsid w:val="00491C9C"/>
     <w:rsid w:val="00492F30"/>
     <w:rsid w:val="004946F4"/>
     <w:rsid w:val="0049487E"/>
+    <w:rsid w:val="00497FDB"/>
     <w:rsid w:val="004A160D"/>
     <w:rsid w:val="004A3E81"/>
     <w:rsid w:val="004A4195"/>
     <w:rsid w:val="004A5C62"/>
     <w:rsid w:val="004A5CE5"/>
     <w:rsid w:val="004A6C67"/>
     <w:rsid w:val="004A707D"/>
     <w:rsid w:val="004B0974"/>
     <w:rsid w:val="004B35A5"/>
     <w:rsid w:val="004B4185"/>
+    <w:rsid w:val="004B4FC6"/>
     <w:rsid w:val="004C014B"/>
     <w:rsid w:val="004C5541"/>
     <w:rsid w:val="004C6EEE"/>
     <w:rsid w:val="004C702B"/>
     <w:rsid w:val="004D0033"/>
     <w:rsid w:val="004D016B"/>
     <w:rsid w:val="004D1B22"/>
     <w:rsid w:val="004D23CC"/>
     <w:rsid w:val="004D36F2"/>
     <w:rsid w:val="004E1106"/>
     <w:rsid w:val="004E138F"/>
     <w:rsid w:val="004E4649"/>
     <w:rsid w:val="004E46CF"/>
     <w:rsid w:val="004E5C2B"/>
     <w:rsid w:val="004F00DD"/>
     <w:rsid w:val="004F2133"/>
     <w:rsid w:val="004F5398"/>
     <w:rsid w:val="004F55F1"/>
     <w:rsid w:val="004F6936"/>
     <w:rsid w:val="004F6DBA"/>
     <w:rsid w:val="00503DC6"/>
     <w:rsid w:val="00506F5D"/>
     <w:rsid w:val="00510C37"/>
     <w:rsid w:val="00511D9D"/>
     <w:rsid w:val="005126D0"/>
     <w:rsid w:val="00514667"/>
     <w:rsid w:val="0051568D"/>
     <w:rsid w:val="005164A2"/>
     <w:rsid w:val="00517E1F"/>
     <w:rsid w:val="00526AC7"/>
     <w:rsid w:val="00526C15"/>
     <w:rsid w:val="00536499"/>
     <w:rsid w:val="00542A03"/>
     <w:rsid w:val="00543903"/>
     <w:rsid w:val="00543BCC"/>
     <w:rsid w:val="00543F11"/>
     <w:rsid w:val="00546305"/>
     <w:rsid w:val="00547A95"/>
     <w:rsid w:val="0055119B"/>
     <w:rsid w:val="00561202"/>
     <w:rsid w:val="00562507"/>
     <w:rsid w:val="00562811"/>
+    <w:rsid w:val="00567BDA"/>
     <w:rsid w:val="00572031"/>
     <w:rsid w:val="00572282"/>
     <w:rsid w:val="00573CE3"/>
     <w:rsid w:val="00576E84"/>
     <w:rsid w:val="00580394"/>
     <w:rsid w:val="005809CD"/>
     <w:rsid w:val="00582B8C"/>
     <w:rsid w:val="00583E0A"/>
     <w:rsid w:val="0058757E"/>
     <w:rsid w:val="00596A4B"/>
     <w:rsid w:val="00597507"/>
     <w:rsid w:val="005A479D"/>
     <w:rsid w:val="005B1C6D"/>
     <w:rsid w:val="005B21B6"/>
     <w:rsid w:val="005B3A08"/>
     <w:rsid w:val="005B6AB9"/>
     <w:rsid w:val="005B7A63"/>
     <w:rsid w:val="005C0955"/>
     <w:rsid w:val="005C49DA"/>
     <w:rsid w:val="005C50F3"/>
     <w:rsid w:val="005C54B5"/>
     <w:rsid w:val="005C5D80"/>
     <w:rsid w:val="005C5D91"/>
     <w:rsid w:val="005D07B8"/>
     <w:rsid w:val="005D6597"/>
@@ -19201,77 +18347,80 @@
     <w:rsid w:val="006812ED"/>
     <w:rsid w:val="00683878"/>
     <w:rsid w:val="00684380"/>
     <w:rsid w:val="0068454C"/>
     <w:rsid w:val="00691B62"/>
     <w:rsid w:val="006933B5"/>
     <w:rsid w:val="00693546"/>
     <w:rsid w:val="00693D14"/>
     <w:rsid w:val="00696F27"/>
     <w:rsid w:val="006A18C2"/>
     <w:rsid w:val="006A2717"/>
     <w:rsid w:val="006A3383"/>
     <w:rsid w:val="006B077C"/>
     <w:rsid w:val="006B0C81"/>
     <w:rsid w:val="006B4628"/>
     <w:rsid w:val="006B6803"/>
     <w:rsid w:val="006D0F16"/>
     <w:rsid w:val="006D2A3F"/>
     <w:rsid w:val="006D2FBC"/>
     <w:rsid w:val="006D3EF9"/>
     <w:rsid w:val="006D6E34"/>
     <w:rsid w:val="006E138B"/>
     <w:rsid w:val="006E1867"/>
     <w:rsid w:val="006E41ED"/>
     <w:rsid w:val="006F0330"/>
+    <w:rsid w:val="006F157B"/>
     <w:rsid w:val="006F1FDC"/>
+    <w:rsid w:val="006F6391"/>
     <w:rsid w:val="006F6B76"/>
     <w:rsid w:val="006F6B8C"/>
     <w:rsid w:val="007013EF"/>
     <w:rsid w:val="007055BD"/>
     <w:rsid w:val="007173CA"/>
     <w:rsid w:val="007216AA"/>
     <w:rsid w:val="00721AB5"/>
     <w:rsid w:val="00721CFB"/>
     <w:rsid w:val="00721DEF"/>
     <w:rsid w:val="00724A43"/>
     <w:rsid w:val="007273AC"/>
     <w:rsid w:val="00731AD4"/>
     <w:rsid w:val="007346E4"/>
     <w:rsid w:val="00735564"/>
     <w:rsid w:val="00740F22"/>
     <w:rsid w:val="00741CF0"/>
     <w:rsid w:val="00741F1A"/>
     <w:rsid w:val="007447DA"/>
     <w:rsid w:val="007450F8"/>
     <w:rsid w:val="0074696E"/>
     <w:rsid w:val="00750135"/>
     <w:rsid w:val="00750EC2"/>
     <w:rsid w:val="00752B28"/>
     <w:rsid w:val="007536BC"/>
     <w:rsid w:val="007541A9"/>
     <w:rsid w:val="00754E36"/>
+    <w:rsid w:val="007555A3"/>
     <w:rsid w:val="00757750"/>
     <w:rsid w:val="00763139"/>
     <w:rsid w:val="00764F58"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
     <w:rsid w:val="00772D5E"/>
     <w:rsid w:val="0077463E"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="00776D56"/>
     <w:rsid w:val="00776E0F"/>
     <w:rsid w:val="007774B1"/>
     <w:rsid w:val="00777BE1"/>
     <w:rsid w:val="00782222"/>
     <w:rsid w:val="007831DA"/>
     <w:rsid w:val="007833D8"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="00791BD7"/>
     <w:rsid w:val="007933F7"/>
     <w:rsid w:val="00796E20"/>
     <w:rsid w:val="00797C32"/>
     <w:rsid w:val="007A11E8"/>
     <w:rsid w:val="007B0914"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B32E5"/>
@@ -19311,109 +18460,112 @@
     <w:rsid w:val="008130C4"/>
     <w:rsid w:val="008155F0"/>
     <w:rsid w:val="00816735"/>
     <w:rsid w:val="00816760"/>
     <w:rsid w:val="00820141"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="00823275"/>
     <w:rsid w:val="0082366F"/>
     <w:rsid w:val="00830147"/>
     <w:rsid w:val="00831B47"/>
     <w:rsid w:val="008338A2"/>
     <w:rsid w:val="008419DB"/>
     <w:rsid w:val="00841AA9"/>
     <w:rsid w:val="008474FE"/>
     <w:rsid w:val="00853EE4"/>
     <w:rsid w:val="00855535"/>
     <w:rsid w:val="00857C5A"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="008633F0"/>
     <w:rsid w:val="00863B7C"/>
     <w:rsid w:val="00867D9D"/>
     <w:rsid w:val="00872E0A"/>
     <w:rsid w:val="00873594"/>
     <w:rsid w:val="00875285"/>
     <w:rsid w:val="00877635"/>
+    <w:rsid w:val="008801AA"/>
     <w:rsid w:val="00881DD8"/>
     <w:rsid w:val="00884B62"/>
     <w:rsid w:val="0088529C"/>
     <w:rsid w:val="00887430"/>
     <w:rsid w:val="00887903"/>
     <w:rsid w:val="0089270A"/>
     <w:rsid w:val="00893AF6"/>
     <w:rsid w:val="00894978"/>
     <w:rsid w:val="00894BC4"/>
     <w:rsid w:val="00896890"/>
     <w:rsid w:val="008A28A8"/>
     <w:rsid w:val="008A5B32"/>
     <w:rsid w:val="008B2029"/>
     <w:rsid w:val="008B2EE4"/>
     <w:rsid w:val="008B3821"/>
     <w:rsid w:val="008B4D3D"/>
     <w:rsid w:val="008B57C7"/>
     <w:rsid w:val="008C2F92"/>
     <w:rsid w:val="008C3546"/>
     <w:rsid w:val="008C589D"/>
     <w:rsid w:val="008C6D51"/>
     <w:rsid w:val="008D2846"/>
     <w:rsid w:val="008D4236"/>
     <w:rsid w:val="008D462F"/>
     <w:rsid w:val="008D6DCF"/>
+    <w:rsid w:val="008E24B6"/>
     <w:rsid w:val="008E4376"/>
     <w:rsid w:val="008E7807"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008E7B49"/>
     <w:rsid w:val="008F59F6"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009017AC"/>
     <w:rsid w:val="00902A9A"/>
     <w:rsid w:val="00904A1C"/>
     <w:rsid w:val="00905030"/>
     <w:rsid w:val="00906490"/>
     <w:rsid w:val="009111B2"/>
     <w:rsid w:val="009151F5"/>
     <w:rsid w:val="00924AE1"/>
     <w:rsid w:val="00924B57"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
     <w:rsid w:val="009272B3"/>
     <w:rsid w:val="009315BE"/>
     <w:rsid w:val="009326DD"/>
     <w:rsid w:val="0093338F"/>
     <w:rsid w:val="00937BD9"/>
     <w:rsid w:val="00950E2C"/>
     <w:rsid w:val="00951D50"/>
     <w:rsid w:val="009525EB"/>
     <w:rsid w:val="009537E3"/>
     <w:rsid w:val="0095470B"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="0095615A"/>
     <w:rsid w:val="00961400"/>
     <w:rsid w:val="00963646"/>
     <w:rsid w:val="0096506F"/>
     <w:rsid w:val="0096632D"/>
     <w:rsid w:val="00967124"/>
+    <w:rsid w:val="00967CB8"/>
     <w:rsid w:val="0097166C"/>
     <w:rsid w:val="009718C7"/>
     <w:rsid w:val="0097559F"/>
     <w:rsid w:val="009761EA"/>
     <w:rsid w:val="0097761E"/>
     <w:rsid w:val="00982454"/>
     <w:rsid w:val="00982CF0"/>
     <w:rsid w:val="009853E1"/>
     <w:rsid w:val="00986E6B"/>
     <w:rsid w:val="00990032"/>
     <w:rsid w:val="00990B19"/>
     <w:rsid w:val="0099153B"/>
     <w:rsid w:val="00991769"/>
     <w:rsid w:val="0099232C"/>
     <w:rsid w:val="00994386"/>
     <w:rsid w:val="009A13D8"/>
     <w:rsid w:val="009A279E"/>
     <w:rsid w:val="009A3015"/>
     <w:rsid w:val="009A3490"/>
     <w:rsid w:val="009B05FD"/>
     <w:rsid w:val="009B0A6F"/>
     <w:rsid w:val="009B0A94"/>
     <w:rsid w:val="009B0C62"/>
     <w:rsid w:val="009B2AE8"/>
     <w:rsid w:val="009B5622"/>
@@ -19610,50 +18762,51 @@
     <w:rsid w:val="00CA782F"/>
     <w:rsid w:val="00CB187B"/>
     <w:rsid w:val="00CB2835"/>
     <w:rsid w:val="00CB3285"/>
     <w:rsid w:val="00CB4500"/>
     <w:rsid w:val="00CB5EA8"/>
     <w:rsid w:val="00CC0C72"/>
     <w:rsid w:val="00CC1086"/>
     <w:rsid w:val="00CC2BFD"/>
     <w:rsid w:val="00CC6F40"/>
     <w:rsid w:val="00CD3476"/>
     <w:rsid w:val="00CD64DF"/>
     <w:rsid w:val="00CD768F"/>
     <w:rsid w:val="00CE225F"/>
     <w:rsid w:val="00CF230C"/>
     <w:rsid w:val="00CF2F50"/>
     <w:rsid w:val="00CF6198"/>
     <w:rsid w:val="00D02919"/>
     <w:rsid w:val="00D03BAA"/>
     <w:rsid w:val="00D04C61"/>
     <w:rsid w:val="00D05B8D"/>
     <w:rsid w:val="00D05B9B"/>
     <w:rsid w:val="00D065A2"/>
     <w:rsid w:val="00D079AA"/>
     <w:rsid w:val="00D07F00"/>
+    <w:rsid w:val="00D10731"/>
     <w:rsid w:val="00D1130F"/>
     <w:rsid w:val="00D1571F"/>
     <w:rsid w:val="00D17B72"/>
     <w:rsid w:val="00D24BDF"/>
     <w:rsid w:val="00D3185C"/>
     <w:rsid w:val="00D3205F"/>
     <w:rsid w:val="00D3318E"/>
     <w:rsid w:val="00D33E72"/>
     <w:rsid w:val="00D35BD6"/>
     <w:rsid w:val="00D361B5"/>
     <w:rsid w:val="00D411A2"/>
     <w:rsid w:val="00D4606D"/>
     <w:rsid w:val="00D50688"/>
     <w:rsid w:val="00D50B9C"/>
     <w:rsid w:val="00D513AF"/>
     <w:rsid w:val="00D52D73"/>
     <w:rsid w:val="00D52E58"/>
     <w:rsid w:val="00D56B20"/>
     <w:rsid w:val="00D578B3"/>
     <w:rsid w:val="00D618F4"/>
     <w:rsid w:val="00D63636"/>
     <w:rsid w:val="00D640AD"/>
     <w:rsid w:val="00D714CC"/>
     <w:rsid w:val="00D75EA7"/>
     <w:rsid w:val="00D77252"/>
@@ -19682,50 +18835,51 @@
     <w:rsid w:val="00DC2CF1"/>
     <w:rsid w:val="00DC2DC7"/>
     <w:rsid w:val="00DC3A7C"/>
     <w:rsid w:val="00DC4FCF"/>
     <w:rsid w:val="00DC50E0"/>
     <w:rsid w:val="00DC6386"/>
     <w:rsid w:val="00DD1130"/>
     <w:rsid w:val="00DD1951"/>
     <w:rsid w:val="00DD487D"/>
     <w:rsid w:val="00DD4E83"/>
     <w:rsid w:val="00DD6628"/>
     <w:rsid w:val="00DD6945"/>
     <w:rsid w:val="00DE2D04"/>
     <w:rsid w:val="00DE3250"/>
     <w:rsid w:val="00DE6028"/>
     <w:rsid w:val="00DE6C85"/>
     <w:rsid w:val="00DE78A3"/>
     <w:rsid w:val="00DF1A71"/>
     <w:rsid w:val="00DF50FC"/>
     <w:rsid w:val="00DF68C7"/>
     <w:rsid w:val="00DF731A"/>
     <w:rsid w:val="00E04BBB"/>
     <w:rsid w:val="00E06B75"/>
     <w:rsid w:val="00E11332"/>
     <w:rsid w:val="00E11352"/>
+    <w:rsid w:val="00E13030"/>
     <w:rsid w:val="00E170DC"/>
     <w:rsid w:val="00E17546"/>
     <w:rsid w:val="00E210B5"/>
     <w:rsid w:val="00E261B3"/>
     <w:rsid w:val="00E26818"/>
     <w:rsid w:val="00E27FFC"/>
     <w:rsid w:val="00E30B15"/>
     <w:rsid w:val="00E33237"/>
     <w:rsid w:val="00E40181"/>
     <w:rsid w:val="00E54950"/>
     <w:rsid w:val="00E55FB3"/>
     <w:rsid w:val="00E56A01"/>
     <w:rsid w:val="00E629A1"/>
     <w:rsid w:val="00E6794C"/>
     <w:rsid w:val="00E67A15"/>
     <w:rsid w:val="00E71591"/>
     <w:rsid w:val="00E71CEB"/>
     <w:rsid w:val="00E7474F"/>
     <w:rsid w:val="00E80DE3"/>
     <w:rsid w:val="00E82C55"/>
     <w:rsid w:val="00E8787E"/>
     <w:rsid w:val="00E92AC3"/>
     <w:rsid w:val="00EA2F6A"/>
     <w:rsid w:val="00EB00E0"/>
     <w:rsid w:val="00EB05D5"/>
@@ -19769,83 +18923,85 @@
     <w:rsid w:val="00F30FF4"/>
     <w:rsid w:val="00F3122E"/>
     <w:rsid w:val="00F32368"/>
     <w:rsid w:val="00F331AD"/>
     <w:rsid w:val="00F344FB"/>
     <w:rsid w:val="00F35287"/>
     <w:rsid w:val="00F40A70"/>
     <w:rsid w:val="00F43A37"/>
     <w:rsid w:val="00F43FFF"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F46EB8"/>
     <w:rsid w:val="00F50CD1"/>
     <w:rsid w:val="00F511E4"/>
     <w:rsid w:val="00F52D09"/>
     <w:rsid w:val="00F52E08"/>
     <w:rsid w:val="00F53A66"/>
     <w:rsid w:val="00F5462D"/>
     <w:rsid w:val="00F55B21"/>
     <w:rsid w:val="00F56EF6"/>
     <w:rsid w:val="00F60082"/>
     <w:rsid w:val="00F61A9F"/>
     <w:rsid w:val="00F61B5F"/>
     <w:rsid w:val="00F64696"/>
     <w:rsid w:val="00F65AA9"/>
     <w:rsid w:val="00F6768F"/>
+    <w:rsid w:val="00F7220E"/>
     <w:rsid w:val="00F72C2C"/>
     <w:rsid w:val="00F741F2"/>
     <w:rsid w:val="00F76CAB"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F8281A"/>
     <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F857D4"/>
     <w:rsid w:val="00F868E3"/>
     <w:rsid w:val="00F938BA"/>
     <w:rsid w:val="00F97826"/>
     <w:rsid w:val="00F97919"/>
     <w:rsid w:val="00FA230B"/>
     <w:rsid w:val="00FA2C46"/>
     <w:rsid w:val="00FA3525"/>
     <w:rsid w:val="00FA5A53"/>
     <w:rsid w:val="00FB1F6E"/>
     <w:rsid w:val="00FB4769"/>
     <w:rsid w:val="00FB4CDA"/>
     <w:rsid w:val="00FB6481"/>
     <w:rsid w:val="00FB6D36"/>
     <w:rsid w:val="00FC0965"/>
     <w:rsid w:val="00FC0F81"/>
     <w:rsid w:val="00FC252F"/>
     <w:rsid w:val="00FC395C"/>
     <w:rsid w:val="00FC5E8E"/>
     <w:rsid w:val="00FD3766"/>
     <w:rsid w:val="00FD3D05"/>
     <w:rsid w:val="00FD47C4"/>
     <w:rsid w:val="00FE2DCF"/>
     <w:rsid w:val="00FE331E"/>
     <w:rsid w:val="00FE3FA7"/>
     <w:rsid w:val="00FE4081"/>
+    <w:rsid w:val="00FF1889"/>
     <w:rsid w:val="00FF2A4E"/>
     <w:rsid w:val="00FF2FCE"/>
     <w:rsid w:val="00FF4F7D"/>
     <w:rsid w:val="00FF6D9D"/>
     <w:rsid w:val="00FF7620"/>
     <w:rsid w:val="00FF7DD5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
@@ -22060,51 +21216,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146117194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Housing%20Business%20Operations" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eat@stl.com.au" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.housing.vic.gov.au/contact-a-housing-office" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAE@VIFM.ORG" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.housing.vic.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\vidpr65\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\WZUJXG78\Moving%20out%20of%20your%20property" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:eat@stl.com.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.housing.vic.gov.au/contact-a-housing-office" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CAE@VIFM.ORG" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.housing.vic.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\vidpr65\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\WZUJXG78\Moving%20out%20of%20your%20property" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Housing%20Business%20Operations" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -22365,82 +21521,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...30 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009E92284D629C66409C3E65A98AFA6AB2" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4592ce43063454c4809238c8a1b1f1ba">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fe161729-0ef4-4b53-b9e8-ddb61266bb63" xmlns:ns3="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="094035eedc23f69d1a8a83a63a163969" ns2:_="" ns3:_="">
     <xsd:import namespace="fe161729-0ef4-4b53-b9e8-ddb61266bb63"/>
     <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Style"/>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Dayslapsedforreview" minOccurs="0"/>
                 <xsd:element ref="ns2:HyperlinkBase" minOccurs="0"/>
                 <xsd:element ref="ns2:SharetoDesktop" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -22626,127 +21750,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
+    <SharetoDesktop xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63" xsi:nil="true"/>
+    <Style xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63"/>
+    <HyperlinkBase xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63" xsi:nil="true"/>
+    <Owner xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </Owner>
+    <Dayslapsedforreview xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEFF6B71-8466-4FA3-8E7F-22B020BB1BE3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fe161729-0ef4-4b53-b9e8-ddb61266bb63"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="fe161729-0ef4-4b53-b9e8-ddb61266bb63"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C30E650E-AC1E-48EA-81B8-1F904E97E90D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>17</Pages>
-[...1 lines deleted...]
-  <Characters>32777</Characters>
+  <Pages>18</Pages>
+  <Words>5751</Words>
+  <Characters>32781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
   <Lines>273</Lines>
   <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Residential Rental Agreement Terminations and Deceased Estates Operatioanl Guidelines</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>38187</CharactersWithSpaces>
+  <CharactersWithSpaces>38456</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>7602296</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://intranet.dhhs.vic.gov.au/graphic-design-process</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7209064</vt:i4>
       </vt:variant>