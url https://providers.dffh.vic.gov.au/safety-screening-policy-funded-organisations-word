--- v0 (2025-10-06)
+++ v1 (2026-02-16)
@@ -1,73 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6FA8325E" w14:textId="19C33333" w:rsidR="0074696E" w:rsidRPr="007119E2" w:rsidRDefault="0030534F" w:rsidP="00280C4B">
+    <w:p w14:paraId="6FA8325E" w14:textId="19C33333" w:rsidR="0074696E" w:rsidRPr="00280C4B" w:rsidRDefault="0030534F" w:rsidP="00280C4B">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
       </w:pPr>
-      <w:r w:rsidRPr="007119E2">
+      <w:r>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="708FF854" wp14:editId="308995D2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="708FF854" wp14:editId="308995D2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7560000" cy="1890000"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4">
               <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                   <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                 </a:ext>
               </a:extLst>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Picture 4">
@@ -85,4295 +80,4144 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7560000" cy="1890000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A124A1" w14:textId="77777777" w:rsidR="00A62D44" w:rsidRPr="007119E2" w:rsidRDefault="00A62D44" w:rsidP="00280C4B">
+    <w:p w14:paraId="22A124A1" w14:textId="77777777" w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidRDefault="00A62D44" w:rsidP="00280C4B">
       <w:pPr>
         <w:pStyle w:val="Sectionbreakfirstpage"/>
-        <w:sectPr w:rsidR="00A62D44" w:rsidRPr="007119E2" w:rsidSect="00A16A73">
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+        <w:sectPr w:rsidR="00A62D44" w:rsidRPr="00280C4B" w:rsidSect="00593A99">
+          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="454" w:right="851" w:bottom="1418" w:left="851" w:header="340" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
-[...13 lines deleted...]
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7655"/>
+        <w:gridCol w:w="9356"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD784C" w:rsidRPr="007119E2" w14:paraId="765659DC" w14:textId="77777777" w:rsidTr="00CF4148">
+      <w:tr w:rsidR="00AD784C" w14:paraId="765659DC" w14:textId="77777777" w:rsidTr="00282FD8">
         <w:trPr>
-          <w:trHeight w:val="1418"/>
+          <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7825" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1B06FE4C" w14:textId="7E59167B" w:rsidR="00AD784C" w:rsidRPr="007119E2" w:rsidRDefault="00DF30FA" w:rsidP="0016037B">
+            <w:tcW w:w="9356" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B06FE4C" w14:textId="58C603D2" w:rsidR="00AD784C" w:rsidRPr="0009050A" w:rsidRDefault="0066155A" w:rsidP="0016037B">
             <w:pPr>
               <w:pStyle w:val="Documenttitle"/>
             </w:pPr>
-            <w:r w:rsidRPr="007119E2">
+            <w:r>
               <w:t>Safety screening policy for funded organisations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B2117" w:rsidRPr="007119E2" w14:paraId="5DF317EC" w14:textId="77777777" w:rsidTr="009C1CB1">
+      <w:tr w:rsidR="000B2117" w14:paraId="5DF317EC" w14:textId="77777777" w:rsidTr="00282FD8">
         <w:trPr>
-          <w:trHeight w:val="1247"/>
+          <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7825" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="69C24C39" w14:textId="75B9C0D4" w:rsidR="000B2117" w:rsidRPr="007119E2" w:rsidRDefault="00A63791" w:rsidP="0016037B">
+            <w:tcW w:w="9356" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69C24C39" w14:textId="3F8D6B00" w:rsidR="000B2117" w:rsidRPr="0016037B" w:rsidRDefault="000B2117" w:rsidP="0016037B">
             <w:pPr>
               <w:pStyle w:val="Documentsubtitle"/>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF4148" w:rsidRPr="007119E2" w14:paraId="5F5E6105" w14:textId="77777777" w:rsidTr="00CF4148">
+      <w:tr w:rsidR="00CF4148" w14:paraId="5F5E6105" w14:textId="77777777" w:rsidTr="00282FD8">
         <w:trPr>
           <w:trHeight w:val="284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7825" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="45D389E8" w14:textId="74334762" w:rsidR="00CF4148" w:rsidRPr="007119E2" w:rsidRDefault="0070150D" w:rsidP="00CF4148">
+            <w:tcW w:w="9356" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45D389E8" w14:textId="74334762" w:rsidR="00CF4148" w:rsidRPr="00250DC4" w:rsidRDefault="00CF4148" w:rsidP="00CF4148">
             <w:pPr>
               <w:pStyle w:val="Bannermarking"/>
             </w:pPr>
-            <w:fldSimple w:instr="FILLIN  &quot;Type the protective marking&quot; \d OFFICIAL \o  \* MERGEFORMAT">
-              <w:r w:rsidR="00CF4148" w:rsidRPr="007119E2">
+            <w:fldSimple w:instr=" FILLIN  &quot;Type the protective marking&quot; \d OFFICIAL \o  \* MERGEFORMAT ">
+              <w:r>
                 <w:t>OFFICIAL</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0CBF5D9A" w14:textId="153295C1" w:rsidR="00AD784C" w:rsidRPr="007119E2" w:rsidRDefault="00AD784C" w:rsidP="002365B4">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007119E2">
+    <w:p w14:paraId="0CBF5D9A" w14:textId="153295C1" w:rsidR="00AD784C" w:rsidRPr="00B57329" w:rsidRDefault="00AD784C" w:rsidP="003D5957">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc219108653"/>
+      <w:r w:rsidRPr="00B57329">
         <w:t>Contents</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="711207A7" w14:textId="58EC091F" w:rsidR="00192DE1" w:rsidRDefault="00AD784C">
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="25794427" w14:textId="5829E0A4" w:rsidR="0096357E" w:rsidRDefault="00AD784C">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007119E2">
+      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="007119E2">
+      <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Heading 1,1,Heading 2,2" </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="007119E2">
+      <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc175302450" w:history="1">
-        <w:r w:rsidR="00192DE1" w:rsidRPr="00311DD3">
+      <w:hyperlink w:anchor="_Toc219108653" w:history="1">
+        <w:r w:rsidR="0096357E" w:rsidRPr="00720674">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Purpose</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+          <w:t>Contents</w:t>
+        </w:r>
+        <w:r w:rsidR="0096357E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r w:rsidR="0096357E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...10 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r w:rsidR="0096357E">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108653 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0096357E">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0096357E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r w:rsidR="0096357E">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidR="0096357E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5BBC7C84" w14:textId="0C0A01F0" w:rsidR="00192DE1" w:rsidRDefault="00000000">
+    <w:p w14:paraId="383861BD" w14:textId="4A4F4618" w:rsidR="0096357E" w:rsidRDefault="0096357E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc175302451" w:history="1">
-        <w:r w:rsidR="00192DE1" w:rsidRPr="00311DD3">
+      <w:hyperlink w:anchor="_Toc219108654" w:history="1">
+        <w:r w:rsidRPr="00720674">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
+          <w:t>Purpose</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108654 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="660A53C5" w14:textId="78E56BC6" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108655" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+          </w:rPr>
           <w:t>What is safety screening?</w:t>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...10 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108655 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6901AEB0" w14:textId="472E2289" w:rsidR="00192DE1" w:rsidRDefault="00000000">
+    <w:p w14:paraId="353C8AAD" w14:textId="70B8E368" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108656" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+          </w:rPr>
+          <w:t>Why do safety screening?</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108656 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6EA0EE14" w14:textId="0D40B63B" w:rsidR="0096357E" w:rsidRDefault="0096357E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc175302452" w:history="1">
-        <w:r w:rsidR="00192DE1" w:rsidRPr="00311DD3">
+      <w:hyperlink w:anchor="_Toc219108657" w:history="1">
+        <w:r w:rsidRPr="00720674">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Why do safety screening?</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+          <w:t>Scope</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...10 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108657 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="009794DF" w14:textId="178BACB3" w:rsidR="00192DE1" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2EDA704D" w14:textId="1C7DC663" w:rsidR="0096357E" w:rsidRDefault="0096357E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc175302453" w:history="1">
-        <w:r w:rsidR="00192DE1" w:rsidRPr="00311DD3">
+      <w:hyperlink w:anchor="_Toc219108658" w:history="1">
+        <w:r w:rsidRPr="00720674">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Scope</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+          <w:t>What do we screen?</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...10 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108658 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5236D6F3" w14:textId="192B53C2" w:rsidR="00192DE1" w:rsidRDefault="00000000">
+    <w:p w14:paraId="0D12F758" w14:textId="02738CE9" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108659" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Table 1 Screening checks required by staff type for programs excluding Care Services and Disability Services</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108659 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2BA79561" w14:textId="3C7C4236" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108660" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Table 2 Screening checks required for Disability Services by staff type</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108660 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="571A7CBC" w14:textId="05CC990D" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108661" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Table 3 Screening checks required for Care Services by staff and carer type</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108661 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2E30119D" w14:textId="5CF48D16" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108662" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="MS Mincho"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>Kinship</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108662 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="05207B4C" w14:textId="13C01F3B" w:rsidR="0096357E" w:rsidRDefault="0096357E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc175302454" w:history="1">
-        <w:r w:rsidR="00192DE1" w:rsidRPr="00311DD3">
+      <w:hyperlink w:anchor="_Toc219108663" w:history="1">
+        <w:r w:rsidRPr="00720674">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>What do we screen?</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+          <w:t>Additional information</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...10 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108663 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1CE0FB00" w14:textId="2B267C63" w:rsidR="00192DE1" w:rsidRDefault="00000000">
+    <w:p w14:paraId="4A26BC1F" w14:textId="1F9045EE" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108664" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:t>Referee checks</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108664 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4B0BBCDD" w14:textId="70F59147" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108665" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Police record check (including proof of identity)</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108665 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1C594EB1" w14:textId="1F2DAB87" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108666" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Recurrent police record check – once every three years</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108666 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="292C9F10" w14:textId="20EA1477" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108667" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>International police check</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108667 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="2FDEFC95" w14:textId="134D5E4C" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108668" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Disclosable outcomes</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108668 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>10</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="188CBCD1" w14:textId="70C94ADB" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108669" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Employment history (including misconduct or disciplinary action disclosure)</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108669 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6A346BD9" w14:textId="26E3F8A0" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108670" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:t>Qualification check</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108670 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="781A606F" w14:textId="4D64BB20" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108671" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:t>Victorian Working with Children Check (WWCC)</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108671 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="26F28527" w14:textId="397884E2" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108672" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:t>Victorian Institute of Teaching Registration</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108672 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="40EAE257" w14:textId="7BFD3589" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108673" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:t>Worker and Carer Exclusion Scheme (WCES) database check</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108673 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0DF9EDCA" w14:textId="434EA1BE" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108674" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Disability worker screening checks</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108674 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="48240B1D" w14:textId="1E5B1574" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108675" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Disability worker regulation scheme</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108675 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="29CB423C" w14:textId="2D3725EC" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108676" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Use of labour hire staff</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108676 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="75B8C472" w14:textId="740C50FA" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108677" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Student placements</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108677 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>13</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4C5542A6" w14:textId="5FEFD5AE" w:rsidR="0096357E" w:rsidRDefault="0096357E">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc219108678" w:history="1">
+        <w:r w:rsidRPr="00720674">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Safety screening for Health services</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108678 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="7DEAB03E" w14:textId="0F96A763" w:rsidR="0096357E" w:rsidRDefault="0096357E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc175302455" w:history="1">
-        <w:r w:rsidR="00192DE1" w:rsidRPr="00311DD3">
+      <w:hyperlink w:anchor="_Toc219108679" w:history="1">
+        <w:r w:rsidRPr="00720674">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Additional information</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+          <w:t>Record storage and destruction</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...10 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108679 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...5 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7E0A0251" w14:textId="3DC46251" w:rsidR="00192DE1" w:rsidRDefault="00000000">
-[...935 lines deleted...]
-    <w:p w14:paraId="25254558" w14:textId="731F6EFF" w:rsidR="00192DE1" w:rsidRDefault="00000000">
+    <w:p w14:paraId="2F7847D7" w14:textId="1B2AF7AA" w:rsidR="0096357E" w:rsidRDefault="0096357E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc175302471" w:history="1">
-        <w:r w:rsidR="00192DE1" w:rsidRPr="00311DD3">
+      <w:hyperlink w:anchor="_Toc219108680" w:history="1">
+        <w:r w:rsidRPr="00720674">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Record storage and destruction</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+          <w:t>For further information</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...10 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108680 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21E2169D" w14:textId="0E230684" w:rsidR="00192DE1" w:rsidRDefault="00000000">
+    <w:p w14:paraId="3468CCC3" w14:textId="79852E49" w:rsidR="0096357E" w:rsidRDefault="0096357E">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc175302472" w:history="1">
-[...63 lines deleted...]
-        <w:r w:rsidR="00192DE1" w:rsidRPr="00311DD3">
+      <w:hyperlink w:anchor="_Toc219108681" w:history="1">
+        <w:r w:rsidRPr="00720674">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>Document history</w:t>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
-[...10 lines deleted...]
-        <w:r w:rsidR="00192DE1">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219108681 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00192DE1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="623B2D43" w14:textId="4A304286" w:rsidR="007173CA" w:rsidRPr="007119E2" w:rsidRDefault="00AD784C" w:rsidP="00D079AA">
+    <w:p w14:paraId="32DF4A0C" w14:textId="33841D85" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="00AD784C" w:rsidP="00E2229F">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Toc66794859"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk216948075"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219108654"/>
+      <w:r w:rsidR="004C5103" w:rsidRPr="004C5103">
+        <w:t>Purpose</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidR="004C5103" w:rsidRPr="004C5103">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B288427" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
       <w:pPr>
         <w:pStyle w:val="Body"/>
-      </w:pPr>
-      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>The Department of Families, Fairness and Housing (DFFH) and the Department of Health (DH; collectively, ‘the departments’) fund organisations through a Service Agreement to provide health and/or community services to clients, patients or service users (referred to as ‘clients’). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C62A52F" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>This policy aims to inform organisations about the safeguards they need to apply when conducting safety screening checks before workers, volunteers or carers engage with clients. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F67CDD3" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc219108655"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t>What is safety screening?</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4FD1A6" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Safety screening involves conducting pre-employment checks across a scale of increasing intensity. This is proportional to the level and type of involvement a worker, carer or volunteer will have with clients. For example:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2A9769" w14:textId="6C313383" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Almost everyone who engages with clients as a worker, carer, volunteer or student on placement will require a </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Referee_checks" w:history="1">
+        <w:r w:rsidRPr="0097789B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>referee check</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0097789B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>during their recruitment process. This helps to confirm they can do the required work and helps organisations prevent fraud or misuse of public funds.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FF6346" w14:textId="7BDB6BF4" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Many workers, carers and volunteers will require a new Australian and, if relevant, international </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Police_record_check" w:history="1">
+        <w:r w:rsidRPr="0097789B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>police check</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> before they start supporting clients. For out-of-home care services (also referred to as Care Services) for Child Protection clients, this includes police checks on kinship and foster carers, their partners or spouses, regular visitors to the home and other household members.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51903CE2" w14:textId="63B1DABB" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Some programs require evidence the worker has met </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Qualification_check" w:history="1">
+        <w:r w:rsidRPr="0097789B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>minimum qualification</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0097789B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>requirements before they start working with clients. These requirements are outlined in standards and program guidelines linked in your organisation’s Service Agreement at Schedule 3 and will not be listed in this policy.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257C9CBE" w14:textId="24899FE8" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Some programs require additional </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Additional_information" w:history="1">
+        <w:r w:rsidRPr="0097789B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:bCs/>
+          </w:rPr>
+          <w:t>program-specific checks</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>. For example, workers, carers and volunteers in disability services or caring for Child Protection clients will be subject to more stringent checks including</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>carer prohibition or worker exclusion processes. Kinship carers, usual adult household members residing in a foster care or kinship placement and others who </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>care</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:t xml:space="preserve"> or support clients aged under 18 require a </w:t>
+      </w:r>
+      <w:hyperlink w:anchor="_Victorian_Working_with" w:history="1">
+        <w:r w:rsidRPr="0097789B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Working with Children Check</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> (WWCC).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3895FB6B" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc219108656"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t>Why do safety screening?</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDAFBE7" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Safety screening is a Service Agreement requirement. It enables organisations to check that job applicants have the experience and expertise to meet performance and quality expectations for the services they deliver. It also allows organisations to check whether any past actions by the applicant could present a risk to the organisation or to clients.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9DE60C" w14:textId="6C0F5DD0" w:rsidR="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Organisations must also report on their safety screening practices through the annual </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Service Agreement Compliance Certification</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> (SACC). To find out more about the SACC, at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="004C5103">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Service Agreement</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00560C2E">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t xml:space="preserve"> and scroll down to the section titled ‘Service agreement compliance certification (SACC)’.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A874A9" w14:textId="4DA56EF1" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="00986C15">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc219108657"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Scope</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D907904" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>The safety screening policy applies to all organisations funded by DFFH or DH under a Service Agreement to provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>direct interactions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> with clients. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A7F97F3" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Clients include:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF504BD" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>children, young people and adults </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C3C119" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:lastRenderedPageBreak/>
+        <w:t>statutory and non-statutory clients. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD38810" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>People the policy applies to include:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4717BF8E" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>paid employees</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751C9116" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>volunteers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63F6E569" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>carers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11CBE70E" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>other household members for some services (for example: usual adult household members residing in foster care and kinship care households)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="566BCBDE" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>regular visitors to the household for some services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D06A0E5" w14:textId="006CD22D" w:rsidR="00E2229F" w:rsidRPr="000E7CD3" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>students on placement.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E7154F" w14:textId="6882CD30" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="00AF6142">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Direct interactions include:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3729385D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>face-to-face supports</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436423B9" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>remote service delivery such as email or other written contact, telephone or online services where a worker interacts directly with a client as an individual or as part of a group </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73BB452C" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>services provided in the person’s home and in settings outside the home</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7259A86F" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>residential and non-residential services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="749FA97A" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>occasional interactions, regular contact and round-the-clock care.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C35909A" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Organisations should check program guidelines for all services they deliver to confirm whether there are specific program or legislative requirements in relation to safety screening or mandatory qualification requirements.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF93159" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Program, policy and legislative requirements are listed in Schedule 3 of your organisation’s Service Agreement. These relate to the specific activities your organisation is funded to deliver.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE6EF28" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Links to program guidelines can be found via the following websites:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6571CAD7" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>DFFH-funded programs:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="7" w:name="_Hlk218764679"/>
+    <w:p w14:paraId="597F76F1" w14:textId="0EAAA8FF" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://providers.dffh.vic.gov.au/" \t "_blank"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>DFFH Providers website</w:t>
+      </w:r>
+      <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="13445742" w14:textId="77777777" w:rsidR="00580394" w:rsidRPr="007119E2" w:rsidRDefault="00580394" w:rsidP="007173CA">
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidR="007E3767">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3767" w:rsidRPr="007E3767">
+        <w:t>https://providers.dffh.vic.gov.au/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A02D76B" w14:textId="29F11C5E" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="004C5103">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Housing</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007E3767">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3767" w:rsidRPr="007E3767">
+        <w:t>https://providers.dffh.vic.gov.au/housing</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="8" w:name="_Hlk218764706"/>
+    <w:p w14:paraId="2A0ECB83" w14:textId="66BC465C" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://providers.dffh.vic.gov.au/children-youth-and-families" \t "_blank"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Children, youth and families</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="007E3767">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E3767" w:rsidRPr="007E3767">
+        <w:t>https://providers.dffh.vic.gov.au/children-youth-and-families</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A21771" w14:textId="6DFE72A3" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="004C5103">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Disability </w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007E3767">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008954D9" w:rsidRPr="008954D9">
+        <w:t>https://providers.dffh.vic.gov.au/disability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="785A2798" w14:textId="77777777" w:rsidR="004C5103" w:rsidRDefault="004C5103" w:rsidP="00E93C49">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>DH-funded programs:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2969FC08" w14:textId="488AB596" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="004C5103">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Policy and Funding Guidelines for health services</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008954D9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008954D9" w:rsidRPr="008954D9">
+        <w:t>https://www.health.vic.gov.au/policy-and-funding-guidelines-for-health-services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F6784D" w14:textId="3367CC6C" w:rsidR="004C5103" w:rsidRPr="007F3612" w:rsidRDefault="004C5103" w:rsidP="004C5103">
       <w:pPr>
         <w:pStyle w:val="Body"/>
-        <w:sectPr w:rsidR="00580394" w:rsidRPr="007119E2" w:rsidSect="00A16A73">
-[...1 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId16"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Activity descriptions for most DFFH</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>and DH</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>funded activities are at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="004C5103">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Department of Families, Fairness and Housing and Department of Health activity search</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007F3612">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="008954D9" w:rsidRPr="007F3612">
+        <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/families-fairness-housing-health-activity-search</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4772010E" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc219108658"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>What do we screen?</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B9F632E" w14:textId="785A487A" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:t xml:space="preserve">Safety screening requirements can differ by funded program. See below separate tables summarising the required screening checks for organisations that deliver </w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t xml:space="preserve">ervices, </w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>isability </w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>ervices and other programs. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CACC789" w14:textId="01B41691" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Table 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">creening checks by staff type (excluding </w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervices and </w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">isability </w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ervices)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>summarises safety screening requirements relating to staff that deliver DFFH- and DH-funded programs other than Care Services and Disability. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6F94EE" w14:textId="6D92E8FE" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Table 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Screening checks required by d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>isability Services by staff type</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>summarises requirements relating to staff that deliver Disability Services.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02B15737" w14:textId="2F817A7F" w:rsidR="004C5103" w:rsidRPr="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Table 3</w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Screening checks required for c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ervices by staff and carer type</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>summarises requirements relating to staff, volunteers, carers and household members delivering Out-of-Home Care Services for statutory clients including kinship care, foster care (including foster carers being assessed for permanent care), residential care and lead tenant services. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABA9FD1" w14:textId="346DC5E7" w:rsidR="004C5103" w:rsidRPr="0097789B" w:rsidRDefault="004C5103" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004C5103" w:rsidRPr="0097789B" w:rsidSect="00593A99">
+          <w:headerReference w:type="default" r:id="rId19"/>
+          <w:footerReference w:type="default" r:id="rId20"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="851" w:footer="567" w:gutter="0"/>
-[...1469 lines deleted...]
-          <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1418" w:header="680" w:footer="851" w:gutter="0"/>
+          <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="680" w:footer="567" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="007119E2">
-[...27 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="004C5103">
+        <w:t>Additional information is provided later in this policy.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5103">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="72482CDB" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00B55B74">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Ref160440946"/>
+      <w:bookmarkStart w:id="11" w:name="_Ref160441764"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc219108659"/>
       <w:r w:rsidRPr="007119E2">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table 1 </w:t>
       </w:r>
-      <w:r w:rsidR="00D96E9F">
+      <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve">creening checks </w:t>
       </w:r>
-      <w:r w:rsidR="00D96E9F">
+      <w:r>
         <w:t>r</w:t>
       </w:r>
-      <w:r w:rsidR="00D96E9F" w:rsidRPr="007119E2">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t>by staff type</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D96E9F">
+        <w:t>equired by staff type</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r>
         <w:t xml:space="preserve"> for programs </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6379" w:rsidRPr="007119E2">
+      <w:r w:rsidRPr="007119E2">
         <w:t>excluding Care Services and Disability Services</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="44AF6F68" w14:textId="4C50B275" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379" w:rsidP="00BD6379">
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="1C9CFECD" w14:textId="77067059" w:rsidR="004C5103" w:rsidRDefault="004C5103" w:rsidP="006F536C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
-        <w:t>This table applies to all programs funded by</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidR="008C46B1">
+        <w:t>This table applies to all programs funded by DH and all DFFH programs except Care Services (</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">DFFH-funded </w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve">out-of-home </w:t>
       </w:r>
-      <w:r w:rsidR="00593E6C">
+      <w:r>
         <w:t xml:space="preserve">and residential </w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t>care</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">) and Disability Services. </w:t>
+        <w:t xml:space="preserve">care for statutory clients) and Disability Services. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14596" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
-        <w:gridCol w:w="1701"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2694"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD6379" w:rsidRPr="007119E2" w14:paraId="16E44A52" w14:textId="77777777" w:rsidTr="00DE0FB8">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="5BDF0C94" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A6D49ED" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="4DE7CB0D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Type of staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DB9EFAC" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="50657DA0" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Referee check</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="412C8CE0" w14:textId="4EDB079F" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="60913D0A" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>New police record check and Proof of identify</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65253CB9" w14:textId="43C045CA" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="3EDF8146" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>International police record check (lived overseas 12 months or longer</w:t>
             </w:r>
-            <w:r w:rsidR="00CF08FF">
+            <w:r>
               <w:t xml:space="preserve"> in past 10 years</w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60976CC2" w14:textId="096D8D96" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="1F6F2FB3" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00FE7E83">
-              <w:t>Employment h</w:t>
-[...8 lines deleted...]
-            <w:tcW w:w="1842" w:type="dxa"/>
+              <w:t>Employment history</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C34295E" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="0785B4A2" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Qualification check (if mandatory)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6823BB49" w14:textId="7ED97C8B" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="2F6F4CB8" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
-              <w:t xml:space="preserve">Working with Children </w:t>
-[...4 lines deleted...]
-            <w:r w:rsidR="00647367">
+              <w:t>Working with Children Check</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00647367" w:rsidRPr="007119E2">
+            <w:r w:rsidRPr="007119E2">
               <w:t>(WWC</w:t>
             </w:r>
-            <w:r w:rsidR="00647367">
+            <w:r>
               <w:t>C</w:t>
             </w:r>
-            <w:r w:rsidR="00647367" w:rsidRPr="007119E2">
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="007119E2">
-              <w:t>or Victorian Institute of Teaching registration (VIT)</w:t>
+              <w:t>) or Victorian Institute of Teaching registration (VIT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD6379" w:rsidRPr="007119E2" w14:paraId="49ED825B" w14:textId="77777777" w:rsidTr="00DE0FB8">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="0D588FF9" w14:textId="77777777" w:rsidTr="00940644">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F03EFF9" w14:textId="788BCA4B" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="16F26C86" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
-              <w:t xml:space="preserve">All staff who provide direct interactions with </w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">All staff who provide direct interactions with clients </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3A1397" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007119E2">
-              <w:t xml:space="preserve">s </w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="651A0889" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="680E698F" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="32C64AE2" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF48DC3" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7C339524" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEF1A27" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="61ED8C7F" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CB195E" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="6E083812" w14:textId="18DB7330" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="549904C3" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve">Yes, if supporting </w:t>
             </w:r>
-            <w:r w:rsidR="001F4C63" w:rsidRPr="007119E2">
-[...4 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>s</w:t>
+              <w:t>clients</w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve"> aged </w:t>
             </w:r>
-            <w:r w:rsidR="00306589">
+            <w:r>
               <w:t>under 18</w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve"> years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E547C2" w:rsidRPr="007119E2" w14:paraId="197159CD" w14:textId="77777777" w:rsidTr="00DE0FB8">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="35D796C9" w14:textId="77777777" w:rsidTr="00940644">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CBA0E02" w14:textId="4C7029D4" w:rsidR="00E547C2" w:rsidRPr="007119E2" w:rsidRDefault="00E547C2">
+          <w:p w14:paraId="199802D9" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Volunteers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68B843FB" w14:textId="253344B3" w:rsidR="00E547C2" w:rsidRPr="007119E2" w:rsidRDefault="00E547C2">
+          <w:p w14:paraId="77B20BEE" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0014EB8C" w14:textId="2EAC6BE5" w:rsidR="00E547C2" w:rsidRPr="007119E2" w:rsidRDefault="00E547C2">
+          <w:p w14:paraId="0480A625" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3D9D1AE6" w14:textId="514C52B6" w:rsidR="00E547C2" w:rsidRPr="007119E2" w:rsidRDefault="00E547C2">
+          <w:p w14:paraId="56729682" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F1DB682" w14:textId="06DF49E5" w:rsidR="00E547C2" w:rsidRPr="007119E2" w:rsidRDefault="002F30AA">
+          <w:p w14:paraId="0504D47E" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41EF6F3F" w14:textId="1B2F2AD9" w:rsidR="00E547C2" w:rsidRPr="007119E2" w:rsidRDefault="00BD0EDA">
+          <w:p w14:paraId="2558A264" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="198B8B72" w14:textId="129EAE35" w:rsidR="00E547C2" w:rsidRPr="007119E2" w:rsidRDefault="00E547C2">
+          <w:p w14:paraId="545AAE25" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
-              <w:t>Yes</w:t>
-[...4 lines deleted...]
-            <w:r w:rsidR="00E3148E" w:rsidRPr="007119E2">
+              <w:t>Yes, if supporting client</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidR="00E3148E" w:rsidRPr="007119E2">
+            <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve"> aged </w:t>
             </w:r>
-            <w:r w:rsidR="00160B7B">
+            <w:r>
               <w:t xml:space="preserve">under 18 </w:t>
             </w:r>
-            <w:r w:rsidR="00E3148E" w:rsidRPr="007119E2">
+            <w:r w:rsidRPr="007119E2">
               <w:t>years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD6379" w:rsidRPr="007119E2" w14:paraId="3683DBB5" w14:textId="77777777" w:rsidTr="00DE0FB8">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="3736A10A" w14:textId="77777777" w:rsidTr="00940644">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37AEB8EC" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="2AC07297" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Person 16 years or younger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44F903BC" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="33F8CEF7" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20112083" w14:textId="08F4581E" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00230C50">
+          <w:p w14:paraId="6B28B7D7" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
-              <w:t>N</w:t>
-[...8 lines deleted...]
-            <w:tcW w:w="2126" w:type="dxa"/>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C18F391" w14:textId="41D95B91" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+          <w:p w14:paraId="14219258" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7444E16E" w14:textId="1A60B498" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+          <w:p w14:paraId="66F7E859" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="11893E69" w14:textId="0B31E8A0" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+          <w:p w14:paraId="4F9988E1" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="592C08F3" w14:textId="1365A157" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+          <w:p w14:paraId="502504D1" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD6379" w:rsidRPr="007119E2" w14:paraId="39C91B1D" w14:textId="77777777" w:rsidTr="00DE0FB8">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="2381E141" w14:textId="77777777" w:rsidTr="00940644">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6554EC8B" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="45CCD1AD" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve">Student placement </w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:br/>
               <w:t>17 years or younger</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="060376B4" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D94B9E7" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4DED8193" w14:textId="4100959A" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DACCDE0" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2B90C85C" w14:textId="2CC134B0" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5962E6FC" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6C6330BC" w14:textId="2C4582FD" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42443EDE" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="345188CB" w14:textId="2FCA344A" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F2CA503" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="36F9AE2F" w14:textId="5EB0EAEA" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC3402C" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD6379" w:rsidRPr="007119E2" w14:paraId="16B862DE" w14:textId="77777777" w:rsidTr="00DE0FB8">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="7CDC23E9" w14:textId="77777777" w:rsidTr="00940644">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7321E81F" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+          <w:p w14:paraId="48AB4B76" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Student placement</w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:br/>
               <w:t>18 years and older</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="76D2DD20" w14:textId="71BDD425" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7AC754" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="127A1C2C" w14:textId="35DEAA57" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00726B3A">
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="773DDD12" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Yes, p</w:t>
             </w:r>
-            <w:r w:rsidR="00C51041" w:rsidRPr="007119E2">
-[...11 lines deleted...]
-          <w:p w14:paraId="71978E16" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00BD6379">
+            <w:r w:rsidRPr="007119E2">
+              <w:t>rior to the confirmation of the first placement and a recurrent check in each subsequent year of study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B56E99C" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1844" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5E32D47B" w14:textId="7479647F" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="704CD910" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5F0E6180" w14:textId="42F6A29D" w:rsidR="00BD6379" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F304162" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2694" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="02000114" w14:textId="77777777" w:rsidR="003E2B56" w:rsidRPr="007119E2" w:rsidRDefault="00733283">
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09492F23" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
-              <w:t xml:space="preserve">Students aged 18 or 19 years of age do not need a </w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Students aged 18 or 19 years of age do not need a WWCC to do volunteer work organised by, or held at, their educational institution. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57A1FFB8" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
             <w:r w:rsidRPr="007119E2">
-              <w:t xml:space="preserve"> to do volunteer work organised by, or held at, their educational institution. </w:t>
-[...19 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Students older than 19 years will require a WWCC if placement will involve direct contact with children or if the placement organisation requires it.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B6660C2" w14:textId="77777777" w:rsidR="00BD6379" w:rsidRDefault="00BD6379" w:rsidP="00714325">
+    <w:p w14:paraId="4305BEC1" w14:textId="2C0153A8" w:rsidR="00687C8A" w:rsidRDefault="00687C8A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="16" w:name="_Ref160444943"/>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D4FAB32" w14:textId="62FD13A6" w:rsidR="004C5103" w:rsidRDefault="004C5103" w:rsidP="006F536C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Ref160444943"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc219108660"/>
       <w:r w:rsidRPr="007119E2">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table 2 </w:t>
       </w:r>
-      <w:r w:rsidR="00D96E9F">
+      <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t xml:space="preserve">creening checks </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D96E9F">
+        <w:t xml:space="preserve">creening checks required </w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="00D96E9F" w:rsidRPr="007119E2">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t>by staff type</w:t>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+        <w:t>Disability Services by staff type</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14596" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="2268"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1558"/>
-        <w:gridCol w:w="1701"/>
-        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="1843"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00216DE7" w:rsidRPr="007119E2" w14:paraId="0276EA7D" w14:textId="77777777" w:rsidTr="007140F1">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="28E701F7" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACC9EC7" w14:textId="77777777" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="04678EC2" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Type of staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76F40DDC" w14:textId="77777777" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="13DC6A0B" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Referee check</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="306830C9" w14:textId="7BA22473" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="09DCD901" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>New police record check and Proof of identity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="140DBAFD" w14:textId="3E79CED4" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7" w:rsidP="00216DE7">
+          <w:p w14:paraId="787DA6E5" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>International police record check (lived overseas 12 months or longer in past 10 years)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25272A94" w14:textId="4ADD78D5" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="07788D7D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Employment history</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A994050" w14:textId="77777777" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="36D8B646" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Qualification check (if mandatory)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14452105" w14:textId="2D716FF4" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="32D5684F" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve">Working with Children Check or Victorian Institute of Teaching registration </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B107C22" w14:textId="5EE2847A" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="400F601D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Disability Worker Regulation Scheme (includes criminal check)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00216DE7" w:rsidRPr="007119E2" w14:paraId="4613E8FD" w14:textId="77777777" w:rsidTr="007140F1">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="79EDCFDD" w14:textId="77777777" w:rsidTr="00940644">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="270E717D" w14:textId="44643F0B" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="41433ADF" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="003572CD">
               <w:t xml:space="preserve">All staff who provide direct interactions with </w:t>
             </w:r>
             <w:r w:rsidRPr="00276C51">
               <w:t>Disability services clients, including labour hire</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7024851A" w14:textId="77777777" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="4B364431" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:strike/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="480C65DB" w14:textId="35153D7F" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="7BE2FB11" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="236E4DED" w14:textId="17A473C8" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="4DC6B143" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">(If the organisation is a registered NDIS provider the worker may have </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>an</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve"> NDIS Worker Screening Check that includes a Police record check. If so, a new Police Check is not required</w:t>
@@ -4389,5898 +4233,5010 @@
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E0A1ED6" w14:textId="6E45175C" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="5A8B3B5E" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BE18469" w14:textId="7B3291A3" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="2A7171CC" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1558" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35A170A9" w14:textId="77777777" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="5D27611F" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D6BC5EF" w14:textId="6AED9963" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7">
+          <w:p w14:paraId="4AC5BD13" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:t>, if supporting client</w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve"> aged </w:t>
             </w:r>
             <w:r>
               <w:t>under 18</w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve"> years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A9520B0" w14:textId="77E62075" w:rsidR="00216DE7" w:rsidRPr="007119E2" w:rsidRDefault="00216DE7" w:rsidP="006D32FE">
+          <w:p w14:paraId="1EF36170" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:tabs>
                 <w:tab w:val="center" w:pos="955"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4AE94604" w14:textId="77777777" w:rsidR="00281F89" w:rsidRPr="007119E2" w:rsidRDefault="00281F89" w:rsidP="00783D0A">
+    <w:p w14:paraId="334C4ABF" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="004C5103">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35AF407F" w14:textId="77777777" w:rsidR="002C0BB4" w:rsidRDefault="002C0BB4">
+    <w:p w14:paraId="10DC45CD" w14:textId="77777777" w:rsidR="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="53565A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Ref160441728"/>
+      <w:bookmarkStart w:id="15" w:name="_Ref160441728"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E99971" w14:textId="46421CA6" w:rsidR="002C0BB4" w:rsidRPr="002C0BB4" w:rsidRDefault="00BD6379" w:rsidP="00412B84">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="6D6E76BA" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="002C0BB4" w:rsidRDefault="004C5103" w:rsidP="00687C8A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc219108661"/>
       <w:r w:rsidRPr="007119E2">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Table </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00D96E9F">
+        <w:t xml:space="preserve">Table 3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00687C8A">
+        <w:t>Screening</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve"> checks required</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> for</w:t>
       </w:r>
-      <w:r w:rsidR="00D96E9F" w:rsidRPr="007119E2">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t>Care Services by staff and carer type</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="527BF8AC" w14:textId="700E7A38" w:rsidR="00633040" w:rsidRPr="007119E2" w:rsidRDefault="001B487B" w:rsidP="00412B84">
+        <w:t xml:space="preserve"> Care Services by staff and carer type</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="0B4CB9D2" w14:textId="2C4BE21D" w:rsidR="004C5103" w:rsidRPr="00D656B6" w:rsidRDefault="004C5103" w:rsidP="006F536C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00412B84">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Note: </w:t>
       </w:r>
-      <w:r w:rsidR="00485751">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">applicants to have a Working with Children Check, </w:t>
+      <w:r>
+        <w:t xml:space="preserve">Care Services policy refers to the Working with Children Clearance process. This requires applicants to have a Working with Children Check, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0055347E">
+      <w:r>
         <w:t>similar to</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="0055347E">
+      <w:r>
         <w:t xml:space="preserve"> other programs.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="14454" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2263"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1599"/>
         <w:gridCol w:w="2087"/>
         <w:gridCol w:w="1479"/>
         <w:gridCol w:w="1580"/>
         <w:gridCol w:w="1275"/>
         <w:gridCol w:w="1903"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00635254" w:rsidRPr="007119E2" w14:paraId="1B0C4617" w14:textId="77777777" w:rsidTr="006D32FE">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="70E4A3C0" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:cantSplit/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B95FFE0" w14:textId="77777777" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00635254">
+          <w:p w14:paraId="19816364" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Type of staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0485FE42" w14:textId="77777777" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00635254">
+          <w:p w14:paraId="13CEAC5A" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Referee check</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2377E133" w14:textId="7673B678" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00635254">
+          <w:p w14:paraId="7AB6B4EF" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
               </w:rPr>
               <w:t>New police record check and Proof of identify</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49073659" w14:textId="502C0ACF" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00635254">
+          <w:p w14:paraId="4E483686" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>International police record check (lived overseas 12 months or longer</w:t>
             </w:r>
-            <w:r w:rsidR="0030462F">
+            <w:r>
               <w:t xml:space="preserve"> in past 10 years</w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34BCBF7C" w14:textId="2C50B7EC" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00635254">
+          <w:p w14:paraId="43609CB4" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Employment h</w:t>
             </w:r>
-            <w:r w:rsidR="00921D62">
+            <w:r>
               <w:t>istory</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1580" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="480AD901" w14:textId="77777777" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00635254">
+          <w:p w14:paraId="6C68800D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Qualification check (if mandatory)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6333D6D9" w14:textId="44A792B9" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00635254">
+          <w:p w14:paraId="00056AB0" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve">Working with Children </w:t>
             </w:r>
-            <w:r w:rsidR="002C0BB4">
+            <w:r>
               <w:br/>
               <w:t>Check</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56C63AB7" w14:textId="6BB48FC8" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00E87A68">
+          <w:p w14:paraId="6ADA8E11" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r>
               <w:t>The Worker and Carer Exclusion Scheme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DC7704D" w14:textId="77777777" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00635254">
+          <w:p w14:paraId="5D8921DB" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Pre-existing injury check</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00635254" w:rsidRPr="007119E2" w14:paraId="22BA4D2E" w14:textId="77777777" w:rsidTr="006D32FE">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="6D6F9A6F" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76CEBF82" w14:textId="5A89DB12" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00635254">
+          <w:p w14:paraId="0E6AEAC0" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
-              <w:t>Out-of-home</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:t>Out-of-home care residential care direct client contact employees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BC6DBD" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007119E2">
-              <w:t xml:space="preserve">care residential care </w:t>
-[...2 lines deleted...]
-              <w:t>direct client contact employees</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1599" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CAC905" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>Yes, a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+              <w:t>t offer of employment and again every three years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F8EAB17" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F468F50" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1580" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F4B093" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7626E04D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1903" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C77CF33" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7495C64D" w14:textId="77777777" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00635254">
-[...132 lines deleted...]
-          <w:p w14:paraId="46E94A4B" w14:textId="2EB09B9E" w:rsidR="00635254" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+          <w:p w14:paraId="2B54C0A7" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F05B85" w:rsidRPr="007119E2" w14:paraId="255B725E" w14:textId="77777777" w:rsidTr="006D32FE">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="6C24EF61" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F93BA20" w14:textId="77777777" w:rsidR="00F05B85" w:rsidRPr="007119E2" w:rsidRDefault="00F05B85">
+          <w:p w14:paraId="6D84975F" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve">Labour </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="007119E2">
               <w:t>hire</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve"> residential care services (out-of-home care)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41585330" w14:textId="77777777" w:rsidR="00F05B85" w:rsidRPr="007119E2" w:rsidRDefault="00F05B85">
+          <w:p w14:paraId="12B00BE1" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="747C320D" w14:textId="04941A74" w:rsidR="00F05B85" w:rsidRPr="007119E2" w:rsidRDefault="00101E1B">
+          <w:p w14:paraId="06C46DAA" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>Yes, p</w:t>
             </w:r>
-            <w:r w:rsidR="00A615BF" w:rsidRPr="007119E2">
+            <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>rior to engagement and again every three years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B98FFDA" w14:textId="77777777" w:rsidR="00F05B85" w:rsidRPr="007119E2" w:rsidRDefault="00F05B85">
+          <w:p w14:paraId="38AFCBB4" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179C3407" w14:textId="77777777" w:rsidR="00F05B85" w:rsidRPr="007119E2" w:rsidRDefault="00F05B85">
+          <w:p w14:paraId="4B269407" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E849E3F" w14:textId="77777777" w:rsidR="00F05B85" w:rsidRPr="007119E2" w:rsidRDefault="00F05B85">
+          <w:p w14:paraId="2209B001" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20B7CF73" w14:textId="77777777" w:rsidR="00F05B85" w:rsidRPr="007119E2" w:rsidRDefault="00F05B85">
+          <w:p w14:paraId="68B1D992" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="469E2C38" w14:textId="77777777" w:rsidR="00F05B85" w:rsidRPr="007119E2" w:rsidRDefault="00F05B85">
+          <w:p w14:paraId="09F4B39F" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D133816" w14:textId="77777777" w:rsidR="00F05B85" w:rsidRPr="007119E2" w:rsidRDefault="00F05B85">
+          <w:p w14:paraId="0B9B9EBA" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005054FA" w:rsidRPr="007119E2" w14:paraId="2A40166C" w14:textId="77777777" w:rsidTr="006D32FE">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="59347C36" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D70FCAA" w14:textId="01E71EC8" w:rsidR="005054FA" w:rsidRPr="007119E2" w:rsidRDefault="005054FA">
+          <w:p w14:paraId="600043B6" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
-              <w:t>Staff moving from a non-client contact role to a client contact role</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> in residential care</w:t>
+              <w:t>Staff moving from a non-client contact role to a client contact role in residential care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6299D2B5" w14:textId="441A7739" w:rsidR="005054FA" w:rsidRPr="007119E2" w:rsidRDefault="00FA1F8F">
+          <w:p w14:paraId="0532977B" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42355880" w14:textId="0113908B" w:rsidR="005054FA" w:rsidRPr="007119E2" w:rsidRDefault="00101E1B">
+          <w:p w14:paraId="00E9EE8D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>Yes, w</w:t>
             </w:r>
-            <w:r w:rsidR="005054FA" w:rsidRPr="007119E2">
+            <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>hen first moving from non-client to client contact functions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1390EBD0" w14:textId="4A112869" w:rsidR="005054FA" w:rsidRPr="007119E2" w:rsidRDefault="00F23908">
+          <w:p w14:paraId="297158C9" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39B33EB7" w14:textId="0E71F845" w:rsidR="005054FA" w:rsidRPr="007119E2" w:rsidRDefault="00CA2F7F">
+          <w:p w14:paraId="7C67EE62" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C79B624" w14:textId="47431562" w:rsidR="005054FA" w:rsidRPr="007119E2" w:rsidRDefault="00CA2F7F">
+          <w:p w14:paraId="3A31295D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="544D5DBE" w14:textId="09756790" w:rsidR="005054FA" w:rsidRPr="007119E2" w:rsidRDefault="00CA2F7F">
+          <w:p w14:paraId="0B0CAB7B" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3712139F" w14:textId="4FA93BAB" w:rsidR="005054FA" w:rsidRPr="007119E2" w:rsidRDefault="00CA2F7F">
+          <w:p w14:paraId="001B473C" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B878D2F" w14:textId="705EB6F3" w:rsidR="005054FA" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0">
+          <w:p w14:paraId="31886918" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F00E0" w:rsidRPr="007119E2" w14:paraId="397B2395" w14:textId="77777777" w:rsidTr="006D32FE">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="159DA59B" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2551AE3D" w14:textId="40C776FC" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="4D8DF836" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
-              <w:t xml:space="preserve">Staff from other </w:t>
-[...7 lines deleted...]
-            <w:r w:rsidR="00A723BA">
+              <w:t>Staff from other organisations providing</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> direct client</w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="005B4DF1">
+            <w:r>
               <w:t xml:space="preserve">outreach </w:t>
             </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:t>services in a residential setting including volunteers</w:t>
             </w:r>
-            <w:r w:rsidR="00A723BA">
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:t xml:space="preserve"> and workers such as nurses or legal advisers. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49960F36" w14:textId="05973F89" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="5A780C3A" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CD2552C" w14:textId="49D23165" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="00101E1B" w:rsidP="008F00E0">
+          <w:p w14:paraId="4A79FA64" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>Yes, p</w:t>
             </w:r>
-            <w:r w:rsidR="008F00E0" w:rsidRPr="007119E2">
+            <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>rior to engagement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1A488F" w14:textId="5E09F634" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="4487A8B1" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="275E6C0B" w14:textId="0F348C62" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="235F6A64" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C63B085" w14:textId="6DFA448B" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="1E813ADF" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4777C5F1" w14:textId="35248A7F" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="5EBC4DDC" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58F1907B" w14:textId="33C0950A" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="00E27F16" w:rsidP="008F00E0">
+          <w:p w14:paraId="7903CA62" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">Check </w:t>
-[...5 lines deleted...]
-              <w:t>with Social Services Regulator as differs depending on worker type (</w:t>
+              <w:t>Check with Social Services Regulator as differs depending on worker type (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="00A27FB7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>eg</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00A27FB7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve"> allied health and legal are out of scope)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4640A808" w14:textId="6C67E3FB" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="00EA43A0" w:rsidP="008F00E0">
+          <w:p w14:paraId="21780D29" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F00E0" w:rsidRPr="007119E2" w14:paraId="5E5722E9" w14:textId="77777777" w:rsidTr="006D32FE">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="6AEAFECC" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4760C19F" w14:textId="6FC8BAD8" w:rsidR="008F00E0" w:rsidRPr="002B3898" w:rsidRDefault="00A27FB7" w:rsidP="008F00E0">
+          <w:p w14:paraId="5BE6D844" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="002B3898" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidRPr="002B3898">
               <w:t>oster carer</w:t>
             </w:r>
             <w:r>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="002B3898">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>k</w:t>
             </w:r>
-            <w:r w:rsidR="00461C83" w:rsidRPr="002B3898">
-[...12 lines deleted...]
-              <w:t>in foster care and kinship care</w:t>
+            <w:r w:rsidRPr="002B3898">
+              <w:t>inship carer*</w:t>
             </w:r>
             <w:r>
-              <w:t>.</w:t>
+              <w:t>, their partner, usual adult household members residing or regularly staying overnight in foster care and kinship care.</w:t>
             </w:r>
             <w:r w:rsidDel="000D1AE0">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65F0C847" w14:textId="478BEC44" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="420381F1" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61402BA0" w14:textId="3C626971" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="00101E1B" w:rsidP="008F00E0">
+          <w:p w14:paraId="1B9CE135" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>Yes, p</w:t>
             </w:r>
-            <w:r w:rsidR="008F00E0" w:rsidRPr="007119E2">
+            <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>rior to being approved to care and every three years</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75D67F2D" w14:textId="3A7EE21A" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="6C785BE2" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40D9CA53" w14:textId="64F1068E" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="00A22CA7" w:rsidP="008F00E0">
+          <w:p w14:paraId="6069DEB1" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E33980F" w14:textId="74079DD9" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="5891143A" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5D6359" w14:textId="633F82F1" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="50C1CC70" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60C47F24" w14:textId="12C2DFB8" w:rsidR="008F00E0" w:rsidRDefault="00A27FB7" w:rsidP="008F00E0">
+          <w:p w14:paraId="35CCB696" w14:textId="77777777" w:rsidR="004C5103" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Approved foster carers</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="30CD455B" w14:textId="074CD514" w:rsidR="00A27FB7" w:rsidRDefault="00A27FB7" w:rsidP="008F00E0">
+              <w:t>Approved foster carers - Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0985606D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kinship carer </w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="45B91663" w14:textId="6E2CA5D9" w:rsidR="00A27FB7" w:rsidRPr="007119E2" w:rsidRDefault="00A27FB7" w:rsidP="008F00E0">
+              <w:t>Kinship carer - No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CD0F775" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">Approved household members in foster or kinship households </w:t>
-[...5 lines deleted...]
-              <w:t>- No</w:t>
+              <w:t>Approved household members in foster or kinship households - No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="689CB1A0" w14:textId="39DF0A52" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="006611BD" w:rsidP="008F00E0">
+          <w:p w14:paraId="57B236BE" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F00E0" w:rsidRPr="007119E2" w14:paraId="110FDCD3" w14:textId="77777777" w:rsidTr="006D32FE">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="232E3932" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14B6F135" w14:textId="1E0FD4C6" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="543DC7E7" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t>Foster carer, usual household member applying for accreditation with another organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49503C4B" w14:textId="5BD49561" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="612AC30E" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2625F25F" w14:textId="1BFAE90A" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="4089DDA2" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18CFFA49" w14:textId="18316090" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="040858C3" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7DC178D7" w14:textId="0985023E" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="4F41DA33" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0245C466" w14:textId="4EB3AF75" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="2C5CBA8F" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="498C2CEF" w14:textId="5E5EF86A" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="008F00E0" w:rsidP="008F00E0">
+          <w:p w14:paraId="7C6DC63B" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30A82EE8" w14:textId="3B66EB5C" w:rsidR="006611BD" w:rsidRDefault="00A27FB7" w:rsidP="008F00E0">
+          <w:p w14:paraId="1A5AADD0" w14:textId="77777777" w:rsidR="004C5103" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Carer</w:t>
-[...8 lines deleted...]
-          <w:p w14:paraId="21A4A94A" w14:textId="7DA6C424" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="006611BD" w:rsidP="008F00E0">
+              <w:t>Carer – Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23CAB917" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>U</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> - No</w:t>
+              <w:t>Usual household members - No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44FF4BE8" w14:textId="18C53BAE" w:rsidR="008F00E0" w:rsidRPr="007119E2" w:rsidRDefault="006611BD" w:rsidP="008F00E0">
+          <w:p w14:paraId="332B677F" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C96AB6" w:rsidRPr="007119E2" w14:paraId="4DBABEDE" w14:textId="77777777" w:rsidTr="006D32FE">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="07071CF6" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="554DE679" w14:textId="5107D0A2" w:rsidR="00C96AB6" w:rsidRPr="007119E2" w:rsidRDefault="00C96AB6" w:rsidP="00C96AB6">
+          <w:p w14:paraId="3F5506A2" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:t xml:space="preserve">Foster carer being assessed for permanent care </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="288FA05A" w14:textId="27787834" w:rsidR="00C96AB6" w:rsidRPr="007119E2" w:rsidRDefault="00C96AB6" w:rsidP="00C96AB6">
+          <w:p w14:paraId="3BEC5C07" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="290761DB" w14:textId="7354878E" w:rsidR="00C96AB6" w:rsidRPr="007119E2" w:rsidRDefault="00C96AB6" w:rsidP="00C96AB6">
+          <w:p w14:paraId="759356F3" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
               <w:t>Prior to being approved for permanent care</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B41DB23" w14:textId="77992A54" w:rsidR="00C96AB6" w:rsidRPr="007119E2" w:rsidRDefault="00C96AB6" w:rsidP="00C96AB6">
+          <w:p w14:paraId="307BA363" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1479" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4880999E" w14:textId="49F9C862" w:rsidR="00C96AB6" w:rsidRPr="007119E2" w:rsidRDefault="00C96AB6" w:rsidP="00C96AB6">
+          <w:p w14:paraId="1237D13A" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1580" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08921C51" w14:textId="0E8938C9" w:rsidR="00C96AB6" w:rsidRPr="007119E2" w:rsidRDefault="00C96AB6" w:rsidP="00C96AB6">
+          <w:p w14:paraId="026263C2" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="685501B3" w14:textId="4154410D" w:rsidR="00C96AB6" w:rsidRPr="007119E2" w:rsidRDefault="00C96AB6" w:rsidP="00C96AB6">
+          <w:p w14:paraId="1399BA1C" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="202F2BA9" w14:textId="247EAE94" w:rsidR="00C96AB6" w:rsidRPr="007119E2" w:rsidRDefault="006611BD" w:rsidP="00C96AB6">
+          <w:p w14:paraId="0B85733C" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CAAC0FE" w14:textId="1F0454B1" w:rsidR="00C96AB6" w:rsidRPr="007119E2" w:rsidRDefault="006611BD" w:rsidP="00C96AB6">
+          <w:p w14:paraId="19A26B9D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B55961" w:rsidRPr="007119E2" w14:paraId="111C7129" w14:textId="77777777" w:rsidTr="006D32FE">
+      <w:tr w:rsidR="004C5103" w:rsidRPr="007119E2" w14:paraId="6035D9DB" w14:textId="77777777" w:rsidTr="00940644">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2263" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="251830C8" w14:textId="20F8D7CB" w:rsidR="00B55961" w:rsidRPr="007119E2" w:rsidRDefault="00B55961" w:rsidP="00C96AB6">
+          <w:p w14:paraId="36EEC250" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
-              <w:t>Lead tenant</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> if they reside in the house</w:t>
+              <w:t>Lead tenant including their partner if they reside in the house</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C14329D" w14:textId="23F25B3F" w:rsidR="00B55961" w:rsidRPr="007119E2" w:rsidRDefault="000D1AE0" w:rsidP="00C96AB6">
+          <w:p w14:paraId="00A152B4" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1599" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE66F3A" w14:textId="66D6B111" w:rsidR="00B55961" w:rsidRPr="007119E2" w:rsidRDefault="000D0F90" w:rsidP="00C96AB6">
+          <w:p w14:paraId="47EE7C7C" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
-              <w:t xml:space="preserve">On </w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>On offer of engagement and every three years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2087" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="232A8AA0" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
-                <w:spacing w:val="-8"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="2C45D4C5" w14:textId="211CC939" w:rsidR="00B55961" w:rsidRPr="007119E2" w:rsidRDefault="00AF0ACE" w:rsidP="00C96AB6">
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1479" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3214D872" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="00D1406C" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00D1406C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64C0495B" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D1406C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Previous lead tenant or carer role check</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1580" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCB0DE3" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
+              <w:t>Competency-based assessment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE09188" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1479" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4961150A" w14:textId="77777777" w:rsidR="00D1406C" w:rsidRPr="00D1406C" w:rsidRDefault="00D1406C" w:rsidP="00C96AB6">
+            <w:tcW w:w="1903" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="213C06F8" w14:textId="77777777" w:rsidR="004C5103" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1406C">
-[...6 lines deleted...]
-          <w:p w14:paraId="0E005519" w14:textId="6EA19F17" w:rsidR="00B55961" w:rsidRPr="007119E2" w:rsidRDefault="002E29CB" w:rsidP="00C96AB6">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Lead tenant - No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16E4159D" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D1406C">
-[...17 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Competency-based assessment</w:t>
-[...75 lines deleted...]
-              <w:t>- Yes</w:t>
+              <w:t>Paid relief staff for lead tenant - Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25A39F21" w14:textId="57744FB5" w:rsidR="00B55961" w:rsidRPr="007119E2" w:rsidRDefault="00B626A5" w:rsidP="00C96AB6">
+          <w:p w14:paraId="471DE062" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Evidence of physical and mental fitness</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="67B098FA" w14:textId="77777777" w:rsidR="00D06B30" w:rsidRPr="007119E2" w:rsidRDefault="00D06B30" w:rsidP="00783D0A">
+    <w:p w14:paraId="0CF380A0" w14:textId="77777777" w:rsidR="004C5103" w:rsidRPr="007119E2" w:rsidRDefault="004C5103" w:rsidP="004C5103">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Ref160441826"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="056586BA" w14:textId="020442B3" w:rsidR="003F665D" w:rsidRPr="007119E2" w:rsidRDefault="00152C8A" w:rsidP="00783D0A">
+      <w:bookmarkStart w:id="17" w:name="_Ref160441826"/>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w14:paraId="5BBCE8A1" w14:textId="77777777" w:rsidR="004C5103" w:rsidRDefault="004C5103" w:rsidP="004C5103">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:spacing w:before="120"/>
-      </w:pPr>
+        <w:sectPr w:rsidR="004C5103" w:rsidSect="004C5103">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+          <w:pgMar w:top="851" w:right="1418" w:bottom="851" w:left="851" w:header="851" w:footer="567" w:gutter="0"/>
+          <w:cols w:space="340"/>
+          <w:titlePg/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="221A492A" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="120"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc219108662"/>
+      <w:r w:rsidRPr="004C5A37">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Kinship</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="007119E2">
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-    <w:p w14:paraId="728E8810" w14:textId="466F97D5" w:rsidR="008335E5" w:rsidRPr="009B06C8" w:rsidRDefault="008335E5" w:rsidP="008335E5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C5A37">
+        <w:rPr>
+          <w:rStyle w:val="Heading2Char"/>
+        </w:rPr>
+        <w:t>care safety screening requirements</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65758D79" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="009B06C8" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="009B06C8">
         <w:t xml:space="preserve">From February 2024, </w:t>
       </w:r>
-      <w:r w:rsidR="00657EBA">
+      <w:r>
         <w:t xml:space="preserve">WWCC </w:t>
       </w:r>
       <w:r w:rsidRPr="009B06C8">
         <w:t xml:space="preserve">requirements </w:t>
       </w:r>
-      <w:r w:rsidR="006E4256">
+      <w:r>
         <w:t xml:space="preserve">extend to </w:t>
       </w:r>
       <w:r w:rsidRPr="009B06C8">
         <w:t xml:space="preserve">usual </w:t>
       </w:r>
-      <w:r w:rsidR="006E4256">
+      <w:r>
         <w:t xml:space="preserve">adult </w:t>
       </w:r>
       <w:r w:rsidRPr="009B06C8">
-        <w:t>household members</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="006E4256">
+        <w:t xml:space="preserve">household members </w:t>
+      </w:r>
+      <w:r>
         <w:t>residing in a kinship care placement.</w:t>
       </w:r>
       <w:r w:rsidRPr="009B06C8">
         <w:t xml:space="preserve"> This now aligns with requirements for foster care screening checks. For kinship carers and usual </w:t>
       </w:r>
-      <w:r w:rsidR="006E4256">
+      <w:r>
         <w:t xml:space="preserve">adult </w:t>
       </w:r>
       <w:r w:rsidRPr="009B06C8">
         <w:t xml:space="preserve">household members, police record checks are required every three years and </w:t>
       </w:r>
-      <w:r w:rsidR="001F3ABA">
+      <w:r>
         <w:t xml:space="preserve">WWCC </w:t>
       </w:r>
       <w:r w:rsidRPr="009B06C8">
         <w:t xml:space="preserve">every five years. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62E08277" w14:textId="5C8D0B33" w:rsidR="00FD41C6" w:rsidRPr="007119E2" w:rsidRDefault="00874358">
+    <w:p w14:paraId="69C14427" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="009B06C8">
         <w:t>Child Protection staf</w:t>
       </w:r>
       <w:r w:rsidRPr="00E20708">
-        <w:t xml:space="preserve">f </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00EA4958" w:rsidRPr="007119E2">
+        <w:t>f an</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve">d </w:t>
       </w:r>
-      <w:r w:rsidR="00151B31">
+      <w:r>
         <w:t>authorised</w:t>
       </w:r>
-      <w:r w:rsidR="00664958" w:rsidRPr="007119E2">
-[...10 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t xml:space="preserve">conduct </w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00D62451" w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve"> Aboriginal Children in Aboriginal Care (ACAC) providers conduct initial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61DD9">
         <w:t>police record and</w:t>
       </w:r>
-      <w:r w:rsidR="00657EBA">
+      <w:r>
         <w:t xml:space="preserve"> WWCC </w:t>
       </w:r>
-      <w:r w:rsidR="00730D80" w:rsidRPr="007119E2">
-[...7 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t xml:space="preserve"> kinship carer</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">s, </w:t>
+        <w:t xml:space="preserve">at the Assessment Part A stage for kinship carers, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00D62451" w:rsidRPr="007119E2">
+      <w:r w:rsidRPr="007119E2">
         <w:t>and also</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00D62451" w:rsidRPr="007119E2">
-[...19 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0216A8B8" w14:textId="60514C7D" w:rsidR="00996DD5" w:rsidRPr="007119E2" w:rsidRDefault="008848A8">
+        <w:t xml:space="preserve"> for kinship carers being assessed for permanent care orders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36608D45" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00F61DD9">
-        <w:t>Organisations</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00151B31">
+        <w:t xml:space="preserve">Organisations that support kinship carers including </w:t>
+      </w:r>
+      <w:r>
         <w:t>pre-authorised</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61DD9">
         <w:t xml:space="preserve"> ACAC providers and contracted case management providers may conduct later checks during the Assessment Parts B and C processes, and the recurrent checks. This may depend on individual case issues or case management contract</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve">s. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F61DD9">
-        <w:t xml:space="preserve">Organisations should liaise with Child Protection to </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00F61DD9">
+        <w:t>Organisations should liaise with Child Protection to confirm who will conduct the recurrent checks before the previous checks expire.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311868A2" w14:textId="07553481" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:r w:rsidRPr="003C0265">
+        <w:rPr>
+          <w:rStyle w:val="BodyChar"/>
+        </w:rPr>
+        <w:t>For further information,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve"> see </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00041093">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:eastAsia="Times"/>
+          </w:rPr>
+          <w:t>Working with Children Clearance for kinship carers and usual adult household members – advice</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004F4C65" w:rsidRPr="00041093">
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...50 lines deleted...]
-    <w:p w14:paraId="61DEF0DD" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00762525">
+      <w:r w:rsidR="004872FB" w:rsidRPr="00041093">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1072DD28" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc72758197"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="_Toc175302455"/>
+      <w:bookmarkStart w:id="19" w:name="_Additional_information"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc72758197"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc88034252"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc160108184"/>
+      <w:bookmarkStart w:id="23" w:name="_Ref160543429"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc175302455"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc219108663"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="007119E2">
-        <w:lastRenderedPageBreak/>
         <w:t>Additional information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CB4C17" w14:textId="174F7B15" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+    <w:p w14:paraId="219AF3E4" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc160108185"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="28" w:name="_Toc88034253"/>
+      <w:bookmarkStart w:id="26" w:name="_Referee_checks"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc160108185"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc175302456"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc25828388"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc72758198"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc88034253"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc219108664"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Referee checks</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="5232E738" w14:textId="1DE6C882" w:rsidR="00714325" w:rsidRPr="003924F2" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="508B39AF" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="003924F2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="005E0089">
         <w:t>Referee checks are mandatory and require a minimum of two checks to confirm the applicant's suitability, including contact with their most recent employer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05DD3985" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+    <w:p w14:paraId="0830CFD6" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Toc160108186"/>
-      <w:bookmarkStart w:id="30" w:name="_Toc175302457"/>
+      <w:bookmarkStart w:id="33" w:name="_Police_record_check"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc160108186"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc175302457"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc219108665"/>
+      <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="007119E2">
         <w:t>Police record check (including proof of identity)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
-    </w:p>
-    <w:p w14:paraId="12F4658E" w14:textId="0A012CFB" w:rsidR="00714325" w:rsidRPr="007C158C" w:rsidRDefault="00EA4958" w:rsidP="00714325">
+      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w14:paraId="53A1EF60" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007C158C" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
-        <w:t xml:space="preserve">Where an organisation is considering </w:t>
-[...2 lines deleted...]
-        <w:t>recruiting</w:t>
+        <w:t>Where an organisation is considering recruiting someone they do not currently employ, the organisation must complete a new police record check prior to making an offer of employment or engagement to that person. This applies to all relevant staff, volunteers, carers, students on placement and contract agency staff in accordance with applicable departmental</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and other government</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:t>someone</w:t>
+        <w:t xml:space="preserve"> policies.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F41407">
+        <w:t xml:space="preserve"> The check must also include a proof of identity check. </w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t xml:space="preserve"> they do not currently employ, the organisation must complete a </w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="00DF19FF" w:rsidRPr="007119E2">
         <w:t>This is required even if the person has had a police record check done recently by another employer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E8C1F1" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="00F61DD9" w:rsidRDefault="00714325" w:rsidP="00714325">
+    <w:p w14:paraId="06691D48" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Toc25828389"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="35" w:name="_Toc175302458"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc25828389"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc72758199"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc88034254"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc160108187"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc175302458"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc219108666"/>
       <w:r w:rsidRPr="007C158C">
         <w:t xml:space="preserve">Recurrent </w:t>
       </w:r>
+      <w:r w:rsidRPr="007552AC">
+        <w:t>police</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F61DD9">
-        <w:t>police record check – once every three years</w:t>
-[...261 lines deleted...]
-      <w:bookmarkEnd w:id="36"/>
+        <w:t xml:space="preserve"> record check – once every three years</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
-    </w:p>
-    <w:p w14:paraId="0948B47E" w14:textId="381DBEC4" w:rsidR="001122EB" w:rsidRDefault="00714325" w:rsidP="198FDA5B">
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="0994F9BF" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00F61DD9">
-        <w:t xml:space="preserve">An </w:t>
-[...2 lines deleted...]
-        <w:t>international</w:t>
+        <w:t xml:space="preserve">For </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">organisations that deliver some services, including </w:t>
       </w:r>
       <w:r w:rsidRPr="00F61DD9">
-        <w:t xml:space="preserve"> police check is required for applicants who have lived overseas for 12 months or longer in one country in the last 10 years. This is not applicable if they were travelling through countries, for example, backpacking and only staying in some countries for very short periods or if the applicant was a minor when they were overseas.</w:t>
-[...5 lines deleted...]
-      <w:r w:rsidR="00E31E1F" w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve">residential and out-of-home care services to children and young people who are statutory clients of DFFH, recurrent police record checks must be undertaken at least once every three years. The recurrent police record check is in addition to the initial new police record check undertaken prior to any offer of engagement. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="333DDCC5" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t>This additional requirement applies to staff and carers including:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674B36DF" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve">staff providing residential care </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8509E3" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve">foster carers </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49D9337D" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t>kinship carers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C991D13" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve">lead tenants </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FD3381" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve">usual </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">adult </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve">members of the household in home-based care and kinship settings (including </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">carers and their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve">spouse/partner, children aged 18 and older and persons who regularly stay overnight). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74AD87EB" w14:textId="3ABF26F9" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Organisations funded to deliver Care Services should refer to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="74A2CAD5" w14:textId="023F5468" w:rsidR="00B21BF2" w:rsidRPr="00F61DD9" w:rsidRDefault="00E31E1F" w:rsidP="198FDA5B">
+      <w:r w:rsidRPr="00E73231">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CSOs undertaking national police history checks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007047EB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007047EB">
+        <w:t>policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve"> in the Child Protection Manual at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="007047EB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>CSOs undertaking national police history checks</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00641C24">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r w:rsidR="00641C24">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40443B15" w14:textId="77777777" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
+      <w:r>
+        <w:t>Other health or community service programs may also have similar requirements, so check program guidelines to confirm if this requirement applies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="149B6016" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00D6345A" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">The NDIS only requires recurrent police checks every five years. However, where </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> NDIS-registered organisation delivers a service funded under a non-disability program it must follow the worker safety screening requirements for the funded program. This may require more frequent recurrent police record checks, such as every three years for Care Services. Check program guidelines to confirm service-specific recurrent police check requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C1DC19" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc25828390"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc72758200"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc88034255"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc160108188"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc175302459"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc219108667"/>
       <w:r w:rsidRPr="00F61DD9">
-        <w:lastRenderedPageBreak/>
-[...23 lines deleted...]
-    <w:p w14:paraId="6149134E" w14:textId="2B984CE8" w:rsidR="00714325" w:rsidRPr="00F61DD9" w:rsidRDefault="00B21BF2" w:rsidP="198FDA5B">
+        <w:t>International police check</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w14:paraId="53257616" w14:textId="77777777" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00F61DD9">
-        <w:t xml:space="preserve">The employer can decide </w:t>
+        <w:t>An international police check is required for applicants who have lived overseas for 12 months or longer in one country in the last 10 years. This is not applicable if they were travelling through countries, for example, backpacking and only staying in some countries for very short periods or if the applicant was a minor when they were overseas.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="49" w:name="_Disclosable_Outcomes"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc25828391"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc72758202"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F2FFD03" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve">If an applicant can demonstrate that they have applied for an international police check and the wait for an outcome is expected to be unreasonably long, the applicant can provide a statutory declaration stating where and when they worked and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F61DD9">
         <w:t>whether or not</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00F61DD9">
-        <w:t xml:space="preserve"> the </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> they have a police record in that country. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0A3FD2" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
       <w:r w:rsidRPr="00F61DD9">
-        <w:t xml:space="preserve">Upon </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">The employer can decide </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00F61DD9">
-        <w:t xml:space="preserve"> of </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="001E27C1">
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F61DD9">
+        <w:t xml:space="preserve"> the applicant can commence. Upon receipt of the international police check </w:t>
+      </w:r>
+      <w:r>
         <w:t>the applicant</w:t>
       </w:r>
-      <w:r w:rsidR="00A8456F" w:rsidRPr="00F61DD9">
+      <w:r w:rsidRPr="00F61DD9">
         <w:t xml:space="preserve"> must provide</w:t>
       </w:r>
-      <w:r w:rsidR="001E27C1">
+      <w:r>
         <w:t xml:space="preserve"> it</w:t>
       </w:r>
-      <w:r w:rsidR="00A8456F" w:rsidRPr="00F61DD9">
+      <w:r w:rsidRPr="00F61DD9">
         <w:t xml:space="preserve"> to the employer.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D2C597" w14:textId="513F7DFF" w:rsidR="00152C8A" w:rsidRPr="00F61DD9" w:rsidRDefault="00152C8A" w:rsidP="198FDA5B">
+    <w:p w14:paraId="573F2C10" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00F61DD9">
-        <w:t xml:space="preserve">If an international police check is provided in a language other than English, the organisation can use discretion about whether it accepts the </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="4B769331" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="00F61DD9" w:rsidRDefault="00714325" w:rsidP="00714325">
+        <w:t>If an international police check is provided in a language other than English, the organisation can use discretion about whether it accepts the document in that language. If the organisation is satisfied that it understands the international police check, the applicant does not have to provide it in English.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8A344F" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F61DD9" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Disclosable_outcomes_1"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkStart w:id="52" w:name="_Disclosable_outcomes_1"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc88034256"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc160108189"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc175302460"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc219108668"/>
+      <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidRPr="00F61DD9">
         <w:t>Disclosable outcomes</w:t>
-      </w:r>
-[...194 lines deleted...]
-        <w:t>Qualification check</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="2A059404" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve">In Victoria, police have a policy that governs what information is released in a police check. The release of information may consider the age of the police record, the purpose for which the information is being sought and the relevance of the criminal history. This is called the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>disclosable record</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="330C24B6" w14:textId="41C557A4" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve">Victorian disclosable records include all court outcomes that are findings of guilt. Disclosable records from other states may only include information about spent convictions in certain circumstances. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Further i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve">nformation </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is available at</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="00920D2A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>AFP Spent conviction laws &amp; police checks</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00641C24">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidR="004F4C65">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73E929FD" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve">Any disclosable records, court outcomes, outstanding charges or other information gained from a police check will be a key factor in relation to assessing the suitability of a potential employee. An adverse police check result does not necessarily preclude a person from becoming an employee. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52FCC0E0" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>Some program requirements oblige funded organisations to inform departmental staff of any potential employees with a disclosable outcome (for example, Home Based Care). Check relevant program guidelines for details.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458035DB" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F41407" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="_Toc25828392"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc72758203"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc88034258"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc160108190"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc175302461"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc478992039"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc219108669"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r w:rsidRPr="00F41407">
+        <w:lastRenderedPageBreak/>
+        <w:t>Employment history (including misconduct or disciplinary action disclosure)</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
-    </w:p>
-[...46 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="63"/>
+    </w:p>
+    <w:p w14:paraId="629EDC49" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00F41407" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41407">
+        <w:t>Applicants must be asked to disclose any misconduct or formal disciplinary action taken against them by any current or former employer. This includes any finding of improper or unprofessional conduct by any court or tribunal of any kind and any investigations that the applicant has been subject of by an employer, law enforcement agency or any integrity body or similar in Australia or in another country.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0375D289" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="_Qualification_check"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc25828393"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc72758204"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc88034259"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc160108191"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc175302462"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc219108670"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Qualification check</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
+    </w:p>
+    <w:p w14:paraId="5A1A8877" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC73CE">
+        <w:t xml:space="preserve">If qualifications are a mandatory requirement of the role, original qualifications must be copied, certified as being a true copy of the original and dated by the relevant delegate then returned to the applicant. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>Check relevant program guidelines for details.</w:t>
+      </w:r>
       <w:r>
+        <w:t xml:space="preserve"> I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0078231F">
+        <w:t>n some circumstances the accreditation of the certifying institution may be checked</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46F22DFF" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="_Victorian_Working_with"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc25828394"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc72758205"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc88034260"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc160108192"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc175302463"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc219108671"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Victorian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Working with Children Chec</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
         <w:t>k (WWCC)</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="60360F13" w14:textId="6B993E68" w:rsidR="00451E14" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p w14:paraId="53DB77A3" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00123DDF" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Worker Screening Act 2020 (the Act) replaced the Working with Children Act 2005 from 1 February 2021. </w:t>
-[...81 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00123DDF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-      </w:pPr>
-[...43 lines deleted...]
-      </w:pPr>
+        <w:t>Worker Screening Act 2020</w:t>
+      </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Information on the WWCC is available </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00920308">
+        <w:t xml:space="preserve"> (the Act) replaced the Working with Children Act 2005 from 1 February 2021. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve">All Victorian paid workers, volunteers, carers and self-employed persons who perform child-related work, and Ministers of Religion, must hold a valid Victorian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A65A7">
+        <w:t xml:space="preserve">WWCC. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A65A7">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Worker Screening Amendment (Strengthening the Working with Children Check) Bill 2025 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A65A7">
+        <w:t>recognises a Working with Children exclusion (or equivalent notices) in another state or territory as an automatic exclusion under the Victorian scheme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2589868D" w14:textId="40A0401C" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD4F48">
+        <w:t xml:space="preserve">Victoria Police members require a WWCC when they engage in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FD4F48">
+        <w:t>child</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD4F48">
+        <w:t>care</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FD4F48">
+        <w:t xml:space="preserve"> related work or are a usual adult household member in an out-of-home-care placement. For further information see</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> the Child Protection Manual information sheet at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Wo</w:t>
+        </w:r>
+        <w:r w:rsidRPr="001A67D3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>rking with Children Clearance for kinship carers and household members – information sheet</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00641C24">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+      <w:r w:rsidR="00F42F0B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27FB9D00" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>Visitors who normally live outside Victoria and hold an equivalent Check from their home State or Territory can do child-related work in Victoria without a Check for a maximum of 30 days in a calendar year, which can comprise one or several events or occasions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AC2D14D" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>Visitors who normally live outside Victoria and do not hold an equivalent Check from their home State or Territory can do child-related work in Victoria without a Check on only one occasion or event per calendar year, which may last for a maximum of 30 days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE4820B" w14:textId="76AA10A9" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>at</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve">Information on the WWCC is available </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F1316">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="000260E9" w:rsidRPr="00784CEE">
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="008F1316">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>Working with Children Check</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007119E2">
-[...20 lines deleted...]
-    <w:p w14:paraId="3E082D7A" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="00DC73CE" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:r w:rsidR="00E33EC4" w:rsidRPr="008F1316">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidR="00F42F0B" w:rsidRPr="008F1316">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5D9845" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00DC73CE" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="64" w:name="_Victorian_Institute_of"/>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkStart w:id="78" w:name="_Victorian_Institute_of"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc72758206"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc88034261"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc160108193"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc175302464"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc219108672"/>
+      <w:bookmarkEnd w:id="78"/>
       <w:r w:rsidRPr="00DC73CE">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Victorian Institute of Teaching </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="79"/>
       <w:r w:rsidRPr="00DC73CE">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Registration</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="66"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="511A7861" w14:textId="396AE2F8" w:rsidR="00F6288A" w:rsidRPr="00DC73CE" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:bookmarkEnd w:id="80"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:bookmarkEnd w:id="83"/>
+    </w:p>
+    <w:p w14:paraId="04A7525B" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00DC73CE" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC73CE">
-        <w:t>Victorian Institute of Teaching (VIT) registered teachers and early childhood service workers continue to be exempt from holding a WWC</w:t>
-[...8 lines deleted...]
-        <w:t>. VIT-registered teachers and early childhood service workers</w:t>
+        <w:t>Victorian Institute of Teaching (VIT) registered teachers and early childhood service workers continue to be exempt from holding a WWCC for all programs other than Care Services (out-of-home care to statutory clients). VIT-registered teachers and early childhood service workers must notify Working with Children Check Victoria (WWCCV) of any child-related work they do outside of their school or early childhood service-based position (whether paid or voluntary).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220F24E2" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="008C40B0" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F41407">
+        <w:t xml:space="preserve">People who work, volunteer or are carers or household members of statutory Care Services clients must obtain a </w:t>
+      </w:r>
+      <w:r>
+        <w:t>WWCC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C40B0">
+        <w:t xml:space="preserve"> even if they have a current VIT registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A06B1F1" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00010EA6" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008C40B0">
+        <w:lastRenderedPageBreak/>
+        <w:t>VIT cards are valid for one year and have a registration date of 30 September. The individual must show their VIT card to their line manager for their records. The sighting and documentation of each new VIT card must be undertaken every year.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="_Toc478992025"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc25828395"/>
+    </w:p>
+    <w:p w14:paraId="2DE53B1A" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="001878B5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="200"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="_Toc175302465"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc219108673"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>Worker and Carer Exclusion Scheme (WCES) database check</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="87"/>
+    </w:p>
+    <w:p w14:paraId="4E191209" w14:textId="77777777" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Until June 2024, a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC73CE">
-        <w:t xml:space="preserve"> must notify Working with Children Check Victoria (WWCCV) of any child-related work they do outside of their school or early childhood service-based position (whether paid or voluntary).</w:t>
-[...53 lines deleted...]
-      <w:bookmarkEnd w:id="70"/>
+        <w:t>ll foster carers</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC73CE">
+        <w:t xml:space="preserve"> residential carers (including permanent, part-time, casual and temporary agency staff and providers of services to children at an out-of-home residence</w:t>
+      </w:r>
       <w:r>
-        <w:t>Until Ju</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 2024, a</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC73CE">
-        <w:t xml:space="preserve">ll </w:t>
-[...16 lines deleted...]
-      <w:r w:rsidR="00714325" w:rsidRPr="00DC73CE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>were required to</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC73CE">
+        <w:t xml:space="preserve"> have a disqualified carer check conducted and cleared</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, and to register the carer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC73CE">
+        <w:t xml:space="preserve"> within 14 days</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of engagement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC73CE">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32D5C8F3" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00A72E75" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This requirement changed with the launch of the Worker and Carer Exclusion Scheme in July 2024. There is no longer a requirement to register carers. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A72E75">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Out-of-home-care service providers must conduct a Worker and Carer Exclusion Scheme (WCES) database check before approving, employing, or engaging a foster carer, residential carer (including permanent, part-time, casual and temporary agency staff) or person to provide services to children at an out-of-home residence. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E8AD869" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00A72E75" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72E75">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A WCES database check tells the service if the prospective carer is excluded or is under investigation. The check is to be conducted by the registered service provider with the Social Services Regulator. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9D0E95" w14:textId="689DD284" w:rsidR="0097789B" w:rsidRPr="00DC73CE" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00A72E75">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Further information about the WCES database check can be found </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="00A4174D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:lang w:val="en"/>
+          </w:rPr>
+          <w:t>Social Services Regulator – The Worker and Carer Exclusion Scheme</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00AE2653">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidR="00520547">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE2AB0">
+        <w:rPr>
+          <w:lang w:val="en"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00714325" w:rsidRPr="00DC73CE">
-[...129 lines deleted...]
-    <w:p w14:paraId="78C71093" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+    </w:p>
+    <w:p w14:paraId="07454D30" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="001878B5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="72"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="_National_Disability_Insurance"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc88034263"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc160108195"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc175302466"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc25828397"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc72758209"/>
+      <w:bookmarkStart w:id="94" w:name="_Hlk22656999"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc219108674"/>
+      <w:bookmarkEnd w:id="88"/>
       <w:r w:rsidRPr="007119E2">
         <w:t>Disability worker screening checks</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="73"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="95"/>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61EF8A7D" w14:textId="5754387A" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
-[...5 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="08AEE2DD" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>For registered NDIS providers</w:t>
       </w:r>
-      <w:r w:rsidR="00553AF6">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> services funded through DFFH Disability Services activities</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> delivering services funded through DFFH Disability Services activities</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, the department will accept </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007119E2">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007119E2">
-        <w:rPr>
-          <w:sz w:val="21"/>
+        <w:t xml:space="preserve"> NDIS Worker Screening Check as suitable safety screening for new staff. The NDIS Worker Screening Check includes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783D0A">
+        <w:t xml:space="preserve">criminal history, workplace misconduct, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>apprehended violence orders</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00783D0A">
+        <w:t>, information about past employment, juvenile offences and any other relevant information that may determine whether a worker poses a risk to a person with disability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3841E325" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve">For those organisations that are not registered NDIS providers, a new police record check is required for new staff. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52B3D862" w14:textId="77777777" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>The NDIS Worker Screening Check does not replace Victoria’s WWCC</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. This</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve"> still required for child-related work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58810E8D" w14:textId="6FF1D3F7" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> NDIS </w:t>
-[...3 lines deleted...]
-          <w:sz w:val="21"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">Worker Screening Check </w:t>
+        <w:t xml:space="preserve">Further information is available </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
-          <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>as suitable safety screening for new staff.</w:t>
-[...3 lines deleted...]
-          <w:sz w:val="21"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="96" w:name="_Hlk218764939"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://www.vic.gov.au/ndis-worker-screening-check"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Th</w:t>
-[...3 lines deleted...]
-          <w:sz w:val="21"/>
+        <w:t>NDIS Worker Screening Check</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r w:rsidR="007E2E8C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E8C" w:rsidRPr="007E2E8C">
+        <w:t>https://www.vic.gov.au/ndis-worker-screening-check</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>e NDIS Worker Screening Check</w:t>
-[...3 lines deleted...]
-          <w:sz w:val="21"/>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A182717" w14:textId="77777777" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Where an organisation is delivering disability-related services funded by other programs such as DFFH Care Services (residential and out-of-home care for statutory clients), organisations must follow the safety screening requirements of those program guidelines even if the organisation is NDIS-registered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA07E77" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="001878B5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="_Toc88034264"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc160108196"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc175302467"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc219108675"/>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve">Disability worker </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>regulation scheme</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
+    </w:p>
+    <w:p w14:paraId="17205E4B" w14:textId="77D3FD71" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D76D4">
+        <w:t xml:space="preserve"> Disability Worker Regulation Scheme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve"> (the Scheme) involves the regulation of registered and unregistered disability workers in Victoria. F</w:t>
+      </w:r>
+      <w:r>
+        <w:t>urther</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve"> information </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">is available at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="002D76D4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Disability Worker Regulation Scheme</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="007E2E8C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E8C" w:rsidRPr="007E2E8C">
+        <w:t>https://www.vdwc.vic.gov.au/</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42F0B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FCE2C86" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>The Scheme applies to all disability workers in Victoria and is administered by two independent, statutory bodies: the Disability Worker Registration Board of Victoria (the Board) and the Victorian Disability Worker Commissioner. Both are supported by the Victorian Disability Worker Commission (VDWC, the Commission).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338F033F" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>The Scheme includes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="107C5750" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="002E56EF">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> includes </w:t>
-[...3 lines deleted...]
-          <w:sz w:val="21"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">criminal history, workplace misconduct, </w:t>
-[...3 lines deleted...]
-          <w:sz w:val="21"/>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="007119E2">
+          <w:rPr>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Code of Conduct</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>apprehended violence orders</w:t>
-[...3 lines deleted...]
-          <w:sz w:val="21"/>
+        <w:t xml:space="preserve"> that disability workers must comply with, regardless of how they are funded.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D2E6039" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="002E56EF">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>, information about past employment, juvenile offences and any other relevant information that may determine whether a worker poses a risk to a person with disability.</w:t>
-[...6 lines deleted...]
-          <w:sz w:val="21"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="007119E2">
+          <w:rPr>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Mandatory notifications</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
+        <w:t xml:space="preserve"> for providers and workers to report concerns that a disability worker may be putting the safety of a person with disability at risk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472E1B1C" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="002E56EF">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
-          <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">For those organisations that are not registered NDIS providers, a </w:t>
-[...3 lines deleted...]
-          <w:sz w:val="21"/>
+        <w:t xml:space="preserve">An </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="007119E2">
+          <w:rPr>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>independent complaints service</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">new police record </w:t>
-      </w:r>
+        <w:t>, with power to investigate the conduct of disability workers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9CFB83" w14:textId="0CEA2D5A" w:rsidR="002E56EF" w:rsidRPr="005F379E" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="007119E2">
+          <w:rPr>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>Voluntary registration</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
-          <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">check is required for new staff. </w:t>
-[...6 lines deleted...]
-          <w:sz w:val="21"/>
+        <w:t xml:space="preserve">, which </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00724371">
+        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>involves the Board setting</w:t>
+      </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
-          <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">The NDIS </w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> registration standards for registered Victorian disability workers and registering Victorian disability workers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1CFD43" w14:textId="5AA601B9" w:rsidR="0097789B" w:rsidRPr="00F64D8C" w:rsidRDefault="0097789B" w:rsidP="00C01D14">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
       <w:r w:rsidRPr="007119E2">
-        <w:rPr>
-[...32 lines deleted...]
-      </w:r>
+        <w:t>The Board has set three registration standards – competency in English, criminal history and continuing professional developm</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F64D8C">
+        <w:t>ent. The Board will undertake a criminal history check before deciding on an application for registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2CB234" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
       <w:r w:rsidRPr="007119E2">
-        <w:rPr>
-[...11 lines deleted...]
-      </w:r>
+        <w:t>The Commission’s role is to receive and investigate complaints about disability workers. All disability service providers are required to ensure they do not employ a person who is subject to a prohibition order issued by the Commission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00BD5DF2" w14:textId="5515521A" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="005F379E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
       <w:r w:rsidRPr="007119E2">
-        <w:rPr>
-[...13 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">The VDWC publishes a list of people who are subject to a prohibition order </w:t>
+      </w:r>
+      <w:r>
+        <w:t>at</w:t>
+      </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:rPr>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="007119E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
-          <w:t>NDIS Worker Screening Check</w:t>
+          <w:t>Victorian Disability Worker Commission – Prohibition Orders</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C943CA" w:rsidRPr="00C943CA">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="007E2E8C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00755DEE">
-[...37 lines deleted...]
-    <w:p w14:paraId="1E579E82" w14:textId="159AC572" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:r w:rsidR="007E2E8C" w:rsidRPr="007E2E8C">
+        <w:t>https://www.vdwc.vic.gov.au/prohibition-orders</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3612">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC9B359" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="_Toc88034264"/>
-[...393 lines deleted...]
-      <w:bookmarkStart w:id="84" w:name="_Toc175302468"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc88034265"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc160108197"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc175302468"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc219108676"/>
       <w:r w:rsidRPr="007119E2">
         <w:t>Use of labour hire staff</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="76"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="84"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkEnd w:id="104"/>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="85" w:name="_Toc478992024"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="15CCE2BB" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:bookmarkStart w:id="105" w:name="_Toc478992024"/>
+    </w:p>
+    <w:p w14:paraId="03F26482" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="009D3334" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="86" w:name="_Toc88034266"/>
-      <w:r w:rsidRPr="007119E2">
+      <w:bookmarkStart w:id="106" w:name="_Toc88034266"/>
+      <w:r w:rsidRPr="009D3334">
         <w:t>Use of labour hire staff - only licensed labour hire providers</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="86"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="7022E8B0" w14:textId="37500CD0" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:bookmarkEnd w:id="106"/>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p w14:paraId="050681F5" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
         <w:t>Funded organisations may</w:t>
       </w:r>
-      <w:r w:rsidR="00F81BFD">
+      <w:r>
         <w:t xml:space="preserve"> use</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t xml:space="preserve"> labour hire providers to fill staff vacancies. Labour hire providers </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="06459017" w14:textId="15085125" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+        <w:t xml:space="preserve"> labour hire providers to fill staff vacancies. Labour hire providers must have a labour hire licence. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B4465B" w14:textId="0EDB32C3" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve">Further information is available </w:t>
       </w:r>
-      <w:r w:rsidR="00C44CD4">
+      <w:r>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
-[...6 lines deleted...]
-      </w:hyperlink>
+      <w:bookmarkStart w:id="107" w:name="_Hlk218765042"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://labourhireauthority.vic.gov.au/"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
       <w:r w:rsidRPr="007119E2">
-        <w:t xml:space="preserve"> &lt;https://labourhireauthority.vic.gov.au&gt;.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="35B5886A" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Labour Hire Authority</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidR="007E2E8C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E2E8C" w:rsidRPr="007E2E8C">
+        <w:t>https://labourhireauthority.vic.gov.au/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FFBED4B" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="_Toc88034267"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc88034267"/>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Use of labour hire staff for residential care services for children and young people</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="103F1DFB" w14:textId="3367B8CE" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="108"/>
+    </w:p>
+    <w:p w14:paraId="0ECB4717" w14:textId="0AA4AED0" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Funded or registered organisations using labour hire</w:t>
       </w:r>
-      <w:r w:rsidR="007669F4">
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> staff</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> for residential care services for children and young people must comply with </w:t>
       </w:r>
-      <w:r w:rsidR="00DE0435" w:rsidRPr="00E73231">
+      <w:r w:rsidRPr="00E73231">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Engaging Labour Hire Agency Residential Care Staff in Out of Home Care Services</w:t>
       </w:r>
-      <w:r w:rsidR="00DE0435" w:rsidRPr="00DE0435">
+      <w:r w:rsidRPr="00DE0435">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FB6440">
+      <w:r>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40" w:history="1">
-[...7 lines deleted...]
-      <w:r w:rsidR="00693AE5">
+      <w:bookmarkStart w:id="109" w:name="_Hlk218765060"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://providers.dffh.vic.gov.au/labour-hire-procedures"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00693AE5">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>Labour hire procedures</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidR="00BE2DD4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC73CE">
-[...5 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BE2DD4" w:rsidRPr="00BE2DD4">
         <w:t>https://providers.dffh.vic.gov.au/labour-hire-procedures</w:t>
       </w:r>
-      <w:r w:rsidRPr="007119E2">
-[...3 lines deleted...]
-    <w:p w14:paraId="606DE6FF" w14:textId="2EA2EE64" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:r w:rsidR="00BE2DD4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="277305F6" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Labour hire staff must undergo a satisfactory police record check, international police check (where </w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> under the </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">department’s </w:t>
+        <w:t xml:space="preserve"> under the department’s Police Records Check Policy</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
-          <w:szCs w:val="21"/>
-[...1 lines deleted...]
-        <w:t>Police Records Check Policy</w:t>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>),</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
-          <w:sz w:val="20"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> WWC Clearance</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00E6000E" w:rsidRPr="0076632B">
+        <w:t xml:space="preserve"> WWC Clearance (referred to as WWC Check in other programs), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076632B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Worker and Carer Exclusion Scheme (WCES) database check</w:t>
       </w:r>
-      <w:r w:rsidR="00E6000E" w:rsidRPr="007119E2" w:rsidDel="00E6000E">
+      <w:r w:rsidRPr="007119E2" w:rsidDel="00E6000E">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t>and referee check</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="007B73C6">
+        <w:t xml:space="preserve">and referee checks. </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>This is in addition to policy expectations regarding minimum qualification requirements for residential care.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0076632B">
+        <w:t>This is in addition to policy expectations regarding minimum qualification requirements for residential care. T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076632B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> T</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0076632B" w:rsidRPr="0076632B">
+        <w:t>he organisation engaging the labour hire staff must also complete a W</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">he </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0076632B" w:rsidRPr="0076632B">
+        <w:t xml:space="preserve">CES </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076632B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E6000E">
+        <w:t>database check prior to allowing a labour hire staff member to enter the residential care premises</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">CES </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7343A30B" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="00DC73CE" w:rsidRDefault="00714325" w:rsidP="00714325">
+    <w:p w14:paraId="02B88896" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00DC73CE" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc25828398"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="92" w:name="_Toc175302469"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc25828398"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc72758210"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc88034268"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc160108198"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc175302469"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc219108677"/>
       <w:r w:rsidRPr="00DC73CE">
         <w:t>Student placements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="88"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="04D2D81B" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:bookmarkEnd w:id="110"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkEnd w:id="115"/>
+    </w:p>
+    <w:p w14:paraId="7C5C8A47" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Students aged 17 years or younger</w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve"> require a referee check.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D0F45C0" w14:textId="77777777" w:rsidR="00524C97" w:rsidRDefault="00714325" w:rsidP="00714325">
+    <w:p w14:paraId="0531B0F2" w14:textId="77777777" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Students aged 18 years or older </w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve">require a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007119E2">
         <w:t>National</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="007119E2">
-        <w:t xml:space="preserve"> police record check prior to the confirmation of the first placement and also require a recurrent National police record check in each subsequent year of study. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5A36742A" w14:textId="3E123412" w:rsidR="002800BB" w:rsidRPr="007119E2" w:rsidRDefault="00DD430C" w:rsidP="00E303A7">
+        <w:t xml:space="preserve"> police record check prior to the confirmation of the first placement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>and also</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve"> require a recurrent National police record check in each subsequent year of study. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E5DF4BA" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00E303A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>WWC C</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC03D3" w:rsidRPr="00E303A7">
+        <w:t>WWC Checks</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
+        <w:t xml:space="preserve">Students aged 18 or 19 years of age do not need a WWC Check to do volunteer work organised by, or held at, their educational institution. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="558261FB" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007119E2">
+        <w:t>Students older than 19 years will require a WWC Check if the placement will involve direct contact with children or if the placement organisation requires it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B935AAC" w14:textId="65E6F166" w:rsidR="00D83FD6" w:rsidRPr="00DC3FE8" w:rsidRDefault="0097789B" w:rsidP="00DC3FE8">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="_Toc25828399"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc72758211"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc478992030"/>
+      <w:r w:rsidRPr="00DC73CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>hecks</w:t>
-[...55 lines deleted...]
-      <w:bookmarkStart w:id="95" w:name="_Toc478992030"/>
+        <w:t>Persons 16 years or younger</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="116"/>
+      <w:bookmarkEnd w:id="117"/>
       <w:r w:rsidRPr="00DC73CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Persons 16 years or younger</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EC03D3" w:rsidRPr="007E7A31">
-[...5 lines deleted...]
-      <w:r w:rsidR="00EC03D3" w:rsidRPr="007119E2">
+      <w:r w:rsidRPr="007E7A31">
+        <w:t>require referee</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:rStyle w:val="BodyChar"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>checks. Teachers, parents and others who personally know the individual should act as referees and the credentials of any referees should be verified</w:t>
+        <w:t xml:space="preserve"> checks. Teachers, parents and others who personally know the individual should act as referees and the credentials of any referees should be verified</w:t>
       </w:r>
       <w:r w:rsidRPr="007E7A31">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FED8572" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="007E7A31" w:rsidRDefault="00714325" w:rsidP="00714325">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="45760055" w14:textId="77777777" w:rsidR="00D83FD6" w:rsidRDefault="00D83FD6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
           <w:b/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E7A31">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Student placements in health settings</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="462542F3" w14:textId="2E08D9C3" w:rsidR="00714325" w:rsidRPr="007E7A31" w:rsidRDefault="00714325" w:rsidP="00746A5C">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D44A4A5" w14:textId="756BE47B" w:rsidR="0097789B" w:rsidRPr="007E7A31" w:rsidRDefault="00DC3FE8" w:rsidP="00D83FD6">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:spacing w:before="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="0097789B" w:rsidRPr="007E7A31">
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>tudent placements in health settings</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D6D3306" w14:textId="66DCA4D0" w:rsidR="0097789B" w:rsidRPr="007E7A31" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007E7A31">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">For further information on student placements in health settings, see the Department of Health </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00E73231">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>Standardised Student Induction Protocol</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007E7A31">
+      <w:r w:rsidR="00BE2DD4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2DD4" w:rsidRPr="00BE2DD4">
+        <w:t>https://www.health.vic.gov.au/publications/standardised-student-induction-protocol</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at &lt;https://www.health.vic.gov.au/publications/standardised-student-induction-protocol&gt;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1E864AA2" w14:textId="64F3766F" w:rsidR="00714325" w:rsidRPr="00155303" w:rsidRDefault="00714325" w:rsidP="00746A5C">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314B21EE" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007552AC" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="97" w:name="_Toc175302470"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="_Toc160108199"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc175302470"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc219108678"/>
+      <w:r w:rsidRPr="007552AC">
+        <w:t>Safety screening for Health services</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:bookmarkEnd w:id="121"/>
+    </w:p>
+    <w:p w14:paraId="2A617C82" w14:textId="5F5D0F34" w:rsidR="0097789B" w:rsidRPr="00155303" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Information on s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85911">
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">afety screening for </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A85911">
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ealth services</w:t>
+      </w:r>
       <w:r w:rsidRPr="00155303">
         <w:rPr>
-          <w:color w:val="auto"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
-[...33 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> is included in the Department of Health’s </w:t>
       </w:r>
-      <w:r w:rsidR="00714325" w:rsidRPr="006E49A3">
+      <w:r w:rsidRPr="006E49A3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Policy and Funding Guidelines</w:t>
       </w:r>
-      <w:r w:rsidR="00714325" w:rsidRPr="00155303">
+      <w:r w:rsidRPr="00155303">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>, available at</w:t>
       </w:r>
-      <w:r w:rsidR="00394416">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
-        <w:r w:rsidR="00394416" w:rsidRPr="00394416">
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="00394416">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>Policy and Funding Guidelines for health services</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00714325" w:rsidRPr="00155303">
+      <w:r w:rsidR="00BE2DD4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2DD4" w:rsidRPr="00BE2DD4">
+        <w:t>https://www.health.vic.gov.au/policy-and-funding-guidelines-for-health-services</w:t>
+      </w:r>
+      <w:r w:rsidR="007F3612">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00155303">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &lt;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00714325" w:rsidRPr="00394416">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F240EB" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00155303" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>https://www.health.vic.gov.au/policy-and-funding-guidelines-for-health-services</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00714325" w:rsidRPr="00155303">
+      </w:pPr>
+      <w:r w:rsidRPr="00155303">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">&gt;. </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Body"/>
+        <w:t xml:space="preserve">Chapter 15 of the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>guidelines</w:t>
+      </w:r>
       <w:r w:rsidRPr="00155303">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapter 15 of the </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> includes sections on:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00B17255" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00155303" w:rsidRDefault="0097789B" w:rsidP="000619E2">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
       <w:r w:rsidRPr="00155303">
-        <w:rPr>
-[...14 lines deleted...]
-        </w:rPr>
+        <w:t>Pre-employment Safety Screening</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327BDD34" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00155303" w:rsidRDefault="0097789B" w:rsidP="000619E2">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00155303">
-        <w:rPr>
-[...14 lines deleted...]
-        </w:rPr>
+        <w:t>Staff Safety in Victorian Health Services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54E1E1D1" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00155303" w:rsidRDefault="0097789B" w:rsidP="000619E2">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00155303">
-        <w:rPr>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>Child Safety</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C585607" w14:textId="6400EB6B" w:rsidR="00714325" w:rsidRPr="00155303" w:rsidRDefault="00714325" w:rsidP="00DE0FB8">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="78A0F0AB" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00155303" w:rsidRDefault="0097789B" w:rsidP="000619E2">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00155303">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Patient and client safety.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB8DCB8" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+    <w:p w14:paraId="513DBB45" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="98" w:name="_Toc72758212"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc72758212"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc88034269"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc160108200"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc175302471"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc219108679"/>
+      <w:bookmarkEnd w:id="118"/>
       <w:r w:rsidRPr="007119E2">
         <w:t>Record storage and destruction</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="34F84F2B" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+      <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:bookmarkEnd w:id="126"/>
+    </w:p>
+    <w:p w14:paraId="48461650" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve">Use and storage of safety screening documentation (consent forms, proof of identity information documentation and information provided about an individual’s police check history) must be in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Privacy and Data Protection Act 2014 </w:t>
       </w:r>
       <w:r w:rsidRPr="007119E2">
         <w:t>and any contractual requirements of the Australian Criminal Intelligence Commission accredited agency.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3501F3AC" w14:textId="63A06F76" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+    <w:p w14:paraId="43D2E982" w14:textId="5C40022C" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="21"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="102" w:name="_Toc72758213"/>
       <w:r w:rsidRPr="00DC73CE">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Information </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6F50">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">is available </w:t>
       </w:r>
-      <w:r w:rsidR="00E6444C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
-[...10 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="127" w:name="_Hlk218773408"/>
+      <w:r>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText>HYPERLINK "https://fac.dhhs.vic.gov.au/record-storage-and-destruction"</w:instrText>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="001A0B4E">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &lt;</w:t>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:t>Record storage and destruction</w:t>
+      </w:r>
+      <w:r>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r w:rsidR="00FE6FD4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE6FD4" w:rsidRPr="00FE6FD4">
         <w:t>https://fac.dhhs.vic.gov.au/record-storage-and-destruction</w:t>
       </w:r>
-      <w:r w:rsidR="003B0481" w:rsidRPr="00DC73CE">
-[...12 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="007F3612">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26EDD92A" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="007119E2" w:rsidRDefault="00714325" w:rsidP="00714325">
+    <w:p w14:paraId="7C228C2D" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="103" w:name="_Toc88034270"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="105" w:name="_Toc175302472"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc88034270"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc160108201"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc175302472"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc219108680"/>
       <w:r w:rsidRPr="007119E2">
         <w:t>For further information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="102"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkEnd w:id="131"/>
       <w:r w:rsidRPr="007119E2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02C6BED2" w14:textId="21F23F19" w:rsidR="00F30A5C" w:rsidRPr="007119E2" w:rsidRDefault="00000000" w:rsidP="00714325">
+    <w:p w14:paraId="54688BB7" w14:textId="74D02969" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId44" w:history="1">
-        <w:r w:rsidR="00714325" w:rsidRPr="007119E2">
+      <w:r w:rsidRPr="007119E2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Email: SApolicy (DFFH) </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="007119E2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
-          <w:t>Service Agreement Strategy and P</w:t>
-[...6 lines deleted...]
-          <w:t>olicy</w:t>
+          <w:t>SApolicy@dffh.vic.gov.au</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00714325" w:rsidRPr="007119E2">
+    </w:p>
+    <w:p w14:paraId="1A041F08" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="0097789B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...45 lines deleted...]
-      <w:bookmarkStart w:id="106" w:name="_Toc175302473"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="_Toc219108681"/>
       <w:r w:rsidRPr="007119E2">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Document history</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="132"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
+        <w:gridCol w:w="988"/>
         <w:gridCol w:w="1842"/>
-        <w:gridCol w:w="6797"/>
+        <w:gridCol w:w="7364"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00113341" w:rsidRPr="007119E2" w14:paraId="5A0E4CAF" w14:textId="77777777" w:rsidTr="00C001B5">
-[...4 lines deleted...]
-          <w:p w14:paraId="7FC82263" w14:textId="14F33705" w:rsidR="00113341" w:rsidRPr="007119E2" w:rsidRDefault="00113341">
+      <w:tr w:rsidR="0097789B" w:rsidRPr="007119E2" w14:paraId="15AE8BF4" w14:textId="77777777" w:rsidTr="000619E2">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B272FD4" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Version</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19629B27" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E6F76A" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00123DDF" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="006170"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00123DDF">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="006170"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>Content changes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0097789B" w:rsidRPr="007119E2" w14:paraId="1AC8883D" w14:textId="77777777" w:rsidTr="000619E2">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="643BDF96" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>1.0</w:t>
+            </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Version 1 </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDC2048" w14:textId="51926BAB" w:rsidR="00113341" w:rsidRPr="007119E2" w:rsidRDefault="00C001B5">
+          <w:p w14:paraId="67FD766D" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>January 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6797" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="06CF4ECA" w14:textId="54A44C08" w:rsidR="00113341" w:rsidRPr="007119E2" w:rsidRDefault="00113341">
+            <w:tcW w:w="7364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B513E2" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="00123DDF" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
-              </w:rPr>
-            </w:pPr>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00123DDF">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:color w:val="auto"/>
+                <w:u w:val="none"/>
+              </w:rPr>
+              <w:t>Original content</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00113341" w:rsidRPr="007119E2" w14:paraId="50ABF2AF" w14:textId="77777777" w:rsidTr="00C001B5">
-[...4 lines deleted...]
-          <w:p w14:paraId="1104CE9C" w14:textId="1187728E" w:rsidR="00113341" w:rsidRPr="007119E2" w:rsidRDefault="00C001B5">
+      <w:tr w:rsidR="0097789B" w:rsidRPr="007119E2" w14:paraId="0AC31C15" w14:textId="77777777" w:rsidTr="000619E2">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1F5C6A" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>2.0</w:t>
+            </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Version 2 </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0076F265" w14:textId="1442758D" w:rsidR="00113341" w:rsidRPr="007119E2" w:rsidRDefault="00C001B5">
+          <w:p w14:paraId="4029073B" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>January 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6797" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6E3DB740" w14:textId="13F6A980" w:rsidR="00113341" w:rsidRPr="007119E2" w:rsidRDefault="00C001B5">
+            <w:tcW w:w="7364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0107292C" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Text refresh</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00113341" w:rsidRPr="007119E2" w14:paraId="13596D79" w14:textId="77777777" w:rsidTr="00C001B5">
-[...4 lines deleted...]
-          <w:p w14:paraId="258BE661" w14:textId="76036CFB" w:rsidR="00113341" w:rsidRPr="007119E2" w:rsidRDefault="00C001B5">
+      <w:tr w:rsidR="0097789B" w:rsidRPr="007119E2" w14:paraId="604652B0" w14:textId="77777777" w:rsidTr="000619E2">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1913B7" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>3.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1640C4" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Version 3</w:t>
+              <w:t>November 2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BF6304" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Removed references to Disability Worker Exclusion Scheme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0097789B" w:rsidRPr="007119E2" w14:paraId="28D84FD2" w14:textId="77777777" w:rsidTr="000619E2">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04DF19A9" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>4.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0311D043" w14:textId="44E8CD41" w:rsidR="00113341" w:rsidRPr="007119E2" w:rsidRDefault="00C001B5">
+          <w:p w14:paraId="7DE81533" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>August</w:t>
+            </w:r>
             <w:r w:rsidRPr="007119E2">
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>November 2023</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5D6F5695" w14:textId="2689EDBB" w:rsidR="00113341" w:rsidRPr="007119E2" w:rsidRDefault="009521C8">
+              <w:t xml:space="preserve"> 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B823731" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Text refresh throughout</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D8C41C5" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Added introductory text </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68C3FCC7" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Added text on referee checks</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41C552CF" w14:textId="77777777" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Clarified requirement for </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>a new police</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> check each time a person is employed by a new organisation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A0693FC" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Clarified requirements for NDIS-registered providers of Care Services to undertake recurrent police checks every three years</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7967FAA4" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Updated sections on kinship care Working with Children Clearance process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Disability Worker Regulation Scheme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Worker and Carer Exclusion Scheme</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25076C73" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007119E2">
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Added sections on Department of Health safety screening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0097789B" w:rsidRPr="007119E2" w14:paraId="357151D6" w14:textId="77777777" w:rsidTr="000619E2">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7AEF2D" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007119E2">
+            <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Removed references to Disability Worker Exclusion Scheme</w:t>
+              <w:t>4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40365A8E" w14:textId="77777777" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Body"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>September 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="003CBED3" w14:textId="77777777" w:rsidR="0097789B" w:rsidRPr="007119E2" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A65A7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Victorian Working </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004A65A7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>With</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004A65A7">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Children Check now recognises exclusions from other states or territories.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C001B5" w:rsidRPr="007119E2" w14:paraId="6A4D3034" w14:textId="77777777" w:rsidTr="00C001B5">
-[...4 lines deleted...]
-          <w:p w14:paraId="16FB3A82" w14:textId="35E4BDD2" w:rsidR="00C001B5" w:rsidRPr="007119E2" w:rsidRDefault="009521C8">
+      <w:tr w:rsidR="0097789B" w:rsidRPr="007119E2" w14:paraId="33A5AFFE" w14:textId="77777777" w:rsidTr="000619E2">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="783AF254" w14:textId="4209E2AB" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007119E2">
+            <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Version 4</w:t>
+              <w:t>4.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F004A4B" w14:textId="2149568C" w:rsidR="00C001B5" w:rsidRPr="007119E2" w:rsidRDefault="00E22E32">
+          <w:p w14:paraId="086F7C13" w14:textId="63E7C1F9" w:rsidR="0097789B" w:rsidRDefault="0097789B" w:rsidP="00940644">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>August</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>December 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7364" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F7AC9C" w14:textId="581E155B" w:rsidR="0097789B" w:rsidRPr="004A65A7" w:rsidRDefault="0097789B" w:rsidP="00940644">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:spacing w:before="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 2024</w:t>
-[...10 lines deleted...]
-              <w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-[...172 lines deleted...]
-              <w:t>Added sections on Department of Health safety screening</w:t>
+              <w:t>Template and updating all links to match accessibility guidelines</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2EDACCAB" w14:textId="77777777" w:rsidR="003B1BDC" w:rsidRDefault="003B1BDC" w:rsidP="003B1BDC">
+    <w:p w14:paraId="42D6EFF9" w14:textId="08A8618C" w:rsidR="007F6C8C" w:rsidRPr="00783B90" w:rsidRDefault="007F6C8C" w:rsidP="007F6C8C">
+      <w:pPr>
+        <w:pStyle w:val="Accessibilitypara"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00783B90">
+        <w:t xml:space="preserve">Contact us to receive this document in another format. Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00436A94">
+        <w:t xml:space="preserve">email </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidR="00436A94" w:rsidRPr="00665668">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>monitoringframework.helpdesk@dffh.vic.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00436A94">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68520353" w14:textId="77777777" w:rsidR="007F6C8C" w:rsidRDefault="007F6C8C" w:rsidP="007F6C8C">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055119B">
+        <w:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D9562D" w14:textId="7267373E" w:rsidR="007F6C8C" w:rsidRPr="00025223" w:rsidRDefault="007F6C8C" w:rsidP="007F6C8C">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+        <w:rPr>
+          <w:color w:val="87189D"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055119B">
+        <w:t xml:space="preserve">© State of Victoria, Australia, Department </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B058F">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Families, Fairness and Housing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055119B">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00436A94">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C7274">
+        <w:t>January 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1E1303" w14:textId="77777777" w:rsidR="007F6C8C" w:rsidRPr="00025223" w:rsidRDefault="007F6C8C" w:rsidP="00436A94">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-    </w:p>
-[...191 lines deleted...]
-      <w:type w:val="continuous"/>
+      <w:r w:rsidRPr="00025223">
+        <w:t>In this document, ‘Aboriginal’ refers to both Aboriginal and Torres Strait Islander people. ‘Indigenous’ or ‘Koori/Koorie’ is retained when part of the title of a report, program or quotation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="578B8AE0" w14:textId="7730B916" w:rsidR="00E0113B" w:rsidRDefault="00E0113B" w:rsidP="007F6C8C">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0113B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">ISBN </w:t>
+      </w:r>
+      <w:r w:rsidR="008B29A6" w:rsidRPr="008B29A6">
+        <w:t>978-1-76130-927-4</w:t>
+      </w:r>
+      <w:r w:rsidR="008B29A6" w:rsidRPr="008B29A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0113B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(pdf/online/MS word)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E0113B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8C10A3" w14:textId="78B4FB4B" w:rsidR="007F6C8C" w:rsidRPr="0055119B" w:rsidRDefault="007F6C8C" w:rsidP="007F6C8C">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055119B">
+        <w:t xml:space="preserve">Available at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidR="00436A94" w:rsidRPr="00205AB6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Safety screening policy for funded organisations</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00436A94" w:rsidRPr="00205AB6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000034D0" w:rsidRPr="000034D0">
+        <w:t>https://providers.dffh.vic.gov.au/safety-screening-policy</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="312DEA78" w14:textId="77777777" w:rsidR="00162CA9" w:rsidRDefault="00162CA9" w:rsidP="007F6C8C">
+      <w:pPr>
+        <w:pStyle w:val="Accessibilitypara"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00162CA9" w:rsidSect="0097789B">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09032F09" w14:textId="77777777" w:rsidR="008E5CB4" w:rsidRDefault="008E5CB4">
+    <w:p w14:paraId="4A8074AC" w14:textId="77777777" w:rsidR="00425250" w:rsidRDefault="00425250">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A3029B6" w14:textId="77777777" w:rsidR="008E5CB4" w:rsidRDefault="008E5CB4"/>
+    <w:p w14:paraId="3D08C419" w14:textId="77777777" w:rsidR="00425250" w:rsidRDefault="00425250"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6223804C" w14:textId="77777777" w:rsidR="008E5CB4" w:rsidRDefault="008E5CB4">
+    <w:p w14:paraId="08C1BB60" w14:textId="77777777" w:rsidR="00425250" w:rsidRDefault="00425250">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06FDBD4D" w14:textId="77777777" w:rsidR="008E5CB4" w:rsidRDefault="008E5CB4"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="0B3DF89E" w14:textId="77777777" w:rsidR="00425250" w:rsidRDefault="00425250"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
@@ -10330,2161 +9286,1006 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="016C29F6" w14:textId="6BD834F8" w:rsidR="00E261B3" w:rsidRPr="00F65AA9" w:rsidRDefault="009A3948" w:rsidP="00EF2C72">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="016C29F6" w14:textId="328DE3C4" w:rsidR="00E261B3" w:rsidRPr="00F65AA9" w:rsidRDefault="009F1A17" w:rsidP="00EF2C72">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <mc:AlternateContent>
-[...341 lines deleted...]
-      </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251651072" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="0867AA3D" wp14:editId="68010CDB">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="0867AA3D" wp14:editId="68010CDB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>bottom</wp:align>
           </wp:positionV>
           <wp:extent cx="7560000" cy="900000"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="10" name="Picture 10" descr="Victoria State Government"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="10" name="Picture 10" descr="Victoria State Government"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7560000" cy="900000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-  </w:p>
-[...602 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="00E261B3">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="76DFBCAB" wp14:editId="0055F4B8">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3F220AE8" wp14:editId="326046EE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
-              <wp:docPr id="3" name="Text Box 3" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:docPr id="5" name="MSIPCMc3054336811d08b680b9289e" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="38A4FC05" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="002C5B7C" w:rsidRDefault="00714325">
+                        <w:p w14:paraId="3E3ACDE0" w14:textId="77777777" w:rsidR="00E261B3" w:rsidRPr="00B21F90" w:rsidRDefault="00E261B3" w:rsidP="00B21F90">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="002C5B7C">
+                          <w:r w:rsidRPr="00B21F90">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="76DFBCAB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="3F220AE8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" o:spid="_x0000_s1034" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAc/kHqGAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0hSCqURoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svo2&#10;o8R5pkumQIuCHoWjd4uvX+atycUVVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1KrtJ0mrRgS2OBC+fQ+9AH6SLWl1Jw/ySlE56oguJsPp42nttwJos5y3eWmarmpzHYB6ZoWK2x&#10;6bnUA/OM7G39T6mm5hYcSD/i0CQgZc1F3AG3ydJ322wqZkTcBcFx5gyT+7yy/PGwMc+W+O47dEhg&#10;AKQ1LnfoDPt00jbhi5MSjCOExzNsovOEo/NmMk3HGYY4xsZZdjObhDLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6HQ8SeMP5wgWVxp7XGYNlu+2HanLgs6GPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6vg9biBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAc/kHqGAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCMc3054336811d08b680b9289e" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251655680;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0o2UmKbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDxzHYP0zRskZj&#10;03OpR+YZ2dvmj1Jtwy04kH7CoU1AyoaLuANuk6UfttnWzIi4C4LjzBkm9//K8qfD1rxY4vuv0COB&#10;AZDOuNyhM+zTS9uGL05KMI4QHs+wid4Tjs6b2TydZhjiGJtm2c3tLJRJLn8b6/w3AS0JRkEt0hLR&#10;YoeN80PqKSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7McFSqiOuJeFgXJn+LrB5hvm/Auz&#10;yDHOi7r1z3hIBdgERouSGuyvv/lDPkKPUUo61ExB3c89s4IS9V0jKXfZ9XUQWbygYd97y5NX79sH&#10;QDlm+DIMj2bI9epkSgvtG8p6FbphiGmOPQtanswHPygYnwUXq1VMQjkZ5jd6a3goHWAMkL72b8ya&#10;EXePjD3BSVUs/wD/kDsQsNp7kE3kJgA7oDnijVKM7I7PJmj9/T1mXR738jcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqFMo&#10;gYY4FQJxQUIVperZiTc/TbyOYrdN3p7NCW67M6vZb9LNaDtxxsE3jhQsFxEIpMKZhioF+5+Pu2cQ&#10;PmgyunOECib0sMmur1KdGHehbzzvQiU4hHyiFdQh9ImUvqjRar9wPRJ7pRusDrwOlTSDvnC47eR9&#10;FMXS6ob4Q617fKuxaHcnq2C1XeelPLb2+DV9TlPTlof3vFTq9mZ8fQERcAx/xzDjMzpkzJS7Exkv&#10;OgVcJLAaR6sYxOwv1xFP+aw9PjyBzFL5v0P2CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJ2Si3YUAgAAJAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEgNXprfAAAACwEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="38A4FC05" w14:textId="77777777" w:rsidR="00714325" w:rsidRPr="002C5B7C" w:rsidRDefault="00714325">
+                  <w:p w14:paraId="3E3ACDE0" w14:textId="77777777" w:rsidR="00E261B3" w:rsidRPr="00B21F90" w:rsidRDefault="00E261B3" w:rsidP="00B21F90">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="002C5B7C">
+                    <w:r w:rsidRPr="00B21F90">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="4CE631BD" w14:textId="090D9ED5" w:rsidR="00714325" w:rsidRPr="00B27966" w:rsidRDefault="009A3948">
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="65F67A31" w14:textId="77777777" w:rsidR="00E261B3" w:rsidRDefault="00E261B3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6A92F86A" wp14:editId="6C007658">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="36861015" wp14:editId="5023B46B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:align>center</wp:align>
+                <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:align>bottom</wp:align>
+                <wp:posOffset>10189687</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="7772400" cy="502285"/>
+              <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
-              <wp:docPr id="14" name="MSIPCM5f51445c94500f46e787478c" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:9999999.0,&quot;Width&quot;:9999999.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:docPr id="6" name="MSIPCM418f4cbe97f099549309dca7" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="7772400" cy="502285"/>
+                        <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="67DC6A37" w14:textId="4E680ACB" w:rsidR="009A3948" w:rsidRPr="006C2B2C" w:rsidRDefault="006C2B2C" w:rsidP="006C2B2C">
+                        <w:p w14:paraId="14CB6103" w14:textId="77777777" w:rsidR="00E261B3" w:rsidRPr="00B21F90" w:rsidRDefault="00E261B3" w:rsidP="00B21F90">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="006C2B2C">
+                          <w:r w:rsidRPr="00B21F90">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="6A92F86A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="36861015" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM5f51445c94500f46e787478c" o:spid="_x0000_s1035" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:9999999.0,&quot;Width&quot;:9999999.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:0;width:612pt;height:39.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCB3vs+GQIAAC0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JdOw/BcuAmcFHA&#10;SAI4Qc40RVoCSC5L0pbcr++Ssuwg7anohVrurvYxM5zfdVqRg3C+AVPS8SinRBgOVWN2JX19WX25&#10;ocQHZiqmwIiSHoWnd4vPn+atLcQEalCVcASLGF+0tqR1CLbIMs9roZkfgRUGgxKcZgGvbpdVjrVY&#10;XatskudXWQuusg648B69D32QLlJ9KQUPT1J6EYgqKc4W0unSuY1ntpizYueYrRt+GoP9wxSaNQab&#10;nks9sMDI3jV/lNINd+BBhhEHnYGUDRdpB9xmnH/YZlMzK9IuCI63Z5j8/yvLHw8b++xI6L5BhwRG&#10;QFrrC4/OuE8nnY5fnJRgHCE8nmETXSAcndfX15NpjiGOsVk+mdzMYpns8rd1PnwXoEk0SuqQloQW&#10;O6x96FOHlNjMwKpRKlGjDGlLevV1lqcfzhEsrgz2uMwardBtO9JUJb0d9thCdcT1HPTMe8tXDc6w&#10;Zj48M4dU49go3/CEh1SAveBkUVKD+/U3f8xHBjBKSYvSKan/uWdOUKJ+GOTmdjydRq2lCxruvXc7&#10;eM1e3wOqcowPxPJkxtygBlM60G+o7mXshiFmOPYsKQ9uuNyHXsr4PrhYLlMa6sqysDYby2PxiGfE&#10;9qV7Y86eCAhI3SMM8mLFBx763J6J5T6AbBJJEeEezxPwqMlE8+n9RNG/v6esyytf/AYAAP//AwBQ&#10;SwMEFAAGAAgAAAAhANg//TfbAAAABQEAAA8AAABkcnMvZG93bnJldi54bWxMj0tPwzAQhO9I/Adr&#10;kbhRpwG1NI1T8RASnBApl97cePMo8TqK3cb8e7Zc4LLSaGZnv8030fbihKPvHCmYzxIQSJUzHTUK&#10;PrcvN/cgfNBkdO8IFXyjh01xeZHrzLiJPvBUhkZwCflMK2hDGDIpfdWi1X7mBiT2ajdaHViOjTSj&#10;nrjc9jJNkoW0uiO+0OoBn1qsvsqjZQw3vKWHxZQ838Zd+Rrr98cu1EpdX8WHNYiAMfyF4YzPO1Aw&#10;094dyXjRK+BHwu88e2l6x3qvYLmagyxy+Z+++AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCB3vs+GQIAAC0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDYP/032wAAAAUBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCM418f4cbe97f099549309dca7" o:spid="_x0000_s1027" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqG+r9FgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEWB&#10;IAngFDnTFGkRoLgsSVtyv75Lyi+kPRW9UMvd1T5mhrP7vtVkJ5xXYCpajHJKhOFQK7Op6I+35Zdb&#10;SnxgpmYajKjoXnh6P//8adbZUlxBA7oWjmAR48vOVrQJwZZZ5nkjWuZHYIXBoATXsoBXt8lqxzqs&#10;3ursKs+nWQeutg648B69j0OQzlN9KQUPL1J6EYiuKM4W0unSuY5nNp+xcuOYbRQ/jMH+YYqWKYNN&#10;T6UeWWBk69QfpVrFHXiQYcShzUBKxUXaAbcp8g/brBpmRdoFwfH2BJP/f2X5825lXx0J/VfokcAI&#10;SGd96dEZ9+mla+MXJyUYRwj3J9hEHwhH581kmo8LDHGMjYvi5nYSy2Tnv63z4ZuAlkSjog5pSWix&#10;3ZMPQ+oxJTYzsFRaJ2q0IV1Fp+NJnn44RbC4NtjjPGu0Qr/uiaov9lhDvcf1HAzMe8uXCmd4Yj68&#10;ModU49go3/CCh9SAveBgUdKA+/U3f8xHBjBKSYfSqaj/uWVOUKK/G+Tmrri+jlpLFzTcpXd99Jpt&#10;+wCoygIfiOXJjLlBH03poH1HdS9iNwwxw7FnRddH8yEMQsbXwcVikZJQVZaFJ7OyPJaOaEZk3/p3&#10;5uwB/oDEPcNRXKz8wMKQO/Cw2AaQKlEU8R3QPMCOikwkH15PlPzlPWWd3/j8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3Gj&#10;dksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFOcNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vD&#10;BpjzirRqLaGEER3s09ldomJtb/SF16MvWSghFysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT&#10;8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC&#10;2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOob6v0WAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="67DC6A37" w14:textId="4E680ACB" w:rsidR="009A3948" w:rsidRPr="006C2B2C" w:rsidRDefault="006C2B2C" w:rsidP="006C2B2C">
+                  <w:p w14:paraId="14CB6103" w14:textId="77777777" w:rsidR="00E261B3" w:rsidRPr="00B21F90" w:rsidRDefault="00E261B3" w:rsidP="00B21F90">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="006C2B2C">
+                    <w:r w:rsidRPr="00B21F90">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00DD62C0">
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6434A8BE" w14:textId="18292232" w:rsidR="00593A99" w:rsidRPr="00F65AA9" w:rsidRDefault="00E90944" w:rsidP="00EF2C72">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5310A850" wp14:editId="6163E462">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7D119407" wp14:editId="7E8FF7D7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
-                <wp:align>center</wp:align>
+                <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:align>bottom</wp:align>
+                <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="7772400" cy="502285"/>
+              <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
-              <wp:docPr id="12" name="Text Box 12" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:9999999.0,&quot;Width&quot;:9999999.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:docPr id="2" name="MSIPCMf9d54216b4ebe9f4335d79a4" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="7772400" cy="502285"/>
+                        <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="5116642D" w14:textId="43C64351" w:rsidR="00DD62C0" w:rsidRPr="009F6D57" w:rsidRDefault="009F6D57" w:rsidP="009F6D57">
+                        <w:p w14:paraId="1EDD988C" w14:textId="2FEDB2D9" w:rsidR="00E90944" w:rsidRPr="00E90944" w:rsidRDefault="00E90944" w:rsidP="00E90944">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="009F6D57">
+                          <w:r w:rsidRPr="00E90944">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
-                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="5310A850" id="Text Box 12" o:spid="_x0000_s1036" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:9999999.0,&quot;Width&quot;:9999999.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:0;width:612pt;height:39.55pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/RdXNGAIAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+xkSdMFcYqsRYYB&#10;QVsgHXpWZCk2IIsapcTOfv0oOR9Ft9Owi0yRND/ee5rfdY1hB4W+Blvw4SDnTFkJZW13Bf/xsvp0&#10;y5kPwpbCgFUFPyrP7xYfP8xbN1MjqMCUChkVsX7WuoJXIbhZlnlZqUb4AThlKagBGxHoirusRNFS&#10;9cZkozy/yVrA0iFI5T15H/ogX6T6WisZnrT2KjBTcJotpBPTuY1ntpiL2Q6Fq2p5GkP8wxSNqC01&#10;vZR6EEGwPdZ/lGpqieBBh4GEJgOta6nSDrTNMH+3zaYSTqVdCBzvLjD5/1dWPh427hlZ6L5CRwRG&#10;QFrnZ56ccZ9OYxO/NCmjOEF4vMCmusAkOafT6WicU0hSbJKPRreTWCa7/u3Qh28KGhaNgiPRktAS&#10;h7UPfeo5JTazsKqNSdQYy9qC33ye5OmHS4SKG0s9rrNGK3TbjtUl7ZGYja4tlEfaD6Gn3ju5qmmI&#10;tfDhWSBxTXOTfsMTHdoANYOTxVkF+Otv/phPFFCUs5a0U3D/cy9QcWa+WyLny3A8jmJLFzLwrXd7&#10;9tp9cw8kyyG9ECeTGXODOZsaoXkleS9jNwoJK6lnwWXA8+U+9FqmByLVcpnSSFhOhLXdOBmLR0Aj&#10;uC/dq0B3YiAQd49w1peYvSOiz+2pWO4D6DqxdMXzhDyJMvF8ekBR9W/vKev6zBe/AQAA//8DAFBL&#10;AwQUAAYACAAAACEA2D/9N9sAAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPS0/DMBCE70j8B2uR&#10;uFGnAbU0jVPxEBKcECmX3tx48yjxOordxvx7tlzgstJoZme/zTfR9uKEo+8cKZjPEhBIlTMdNQo+&#10;ty839yB80GR07wgVfKOHTXF5kevMuIk+8FSGRnAJ+UwraEMYMil91aLVfuYGJPZqN1odWI6NNKOe&#10;uNz2Mk2ShbS6I77Q6gGfWqy+yqNlDDe8pYfFlDzfxl35Guv3xy7USl1fxYc1iIAx/IXhjM87UDDT&#10;3h3JeNEr4EfC7zx7aXrHeq9guZqDLHL5n774AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AP9F1c0YAgAALgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhANg//TfbAAAABQEAAA8AAAAAAAAAAAAAAAAAcgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shapetype w14:anchorId="7D119407" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="MSIPCMf9d54216b4ebe9f4335d79a4" o:spid="_x0000_s1028" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jRm/GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gChbYRoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4sxVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1Kxmk6S1qwpbHAhXPofeiDdBHrSym4f5LSCU9UQXE2H08bz204k8Wc5TvLTFXz0xjsA1M0rNbY&#10;9FzqgXlG9rb+p1RTcwsOpB9xaBKQsuYi7oDbZOm7bTYVMyLuguA4c4bJfV5Z/njYmGdLfPcdOiQw&#10;ANIalzt0hn06aZvwxUkJxhHC4xk20XnC0Xk9naWTDEMcY5Msu76ZhjLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6GwyTeMP5wgWVxp7XGYNlu+2HanLgo6HPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6ugtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQC7jRm/GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="5116642D" w14:textId="43C64351" w:rsidR="00DD62C0" w:rsidRPr="009F6D57" w:rsidRDefault="009F6D57" w:rsidP="009F6D57">
+                  <w:p w14:paraId="1EDD988C" w14:textId="2FEDB2D9" w:rsidR="00E90944" w:rsidRPr="00E90944" w:rsidRDefault="00E90944" w:rsidP="00E90944">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="009F6D57">
-[...113 lines deleted...]
-                    <w:r w:rsidRPr="009C24D6">
+                    <w:r w:rsidRPr="00E90944">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3340726B" w14:textId="77777777" w:rsidR="008E5CB4" w:rsidRDefault="008E5CB4" w:rsidP="00207717">
+    <w:p w14:paraId="1513194C" w14:textId="77777777" w:rsidR="00425250" w:rsidRDefault="00425250" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19F661D5" w14:textId="77777777" w:rsidR="008E5CB4" w:rsidRDefault="008E5CB4">
+    <w:p w14:paraId="54FE3F06" w14:textId="77777777" w:rsidR="00425250" w:rsidRDefault="00425250">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C13E4B3" w14:textId="77777777" w:rsidR="008E5CB4" w:rsidRDefault="008E5CB4"/>
+    <w:p w14:paraId="38C49DA0" w14:textId="77777777" w:rsidR="00425250" w:rsidRDefault="00425250"/>
   </w:footnote>
-  <w:footnote w:type="continuationNotice" w:id="1">
-[...3 lines deleted...]
-      </w:pPr>
+  <w:footnote w:id="1">
+    <w:p w14:paraId="248EE0C3" w14:textId="03B266E8" w:rsidR="00560C2E" w:rsidRDefault="00560C2E">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00560C2E">
+        <w:t>https://fac.dffh.vic.gov.au/service-agreement</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="098B1831" w14:textId="3E3B0633" w:rsidR="004872FB" w:rsidRDefault="004872FB">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00041093" w:rsidRPr="00041093">
+        <w:t>https://www.cpmanual.vic.gov.au/advice-and-protocols/information-sheets/kinship-care/working-children-clearance-kinship-carers-and</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w14:paraId="5246FB38" w14:textId="3EA3D4B7" w:rsidR="00641C24" w:rsidRDefault="00641C24">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641C24">
+        <w:t>https://www.cpmanual.vic.gov.au/policies-and-procedures/national-police-history-checks/csos-undertaking-national-police-history</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="4AC00E56" w14:textId="529AF9AC" w:rsidR="00641C24" w:rsidRDefault="00641C24">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641C24">
+        <w:t>https://www.afp.gov.au/our-services/national-police-checks/spent-convictions-laws-police-checks</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p w14:paraId="5EC841BF" w14:textId="62ECB999" w:rsidR="00641C24" w:rsidRDefault="00641C24">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00641C24">
+        <w:t>https://www.cpmanual.vic.gov.au/advice-and-protocols/information-sheets/kinship-care/working-children-clearance-kinship-carers-and</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="6">
+    <w:p w14:paraId="418221AC" w14:textId="2A0833BB" w:rsidR="00E33EC4" w:rsidRDefault="00E33EC4">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F1316" w:rsidRPr="008F1316">
+        <w:t>https://www.vic.gov.au/working-with-children-check</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="7">
+    <w:p w14:paraId="7778EC35" w14:textId="0CFEA44B" w:rsidR="00AE2653" w:rsidRDefault="00AE2653">
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE2653">
+        <w:t>https://www.vic.gov.au/worker-and-carer-exclusion-scheme</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="3F7608ED" w14:textId="532E5970" w:rsidR="0054018F" w:rsidRDefault="0054018F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="01FD96D1" w14:textId="48607D2E" w:rsidR="00E261B3" w:rsidRDefault="008B59B1" w:rsidP="0017674D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Safety screening policy for funded </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>organisations</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidR="0006272C">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
+    </w:r>
+    <w:r w:rsidR="0006272C" w:rsidRPr="0006272C">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="0006272C" w:rsidRPr="0006272C">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="0006272C" w:rsidRPr="0006272C">
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="0006272C" w:rsidRPr="0006272C">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="0006272C" w:rsidRPr="0006272C">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="303F3071" w14:textId="77777777" w:rsidR="00687C8A" w:rsidRPr="008B59B1" w:rsidRDefault="00687C8A" w:rsidP="0017674D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...130 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7C"/>
-[...1 lines deleted...]
-    <w:tmpl w:val="9B685C78"/>
+    <w:nsid w:val="0BAD2E30"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A10A987A"/>
+    <w:styleLink w:val="ZZNumbersloweralpha"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="Numberloweralpha"/>
+      <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1492"/>
+          <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
-        <w:ind w:left="1492" w:hanging="360"/>
-[...67 lines deleted...]
-        <w:ind w:left="1492" w:hanging="360"/>
+        <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...113 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...1 lines deleted...]
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pStyle w:val="Numberloweralphaindent"/>
+      <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="794"/>
+        </w:tabs>
+        <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
+      <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
-      <w:lvlText w:val="–"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="567" w:hanging="283"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
+      <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
-      <w:lvlText w:val="–"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="567" w:hanging="283"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
+      <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="680" w:hanging="283"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
+      <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="680" w:hanging="283"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
+      <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
-      <w:lvlText w:val=""/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="227" w:hanging="227"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...119 lines deleted...]
-    <w:nsid w:val="0B8D43DB"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3E6C68D4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B4525A8A"/>
-    <w:numStyleLink w:val="ZZNumbersdigit"/>
-[...5 lines deleted...]
-    <w:styleLink w:val="ZZNumbersloweralpha"/>
+    <w:styleLink w:val="ZZNumbersdigit"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="(%1)"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Numberdigit"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Numberdigitindent"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="794"/>
+        </w:tabs>
+        <w:ind w:left="794" w:hanging="397"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:pStyle w:val="Bulletafternumbers1"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="794" w:hanging="397"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlRestart w:val="0"/>
+      <w:pStyle w:val="Bulletafternumbers2"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1191" w:hanging="397"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlRestart w:val="0"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EC54A41"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EA56950A"/>
+    <w:styleLink w:val="ZZNumberslowerroman"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="Numberlowerroman"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="397"/>
+        </w:tabs>
+        <w:ind w:left="397" w:hanging="397"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pStyle w:val="Numberlowerromanindent"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="794"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
@@ -12545,1321 +10346,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
-[...1269 lines deleted...]
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="541611C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="CE309CD8"/>
     <w:styleLink w:val="ZZTablebullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Tablebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Tablebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -13942,51 +10473,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54BA1E5A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="94EEF5CE"/>
     <w:styleLink w:val="ZZBullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14066,51 +10597,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57CA354E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3A6C9C90"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14179,51 +10710,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62DC5F17"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A6421A0"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -14292,51 +10823,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6309259F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="60E46E98"/>
     <w:styleLink w:val="ZZQuotebullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Quotebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Quotebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
@@ -14418,3010 +10949,1256 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
-[...575 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="1" w16cid:durableId="1245190188">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1245190188">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="2" w16cid:durableId="424769738">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1799836618">
-[...27 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="3" w16cid:durableId="454442931">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="826944897">
-[...374 lines deleted...]
-  <w:num w:numId="30" w16cid:durableId="1072117922">
+  <w:num w:numId="4" w16cid:durableId="1340279253">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1188984733">
+  <w:num w:numId="5" w16cid:durableId="1020164048">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="2092071709">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1940137643">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1461147364">
+  <w:num w:numId="8" w16cid:durableId="768156717">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="314727279">
-[...113 lines deleted...]
-  <w:numIdMacAtCleanup w:val="52"/>
+  <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C04F42"/>
-    <w:rsid w:val="000006CF"/>
     <w:rsid w:val="00000719"/>
-    <w:rsid w:val="00001B87"/>
     <w:rsid w:val="00002D68"/>
     <w:rsid w:val="00003403"/>
-    <w:rsid w:val="00003409"/>
+    <w:rsid w:val="000034D0"/>
     <w:rsid w:val="00004475"/>
     <w:rsid w:val="00005347"/>
-    <w:rsid w:val="00006A20"/>
-    <w:rsid w:val="00006BE4"/>
     <w:rsid w:val="000072B6"/>
     <w:rsid w:val="0001021B"/>
-    <w:rsid w:val="00010EA6"/>
     <w:rsid w:val="00011D89"/>
-    <w:rsid w:val="00014762"/>
     <w:rsid w:val="000154FD"/>
-    <w:rsid w:val="000157B8"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000220E8"/>
     <w:rsid w:val="00022271"/>
     <w:rsid w:val="000235E8"/>
-    <w:rsid w:val="00023920"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0002492E"/>
     <w:rsid w:val="00024D89"/>
     <w:rsid w:val="000250B6"/>
-    <w:rsid w:val="000260E9"/>
-    <w:rsid w:val="0002729A"/>
     <w:rsid w:val="00033D81"/>
-    <w:rsid w:val="00033FE2"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00036CBD"/>
+    <w:rsid w:val="0003730B"/>
     <w:rsid w:val="00037366"/>
-    <w:rsid w:val="00037FCB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0004185E"/>
+    <w:rsid w:val="00041093"/>
     <w:rsid w:val="00041BF0"/>
     <w:rsid w:val="00042C8A"/>
     <w:rsid w:val="0004536B"/>
     <w:rsid w:val="00046B68"/>
-    <w:rsid w:val="00047437"/>
     <w:rsid w:val="000527DD"/>
     <w:rsid w:val="000578B2"/>
     <w:rsid w:val="00060959"/>
-    <w:rsid w:val="00060B3F"/>
     <w:rsid w:val="00060C8F"/>
-    <w:rsid w:val="00062914"/>
+    <w:rsid w:val="000619E2"/>
+    <w:rsid w:val="0006272C"/>
     <w:rsid w:val="0006298A"/>
     <w:rsid w:val="000643BD"/>
-    <w:rsid w:val="00065793"/>
-    <w:rsid w:val="00065CF2"/>
+    <w:rsid w:val="000654FD"/>
     <w:rsid w:val="000663CD"/>
-    <w:rsid w:val="00067D9D"/>
+    <w:rsid w:val="0007169C"/>
     <w:rsid w:val="000733FE"/>
-    <w:rsid w:val="00074037"/>
     <w:rsid w:val="00074219"/>
     <w:rsid w:val="00074ED5"/>
     <w:rsid w:val="0008508E"/>
     <w:rsid w:val="00086557"/>
     <w:rsid w:val="00087951"/>
     <w:rsid w:val="0009050A"/>
     <w:rsid w:val="0009113B"/>
     <w:rsid w:val="00093402"/>
     <w:rsid w:val="00094DA3"/>
     <w:rsid w:val="00096CD1"/>
     <w:rsid w:val="000A012C"/>
     <w:rsid w:val="000A0EB9"/>
     <w:rsid w:val="000A186C"/>
-    <w:rsid w:val="000A1C54"/>
     <w:rsid w:val="000A1EA4"/>
     <w:rsid w:val="000A2476"/>
     <w:rsid w:val="000A641A"/>
-    <w:rsid w:val="000A7266"/>
     <w:rsid w:val="000B2117"/>
-    <w:rsid w:val="000B2D3B"/>
-    <w:rsid w:val="000B3C9F"/>
     <w:rsid w:val="000B3EDB"/>
     <w:rsid w:val="000B543D"/>
     <w:rsid w:val="000B55F9"/>
     <w:rsid w:val="000B5BF7"/>
     <w:rsid w:val="000B6BC8"/>
     <w:rsid w:val="000C0303"/>
-    <w:rsid w:val="000C04D1"/>
-    <w:rsid w:val="000C2589"/>
     <w:rsid w:val="000C42EA"/>
     <w:rsid w:val="000C4546"/>
-    <w:rsid w:val="000C4FB3"/>
-    <w:rsid w:val="000D0F90"/>
     <w:rsid w:val="000D1242"/>
-    <w:rsid w:val="000D1AE0"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000D50F7"/>
+    <w:rsid w:val="000D4530"/>
     <w:rsid w:val="000D7141"/>
     <w:rsid w:val="000E0970"/>
-    <w:rsid w:val="000E18D8"/>
     <w:rsid w:val="000E3CC7"/>
     <w:rsid w:val="000E6BD4"/>
     <w:rsid w:val="000E6D6D"/>
+    <w:rsid w:val="000E7CD3"/>
     <w:rsid w:val="000F1F1E"/>
     <w:rsid w:val="000F2259"/>
     <w:rsid w:val="000F2DDA"/>
     <w:rsid w:val="000F2EA0"/>
     <w:rsid w:val="000F5213"/>
     <w:rsid w:val="00101001"/>
-    <w:rsid w:val="00101E1B"/>
     <w:rsid w:val="00103276"/>
     <w:rsid w:val="0010392D"/>
     <w:rsid w:val="0010447F"/>
-    <w:rsid w:val="00104634"/>
     <w:rsid w:val="00104FE3"/>
     <w:rsid w:val="00105291"/>
-    <w:rsid w:val="00106C18"/>
-    <w:rsid w:val="00106CA9"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="001120C5"/>
-    <w:rsid w:val="001122EB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001149AB"/>
     <w:rsid w:val="00120BD3"/>
-    <w:rsid w:val="00122368"/>
-    <w:rsid w:val="00122D5D"/>
     <w:rsid w:val="00122FEA"/>
     <w:rsid w:val="001232BD"/>
     <w:rsid w:val="00124ED5"/>
     <w:rsid w:val="001276FA"/>
-    <w:rsid w:val="001335B9"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001363B5"/>
+    <w:rsid w:val="0014219D"/>
     <w:rsid w:val="001447B3"/>
-    <w:rsid w:val="001448F5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00151B31"/>
     <w:rsid w:val="00152073"/>
-    <w:rsid w:val="00152C8A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001563F7"/>
     <w:rsid w:val="00156598"/>
     <w:rsid w:val="0016037B"/>
-    <w:rsid w:val="00160B7B"/>
+    <w:rsid w:val="001606CE"/>
     <w:rsid w:val="00161939"/>
     <w:rsid w:val="00161AA0"/>
     <w:rsid w:val="00161D2E"/>
     <w:rsid w:val="00161F3E"/>
     <w:rsid w:val="00162093"/>
     <w:rsid w:val="00162CA9"/>
     <w:rsid w:val="00165459"/>
     <w:rsid w:val="00165A57"/>
     <w:rsid w:val="001712C2"/>
+    <w:rsid w:val="00171797"/>
     <w:rsid w:val="00172BAF"/>
-    <w:rsid w:val="00172EEB"/>
     <w:rsid w:val="0017674D"/>
     <w:rsid w:val="001771DD"/>
     <w:rsid w:val="00177995"/>
     <w:rsid w:val="00177A8C"/>
-    <w:rsid w:val="00181818"/>
     <w:rsid w:val="00186B33"/>
-    <w:rsid w:val="00187800"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00192DE1"/>
+    <w:rsid w:val="001878B5"/>
     <w:rsid w:val="00192F9D"/>
-    <w:rsid w:val="00195FDC"/>
     <w:rsid w:val="00196EB8"/>
     <w:rsid w:val="00196EFB"/>
     <w:rsid w:val="001979FF"/>
     <w:rsid w:val="00197B17"/>
-    <w:rsid w:val="001A08CB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001A1354"/>
     <w:rsid w:val="001A1950"/>
     <w:rsid w:val="001A1C54"/>
     <w:rsid w:val="001A202A"/>
-    <w:rsid w:val="001A2293"/>
     <w:rsid w:val="001A3ACE"/>
-    <w:rsid w:val="001A67D3"/>
     <w:rsid w:val="001B058F"/>
-    <w:rsid w:val="001B180A"/>
-    <w:rsid w:val="001B487B"/>
     <w:rsid w:val="001B6B96"/>
     <w:rsid w:val="001B7228"/>
     <w:rsid w:val="001B738B"/>
     <w:rsid w:val="001C09DB"/>
     <w:rsid w:val="001C277E"/>
     <w:rsid w:val="001C2A72"/>
     <w:rsid w:val="001C31B7"/>
     <w:rsid w:val="001D0B75"/>
+    <w:rsid w:val="001D10F3"/>
     <w:rsid w:val="001D39A5"/>
     <w:rsid w:val="001D3C09"/>
     <w:rsid w:val="001D44E8"/>
     <w:rsid w:val="001D60EC"/>
     <w:rsid w:val="001D6F59"/>
-    <w:rsid w:val="001E27C1"/>
-    <w:rsid w:val="001E3072"/>
     <w:rsid w:val="001E44DF"/>
-    <w:rsid w:val="001E6147"/>
     <w:rsid w:val="001E68A5"/>
     <w:rsid w:val="001E6BB0"/>
     <w:rsid w:val="001E7282"/>
-    <w:rsid w:val="001F358B"/>
     <w:rsid w:val="001F3826"/>
-    <w:rsid w:val="001F3ABA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="001F662A"/>
     <w:rsid w:val="001F6E46"/>
     <w:rsid w:val="001F7C91"/>
     <w:rsid w:val="002033B7"/>
-    <w:rsid w:val="002043E7"/>
-    <w:rsid w:val="00205AB6"/>
+    <w:rsid w:val="002043F3"/>
     <w:rsid w:val="00206463"/>
     <w:rsid w:val="00206F2F"/>
     <w:rsid w:val="00207717"/>
     <w:rsid w:val="0021053D"/>
     <w:rsid w:val="00210A92"/>
-    <w:rsid w:val="00211936"/>
-    <w:rsid w:val="002120D4"/>
+    <w:rsid w:val="00214139"/>
     <w:rsid w:val="00216C03"/>
-    <w:rsid w:val="00216DE7"/>
     <w:rsid w:val="00220C04"/>
     <w:rsid w:val="0022278D"/>
-    <w:rsid w:val="0022522F"/>
     <w:rsid w:val="0022701F"/>
     <w:rsid w:val="00227C68"/>
-    <w:rsid w:val="00230C50"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00233037"/>
     <w:rsid w:val="00233311"/>
     <w:rsid w:val="002333F5"/>
     <w:rsid w:val="00233724"/>
-    <w:rsid w:val="0023488B"/>
-    <w:rsid w:val="00235626"/>
     <w:rsid w:val="002365B4"/>
+    <w:rsid w:val="0024177E"/>
     <w:rsid w:val="00242378"/>
     <w:rsid w:val="002432E1"/>
-    <w:rsid w:val="00243602"/>
     <w:rsid w:val="00246207"/>
     <w:rsid w:val="00246C5E"/>
-    <w:rsid w:val="002476EA"/>
     <w:rsid w:val="00250960"/>
     <w:rsid w:val="00250DC4"/>
     <w:rsid w:val="00251343"/>
-    <w:rsid w:val="0025285D"/>
     <w:rsid w:val="002536A4"/>
     <w:rsid w:val="00254F58"/>
-    <w:rsid w:val="00255A27"/>
-    <w:rsid w:val="00257073"/>
     <w:rsid w:val="002620BC"/>
     <w:rsid w:val="00262802"/>
     <w:rsid w:val="00263A90"/>
     <w:rsid w:val="0026408B"/>
-    <w:rsid w:val="00264B9D"/>
     <w:rsid w:val="00267C3E"/>
     <w:rsid w:val="002709BB"/>
     <w:rsid w:val="0027131C"/>
     <w:rsid w:val="00273BAC"/>
-    <w:rsid w:val="0027514B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00275CDD"/>
     <w:rsid w:val="002763B3"/>
-    <w:rsid w:val="00276C51"/>
-    <w:rsid w:val="002800BB"/>
     <w:rsid w:val="002802E3"/>
     <w:rsid w:val="00280C4B"/>
-    <w:rsid w:val="00281F89"/>
     <w:rsid w:val="0028213D"/>
-    <w:rsid w:val="00282561"/>
+    <w:rsid w:val="00282FD8"/>
     <w:rsid w:val="002862F1"/>
     <w:rsid w:val="00291373"/>
-    <w:rsid w:val="00294375"/>
     <w:rsid w:val="0029597D"/>
     <w:rsid w:val="002962C3"/>
     <w:rsid w:val="0029752B"/>
-    <w:rsid w:val="002A04D4"/>
-    <w:rsid w:val="002A069E"/>
     <w:rsid w:val="002A0A9C"/>
+    <w:rsid w:val="002A31DF"/>
     <w:rsid w:val="002A483C"/>
-    <w:rsid w:val="002A766D"/>
     <w:rsid w:val="002B0C7C"/>
-    <w:rsid w:val="002B126E"/>
     <w:rsid w:val="002B1729"/>
     <w:rsid w:val="002B36C7"/>
-    <w:rsid w:val="002B3898"/>
     <w:rsid w:val="002B4DD4"/>
-    <w:rsid w:val="002B4E34"/>
     <w:rsid w:val="002B5277"/>
     <w:rsid w:val="002B5375"/>
     <w:rsid w:val="002B77C1"/>
-    <w:rsid w:val="002C0BB4"/>
     <w:rsid w:val="002C0ED7"/>
     <w:rsid w:val="002C2728"/>
     <w:rsid w:val="002D1E0D"/>
+    <w:rsid w:val="002D4CD4"/>
     <w:rsid w:val="002D5006"/>
-    <w:rsid w:val="002D76D4"/>
-    <w:rsid w:val="002D7E84"/>
     <w:rsid w:val="002E01D0"/>
     <w:rsid w:val="002E161D"/>
-    <w:rsid w:val="002E1CA7"/>
-    <w:rsid w:val="002E29CB"/>
     <w:rsid w:val="002E3100"/>
-    <w:rsid w:val="002E656C"/>
+    <w:rsid w:val="002E56EF"/>
     <w:rsid w:val="002E6C95"/>
-    <w:rsid w:val="002E7142"/>
-    <w:rsid w:val="002E7242"/>
     <w:rsid w:val="002E7C36"/>
-    <w:rsid w:val="002F30AA"/>
     <w:rsid w:val="002F3ADF"/>
     <w:rsid w:val="002F3D32"/>
-    <w:rsid w:val="002F4436"/>
     <w:rsid w:val="002F5F31"/>
     <w:rsid w:val="002F5F46"/>
-    <w:rsid w:val="002F6C46"/>
     <w:rsid w:val="00302216"/>
     <w:rsid w:val="00303E53"/>
-    <w:rsid w:val="0030462F"/>
     <w:rsid w:val="0030534F"/>
     <w:rsid w:val="00305CC1"/>
-    <w:rsid w:val="00306589"/>
     <w:rsid w:val="00306E5F"/>
-    <w:rsid w:val="0030779A"/>
     <w:rsid w:val="00307E14"/>
-    <w:rsid w:val="003135D0"/>
     <w:rsid w:val="00314054"/>
-    <w:rsid w:val="00314B18"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00316B94"/>
     <w:rsid w:val="00316F27"/>
     <w:rsid w:val="003214F1"/>
     <w:rsid w:val="00322E4B"/>
     <w:rsid w:val="003252EE"/>
     <w:rsid w:val="00327870"/>
+    <w:rsid w:val="00330CFE"/>
     <w:rsid w:val="0033259D"/>
-    <w:rsid w:val="00332C6A"/>
     <w:rsid w:val="003333D2"/>
-    <w:rsid w:val="003334B7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00336F63"/>
     <w:rsid w:val="00337339"/>
     <w:rsid w:val="003406C6"/>
     <w:rsid w:val="003418CC"/>
-    <w:rsid w:val="00344327"/>
-    <w:rsid w:val="00344ABC"/>
     <w:rsid w:val="003459BD"/>
-    <w:rsid w:val="00350B9F"/>
     <w:rsid w:val="00350D38"/>
     <w:rsid w:val="00351405"/>
     <w:rsid w:val="00351B36"/>
-    <w:rsid w:val="003550B5"/>
-    <w:rsid w:val="003572CD"/>
     <w:rsid w:val="00357B4E"/>
-    <w:rsid w:val="00362498"/>
     <w:rsid w:val="003716FD"/>
     <w:rsid w:val="0037204B"/>
-    <w:rsid w:val="003721E0"/>
-    <w:rsid w:val="00373D35"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
-    <w:rsid w:val="00374F6F"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00377A1A"/>
-    <w:rsid w:val="00380076"/>
     <w:rsid w:val="00381043"/>
     <w:rsid w:val="003829E5"/>
-    <w:rsid w:val="0038381B"/>
-    <w:rsid w:val="00383B08"/>
     <w:rsid w:val="00386109"/>
     <w:rsid w:val="00386944"/>
-    <w:rsid w:val="00387831"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00394416"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
-    <w:rsid w:val="003973F5"/>
     <w:rsid w:val="003A04E1"/>
     <w:rsid w:val="003A0853"/>
-    <w:rsid w:val="003A2179"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003A3CD2"/>
+    <w:rsid w:val="003A0D28"/>
     <w:rsid w:val="003A6B67"/>
-    <w:rsid w:val="003B0481"/>
+    <w:rsid w:val="003A7E67"/>
     <w:rsid w:val="003B13B6"/>
     <w:rsid w:val="003B14C3"/>
     <w:rsid w:val="003B15E6"/>
     <w:rsid w:val="003B1BDC"/>
-    <w:rsid w:val="003B2530"/>
-    <w:rsid w:val="003B25D2"/>
     <w:rsid w:val="003B408A"/>
-    <w:rsid w:val="003B479D"/>
+    <w:rsid w:val="003C0265"/>
     <w:rsid w:val="003C08A2"/>
-    <w:rsid w:val="003C09DC"/>
     <w:rsid w:val="003C2045"/>
-    <w:rsid w:val="003C2E1C"/>
     <w:rsid w:val="003C43A1"/>
     <w:rsid w:val="003C4FC0"/>
     <w:rsid w:val="003C55F4"/>
     <w:rsid w:val="003C7897"/>
     <w:rsid w:val="003C7A3F"/>
+    <w:rsid w:val="003D19D0"/>
     <w:rsid w:val="003D2766"/>
     <w:rsid w:val="003D2A74"/>
     <w:rsid w:val="003D3E8F"/>
+    <w:rsid w:val="003D5957"/>
     <w:rsid w:val="003D6475"/>
     <w:rsid w:val="003D6EE6"/>
-    <w:rsid w:val="003D6F50"/>
     <w:rsid w:val="003D7000"/>
-    <w:rsid w:val="003D7861"/>
     <w:rsid w:val="003D7E30"/>
-    <w:rsid w:val="003E2259"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003E2B56"/>
     <w:rsid w:val="003E375C"/>
     <w:rsid w:val="003E4086"/>
     <w:rsid w:val="003E639E"/>
     <w:rsid w:val="003E71E5"/>
     <w:rsid w:val="003F0445"/>
     <w:rsid w:val="003F0CF0"/>
     <w:rsid w:val="003F14B1"/>
     <w:rsid w:val="003F2B20"/>
-    <w:rsid w:val="003F2C53"/>
     <w:rsid w:val="003F3289"/>
-    <w:rsid w:val="003F3BE7"/>
     <w:rsid w:val="003F3C62"/>
     <w:rsid w:val="003F5CB9"/>
-    <w:rsid w:val="003F665D"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003F7D1E"/>
     <w:rsid w:val="004013C7"/>
-    <w:rsid w:val="004015F2"/>
-    <w:rsid w:val="00401919"/>
     <w:rsid w:val="00401FCF"/>
-    <w:rsid w:val="00402791"/>
-    <w:rsid w:val="00402DB7"/>
     <w:rsid w:val="00406157"/>
     <w:rsid w:val="00406285"/>
-    <w:rsid w:val="00407D40"/>
-    <w:rsid w:val="00412B84"/>
     <w:rsid w:val="004148F9"/>
-    <w:rsid w:val="00416F13"/>
     <w:rsid w:val="0042084E"/>
-    <w:rsid w:val="00421291"/>
     <w:rsid w:val="00421EEF"/>
-    <w:rsid w:val="00422000"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00423AD3"/>
     <w:rsid w:val="00424D65"/>
-    <w:rsid w:val="004260A4"/>
+    <w:rsid w:val="00425250"/>
     <w:rsid w:val="00430393"/>
     <w:rsid w:val="00431806"/>
-    <w:rsid w:val="00432E9F"/>
-    <w:rsid w:val="00434503"/>
     <w:rsid w:val="004350F9"/>
-    <w:rsid w:val="00436E59"/>
+    <w:rsid w:val="00436A94"/>
     <w:rsid w:val="00437AC5"/>
     <w:rsid w:val="00442C6C"/>
     <w:rsid w:val="00443CBE"/>
     <w:rsid w:val="00443E8A"/>
     <w:rsid w:val="004441BC"/>
-    <w:rsid w:val="004453BE"/>
     <w:rsid w:val="004468B4"/>
-    <w:rsid w:val="00446EEF"/>
-    <w:rsid w:val="00451E14"/>
     <w:rsid w:val="0045230A"/>
+    <w:rsid w:val="004549D4"/>
     <w:rsid w:val="00454AD0"/>
     <w:rsid w:val="00457337"/>
-    <w:rsid w:val="00457FC2"/>
-    <w:rsid w:val="00461C83"/>
     <w:rsid w:val="00462E3D"/>
-    <w:rsid w:val="00464062"/>
     <w:rsid w:val="0046440A"/>
     <w:rsid w:val="00466E79"/>
     <w:rsid w:val="00470D7D"/>
-    <w:rsid w:val="00471359"/>
-    <w:rsid w:val="004731D1"/>
     <w:rsid w:val="0047372D"/>
     <w:rsid w:val="00473BA3"/>
     <w:rsid w:val="004743DD"/>
     <w:rsid w:val="00474CEA"/>
-    <w:rsid w:val="00482BCC"/>
     <w:rsid w:val="00483968"/>
     <w:rsid w:val="004841BE"/>
     <w:rsid w:val="00484F86"/>
-    <w:rsid w:val="00485751"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00487D27"/>
+    <w:rsid w:val="004872FB"/>
+    <w:rsid w:val="0049033F"/>
     <w:rsid w:val="00490746"/>
     <w:rsid w:val="00490852"/>
     <w:rsid w:val="00491C9C"/>
     <w:rsid w:val="00492F30"/>
-    <w:rsid w:val="0049434E"/>
+    <w:rsid w:val="00493B3B"/>
     <w:rsid w:val="004946F4"/>
     <w:rsid w:val="0049487E"/>
-    <w:rsid w:val="004966D3"/>
     <w:rsid w:val="004A160D"/>
-    <w:rsid w:val="004A2C4A"/>
     <w:rsid w:val="004A3E81"/>
     <w:rsid w:val="004A4195"/>
-    <w:rsid w:val="004A4C0F"/>
     <w:rsid w:val="004A5C62"/>
     <w:rsid w:val="004A5CE5"/>
     <w:rsid w:val="004A707D"/>
-    <w:rsid w:val="004A71A5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="004B3505"/>
     <w:rsid w:val="004B4185"/>
-    <w:rsid w:val="004B5545"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004C4E57"/>
+    <w:rsid w:val="004C5103"/>
     <w:rsid w:val="004C5541"/>
+    <w:rsid w:val="004C5A37"/>
     <w:rsid w:val="004C6EEE"/>
     <w:rsid w:val="004C702B"/>
     <w:rsid w:val="004D0033"/>
     <w:rsid w:val="004D016B"/>
     <w:rsid w:val="004D1B22"/>
-    <w:rsid w:val="004D1E48"/>
     <w:rsid w:val="004D23CC"/>
     <w:rsid w:val="004D36F2"/>
-    <w:rsid w:val="004D558A"/>
-    <w:rsid w:val="004D6F32"/>
     <w:rsid w:val="004E1106"/>
     <w:rsid w:val="004E138F"/>
+    <w:rsid w:val="004E3D3D"/>
     <w:rsid w:val="004E4649"/>
+    <w:rsid w:val="004E52B1"/>
     <w:rsid w:val="004E5C2B"/>
     <w:rsid w:val="004F00DD"/>
     <w:rsid w:val="004F2133"/>
+    <w:rsid w:val="004F4C65"/>
     <w:rsid w:val="004F5398"/>
     <w:rsid w:val="004F55F1"/>
-    <w:rsid w:val="004F5941"/>
     <w:rsid w:val="004F6936"/>
     <w:rsid w:val="004F7B35"/>
-    <w:rsid w:val="0050016B"/>
     <w:rsid w:val="00503DC6"/>
-    <w:rsid w:val="005054FA"/>
-    <w:rsid w:val="0050594F"/>
     <w:rsid w:val="00506F5D"/>
     <w:rsid w:val="00510C37"/>
-    <w:rsid w:val="005110F8"/>
     <w:rsid w:val="005126D0"/>
-    <w:rsid w:val="00512AFF"/>
     <w:rsid w:val="00513109"/>
-    <w:rsid w:val="0051422F"/>
     <w:rsid w:val="00514667"/>
     <w:rsid w:val="0051568D"/>
-    <w:rsid w:val="00522ABA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00526324"/>
+    <w:rsid w:val="00520547"/>
     <w:rsid w:val="00526AC7"/>
     <w:rsid w:val="00526C15"/>
-    <w:rsid w:val="00530B5A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0053486E"/>
     <w:rsid w:val="00536499"/>
-    <w:rsid w:val="00536BB1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0054018F"/>
     <w:rsid w:val="00542A03"/>
-    <w:rsid w:val="00542B8C"/>
     <w:rsid w:val="00543903"/>
     <w:rsid w:val="00543F11"/>
-    <w:rsid w:val="00544833"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00544BFA"/>
     <w:rsid w:val="00546305"/>
     <w:rsid w:val="00547A95"/>
-    <w:rsid w:val="00550842"/>
     <w:rsid w:val="0055119B"/>
-    <w:rsid w:val="0055347E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00557EC9"/>
+    <w:rsid w:val="00560C2E"/>
     <w:rsid w:val="00561202"/>
-    <w:rsid w:val="005612AB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005715F9"/>
     <w:rsid w:val="00572031"/>
     <w:rsid w:val="00572282"/>
-    <w:rsid w:val="00573815"/>
     <w:rsid w:val="00573CE3"/>
-    <w:rsid w:val="0057424C"/>
-    <w:rsid w:val="0057663B"/>
     <w:rsid w:val="00576E84"/>
     <w:rsid w:val="00580394"/>
     <w:rsid w:val="005809CD"/>
     <w:rsid w:val="00582B8C"/>
-    <w:rsid w:val="00585B1A"/>
     <w:rsid w:val="0058757E"/>
-    <w:rsid w:val="00593A3C"/>
     <w:rsid w:val="00593A99"/>
-    <w:rsid w:val="00593AF3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00596204"/>
     <w:rsid w:val="00596A4B"/>
     <w:rsid w:val="00597507"/>
-    <w:rsid w:val="005A076E"/>
-    <w:rsid w:val="005A2823"/>
     <w:rsid w:val="005A2AF8"/>
-    <w:rsid w:val="005A4490"/>
     <w:rsid w:val="005A479D"/>
-    <w:rsid w:val="005A7CA9"/>
     <w:rsid w:val="005B1C6D"/>
-    <w:rsid w:val="005B1CF2"/>
     <w:rsid w:val="005B21B6"/>
-    <w:rsid w:val="005B2CBC"/>
     <w:rsid w:val="005B3A08"/>
-    <w:rsid w:val="005B4DF1"/>
-    <w:rsid w:val="005B4FE5"/>
+    <w:rsid w:val="005B6794"/>
     <w:rsid w:val="005B7A63"/>
     <w:rsid w:val="005C0955"/>
-    <w:rsid w:val="005C13AF"/>
-    <w:rsid w:val="005C29C5"/>
     <w:rsid w:val="005C49DA"/>
     <w:rsid w:val="005C50F3"/>
     <w:rsid w:val="005C54B5"/>
-    <w:rsid w:val="005C5970"/>
     <w:rsid w:val="005C5D80"/>
     <w:rsid w:val="005C5D91"/>
+    <w:rsid w:val="005C7274"/>
+    <w:rsid w:val="005C7E37"/>
     <w:rsid w:val="005D07B8"/>
     <w:rsid w:val="005D1125"/>
-    <w:rsid w:val="005D1D4F"/>
-    <w:rsid w:val="005D4A5F"/>
     <w:rsid w:val="005D6597"/>
-    <w:rsid w:val="005E0089"/>
     <w:rsid w:val="005E14E7"/>
     <w:rsid w:val="005E26A3"/>
     <w:rsid w:val="005E2ECB"/>
-    <w:rsid w:val="005E3C53"/>
     <w:rsid w:val="005E447E"/>
     <w:rsid w:val="005E4FD1"/>
-    <w:rsid w:val="005E5869"/>
     <w:rsid w:val="005F0775"/>
     <w:rsid w:val="005F0CF5"/>
     <w:rsid w:val="005F21EB"/>
+    <w:rsid w:val="005F2EFB"/>
+    <w:rsid w:val="005F379E"/>
     <w:rsid w:val="005F64CF"/>
-    <w:rsid w:val="00600BDA"/>
     <w:rsid w:val="006041AD"/>
     <w:rsid w:val="00605908"/>
-    <w:rsid w:val="00606F0F"/>
     <w:rsid w:val="00607850"/>
     <w:rsid w:val="00610D7C"/>
-    <w:rsid w:val="00612566"/>
-    <w:rsid w:val="00612DB7"/>
     <w:rsid w:val="00613414"/>
-    <w:rsid w:val="00613E90"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0061779B"/>
     <w:rsid w:val="00620154"/>
-    <w:rsid w:val="00621A29"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00623D21"/>
     <w:rsid w:val="0062408D"/>
     <w:rsid w:val="006240CC"/>
     <w:rsid w:val="00624940"/>
-    <w:rsid w:val="006253AA"/>
+    <w:rsid w:val="00624BD6"/>
     <w:rsid w:val="006254F8"/>
-    <w:rsid w:val="00626AB3"/>
-    <w:rsid w:val="0062797F"/>
+    <w:rsid w:val="00627230"/>
     <w:rsid w:val="00627DA7"/>
     <w:rsid w:val="00630DA4"/>
     <w:rsid w:val="00631CD4"/>
     <w:rsid w:val="00632597"/>
-    <w:rsid w:val="00633040"/>
     <w:rsid w:val="00634D13"/>
-    <w:rsid w:val="00635254"/>
     <w:rsid w:val="006358B4"/>
-    <w:rsid w:val="00637A52"/>
     <w:rsid w:val="00641724"/>
     <w:rsid w:val="006419AA"/>
-    <w:rsid w:val="006435D0"/>
+    <w:rsid w:val="00641C24"/>
     <w:rsid w:val="00644B1F"/>
     <w:rsid w:val="00644B7E"/>
     <w:rsid w:val="006454E6"/>
     <w:rsid w:val="00646235"/>
     <w:rsid w:val="00646A68"/>
-    <w:rsid w:val="00647367"/>
+    <w:rsid w:val="00646CDC"/>
     <w:rsid w:val="006505BD"/>
     <w:rsid w:val="006508EA"/>
     <w:rsid w:val="0065092E"/>
+    <w:rsid w:val="00654950"/>
     <w:rsid w:val="006557A7"/>
-    <w:rsid w:val="00655ECF"/>
-    <w:rsid w:val="006560D4"/>
     <w:rsid w:val="00656290"/>
-    <w:rsid w:val="00656BFF"/>
-    <w:rsid w:val="00657EBA"/>
     <w:rsid w:val="006601C9"/>
     <w:rsid w:val="006608D8"/>
-    <w:rsid w:val="006611BD"/>
-    <w:rsid w:val="006612C6"/>
+    <w:rsid w:val="0066155A"/>
     <w:rsid w:val="006621D7"/>
     <w:rsid w:val="0066302A"/>
-    <w:rsid w:val="00664958"/>
-    <w:rsid w:val="00666A66"/>
     <w:rsid w:val="00667770"/>
     <w:rsid w:val="00670597"/>
     <w:rsid w:val="006706D0"/>
-    <w:rsid w:val="00671923"/>
     <w:rsid w:val="00677574"/>
-    <w:rsid w:val="00682714"/>
     <w:rsid w:val="00683878"/>
     <w:rsid w:val="0068454C"/>
-    <w:rsid w:val="006860B2"/>
+    <w:rsid w:val="00687C8A"/>
     <w:rsid w:val="00691B62"/>
-    <w:rsid w:val="00693207"/>
+    <w:rsid w:val="00692FB4"/>
     <w:rsid w:val="006933B5"/>
-    <w:rsid w:val="006937F0"/>
-    <w:rsid w:val="00693AE5"/>
     <w:rsid w:val="00693D14"/>
-    <w:rsid w:val="006957E8"/>
     <w:rsid w:val="00695A93"/>
     <w:rsid w:val="00696F27"/>
-    <w:rsid w:val="006A0874"/>
     <w:rsid w:val="006A18C2"/>
     <w:rsid w:val="006A3383"/>
-    <w:rsid w:val="006A447A"/>
-[...1 lines deleted...]
-    <w:rsid w:val="006B029D"/>
     <w:rsid w:val="006B077C"/>
     <w:rsid w:val="006B0CB5"/>
     <w:rsid w:val="006B16AF"/>
-    <w:rsid w:val="006B1F94"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006B384E"/>
     <w:rsid w:val="006B6803"/>
-    <w:rsid w:val="006B7D8D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="006C6A64"/>
     <w:rsid w:val="006D0F16"/>
-    <w:rsid w:val="006D162D"/>
     <w:rsid w:val="006D2A3F"/>
     <w:rsid w:val="006D2FBC"/>
-    <w:rsid w:val="006D32FE"/>
-    <w:rsid w:val="006D506E"/>
     <w:rsid w:val="006E138B"/>
     <w:rsid w:val="006E1867"/>
-    <w:rsid w:val="006E3C03"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006E4A14"/>
     <w:rsid w:val="006F0330"/>
     <w:rsid w:val="006F1FDC"/>
+    <w:rsid w:val="006F536C"/>
     <w:rsid w:val="006F6B8C"/>
     <w:rsid w:val="007013EF"/>
-    <w:rsid w:val="0070150D"/>
-    <w:rsid w:val="007047EB"/>
     <w:rsid w:val="007055BD"/>
-    <w:rsid w:val="00706033"/>
-[...9 lines deleted...]
-    <w:rsid w:val="007172E8"/>
     <w:rsid w:val="007173CA"/>
     <w:rsid w:val="007216AA"/>
     <w:rsid w:val="00721AB5"/>
     <w:rsid w:val="00721CFB"/>
     <w:rsid w:val="00721DEF"/>
-    <w:rsid w:val="007226D2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007246DC"/>
     <w:rsid w:val="00724A43"/>
-    <w:rsid w:val="00726B3A"/>
     <w:rsid w:val="007273AC"/>
-    <w:rsid w:val="00730AA2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0073199F"/>
     <w:rsid w:val="00731AD4"/>
-    <w:rsid w:val="00732513"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00733283"/>
     <w:rsid w:val="007346E4"/>
     <w:rsid w:val="00740F22"/>
-    <w:rsid w:val="00741664"/>
     <w:rsid w:val="00741977"/>
     <w:rsid w:val="00741CF0"/>
     <w:rsid w:val="00741F1A"/>
     <w:rsid w:val="00743A2C"/>
-    <w:rsid w:val="0074455B"/>
     <w:rsid w:val="007447DA"/>
     <w:rsid w:val="007450F8"/>
-    <w:rsid w:val="00745318"/>
-    <w:rsid w:val="00745B6B"/>
     <w:rsid w:val="0074696E"/>
-    <w:rsid w:val="00746A5C"/>
-    <w:rsid w:val="00747BF5"/>
     <w:rsid w:val="00750135"/>
-    <w:rsid w:val="00750162"/>
     <w:rsid w:val="00750EC2"/>
-    <w:rsid w:val="007527F5"/>
     <w:rsid w:val="00752B28"/>
     <w:rsid w:val="007541A9"/>
     <w:rsid w:val="00754E36"/>
-    <w:rsid w:val="00755DEE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00762525"/>
+    <w:rsid w:val="007556D1"/>
     <w:rsid w:val="00763139"/>
-    <w:rsid w:val="00763A6E"/>
-[...4 lines deleted...]
-    <w:rsid w:val="007669F4"/>
     <w:rsid w:val="00766F80"/>
-    <w:rsid w:val="007702A0"/>
-    <w:rsid w:val="00770E0D"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
-    <w:rsid w:val="00772287"/>
     <w:rsid w:val="00772D5E"/>
-    <w:rsid w:val="00772E3A"/>
-    <w:rsid w:val="00773CE8"/>
     <w:rsid w:val="0077463E"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="00776E0F"/>
-    <w:rsid w:val="0077746F"/>
     <w:rsid w:val="007774B1"/>
     <w:rsid w:val="00777BE1"/>
-    <w:rsid w:val="00781EA9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0078231F"/>
     <w:rsid w:val="007833D8"/>
-    <w:rsid w:val="00783D0A"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="00791BD7"/>
+    <w:rsid w:val="00792131"/>
     <w:rsid w:val="007933F7"/>
     <w:rsid w:val="00796E20"/>
-    <w:rsid w:val="007977BE"/>
     <w:rsid w:val="00797C32"/>
     <w:rsid w:val="007A11E8"/>
     <w:rsid w:val="007B0914"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B32E5"/>
     <w:rsid w:val="007B3DB9"/>
     <w:rsid w:val="007B589F"/>
-    <w:rsid w:val="007B5E1F"/>
     <w:rsid w:val="007B6186"/>
     <w:rsid w:val="007B73BC"/>
-    <w:rsid w:val="007B73C6"/>
-    <w:rsid w:val="007C158C"/>
     <w:rsid w:val="007C1838"/>
     <w:rsid w:val="007C20B9"/>
-    <w:rsid w:val="007C4D84"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007C7859"/>
     <w:rsid w:val="007C7F28"/>
-    <w:rsid w:val="007D130F"/>
     <w:rsid w:val="007D1466"/>
-    <w:rsid w:val="007D239D"/>
-    <w:rsid w:val="007D241B"/>
     <w:rsid w:val="007D2BDE"/>
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D49EB"/>
     <w:rsid w:val="007D5E1C"/>
-    <w:rsid w:val="007E0CBC"/>
     <w:rsid w:val="007E0DE2"/>
+    <w:rsid w:val="007E2E8C"/>
+    <w:rsid w:val="007E3767"/>
     <w:rsid w:val="007E3B98"/>
-    <w:rsid w:val="007E3CE0"/>
     <w:rsid w:val="007E417A"/>
-    <w:rsid w:val="007E6FE7"/>
-    <w:rsid w:val="007E7A31"/>
     <w:rsid w:val="007F31B6"/>
-    <w:rsid w:val="007F421D"/>
+    <w:rsid w:val="007F3612"/>
     <w:rsid w:val="007F546C"/>
     <w:rsid w:val="007F625F"/>
-    <w:rsid w:val="007F65B1"/>
     <w:rsid w:val="007F665E"/>
-    <w:rsid w:val="007F6D02"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0080014C"/>
+    <w:rsid w:val="007F6C8C"/>
     <w:rsid w:val="00800412"/>
+    <w:rsid w:val="008020B3"/>
     <w:rsid w:val="0080587B"/>
     <w:rsid w:val="00806468"/>
-    <w:rsid w:val="0080743D"/>
-    <w:rsid w:val="0080756A"/>
     <w:rsid w:val="008119CA"/>
     <w:rsid w:val="00811BBF"/>
     <w:rsid w:val="008130C4"/>
     <w:rsid w:val="008155F0"/>
     <w:rsid w:val="00816735"/>
-    <w:rsid w:val="008169F5"/>
     <w:rsid w:val="00820141"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="00823275"/>
     <w:rsid w:val="0082366F"/>
-    <w:rsid w:val="00830A7C"/>
-    <w:rsid w:val="008335E5"/>
     <w:rsid w:val="008338A2"/>
-    <w:rsid w:val="00833D8F"/>
+    <w:rsid w:val="0083531F"/>
+    <w:rsid w:val="00837D37"/>
     <w:rsid w:val="00841AA9"/>
     <w:rsid w:val="008474FE"/>
     <w:rsid w:val="0085232E"/>
-    <w:rsid w:val="00853B0C"/>
     <w:rsid w:val="00853EE4"/>
-    <w:rsid w:val="00854270"/>
     <w:rsid w:val="00855535"/>
     <w:rsid w:val="00857C5A"/>
+    <w:rsid w:val="008616EB"/>
+    <w:rsid w:val="00861C0B"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="008633F0"/>
-    <w:rsid w:val="00866C84"/>
     <w:rsid w:val="00867D9D"/>
-    <w:rsid w:val="00867E42"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00872690"/>
     <w:rsid w:val="00872C54"/>
     <w:rsid w:val="00872E0A"/>
-    <w:rsid w:val="008732EF"/>
     <w:rsid w:val="00873594"/>
-    <w:rsid w:val="00874358"/>
     <w:rsid w:val="00875285"/>
-    <w:rsid w:val="00876C95"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008848A8"/>
     <w:rsid w:val="00884B62"/>
     <w:rsid w:val="0088529C"/>
-    <w:rsid w:val="008871B2"/>
     <w:rsid w:val="00887903"/>
     <w:rsid w:val="0089270A"/>
     <w:rsid w:val="00893AF6"/>
     <w:rsid w:val="00894BC4"/>
+    <w:rsid w:val="008954D9"/>
+    <w:rsid w:val="008A17D3"/>
     <w:rsid w:val="008A28A8"/>
     <w:rsid w:val="008A5B32"/>
     <w:rsid w:val="008A5D60"/>
-    <w:rsid w:val="008A7FE6"/>
     <w:rsid w:val="008B2029"/>
+    <w:rsid w:val="008B29A6"/>
     <w:rsid w:val="008B2EE4"/>
     <w:rsid w:val="008B3821"/>
     <w:rsid w:val="008B4D3D"/>
     <w:rsid w:val="008B57C7"/>
+    <w:rsid w:val="008B59B1"/>
     <w:rsid w:val="008C2F92"/>
-    <w:rsid w:val="008C37EF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="008C5595"/>
     <w:rsid w:val="008C589D"/>
     <w:rsid w:val="008C6804"/>
     <w:rsid w:val="008C6D51"/>
-    <w:rsid w:val="008D0CE9"/>
     <w:rsid w:val="008D2846"/>
     <w:rsid w:val="008D4236"/>
     <w:rsid w:val="008D462F"/>
     <w:rsid w:val="008D5C45"/>
     <w:rsid w:val="008D6DCF"/>
-    <w:rsid w:val="008E1D8B"/>
-    <w:rsid w:val="008E36AD"/>
+    <w:rsid w:val="008E050A"/>
     <w:rsid w:val="008E4376"/>
-    <w:rsid w:val="008E5CB4"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008E7B49"/>
-    <w:rsid w:val="008F00E0"/>
-    <w:rsid w:val="008F41D6"/>
+    <w:rsid w:val="008F1316"/>
     <w:rsid w:val="008F59F6"/>
+    <w:rsid w:val="008F6969"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009017AC"/>
-    <w:rsid w:val="00901F30"/>
-    <w:rsid w:val="00902756"/>
     <w:rsid w:val="00902A9A"/>
     <w:rsid w:val="00904A1C"/>
     <w:rsid w:val="00905030"/>
     <w:rsid w:val="00906490"/>
     <w:rsid w:val="009111B2"/>
-    <w:rsid w:val="00911A30"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00914C60"/>
     <w:rsid w:val="009151F5"/>
-    <w:rsid w:val="00916843"/>
-[...4 lines deleted...]
-    <w:rsid w:val="009235F3"/>
+    <w:rsid w:val="009208B9"/>
+    <w:rsid w:val="00921B74"/>
     <w:rsid w:val="00924AE1"/>
-    <w:rsid w:val="00924C0F"/>
     <w:rsid w:val="009257ED"/>
-    <w:rsid w:val="009266DF"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
     <w:rsid w:val="009272B3"/>
     <w:rsid w:val="009315BE"/>
     <w:rsid w:val="0093338F"/>
-    <w:rsid w:val="009344D8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0093650C"/>
     <w:rsid w:val="00937BD9"/>
-    <w:rsid w:val="00942BF7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009458B3"/>
     <w:rsid w:val="00950E2C"/>
-    <w:rsid w:val="0095114E"/>
     <w:rsid w:val="00951D50"/>
-    <w:rsid w:val="009521C8"/>
     <w:rsid w:val="009525EB"/>
-    <w:rsid w:val="00954349"/>
     <w:rsid w:val="0095470B"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="00954D01"/>
     <w:rsid w:val="0095615A"/>
+    <w:rsid w:val="009562B1"/>
     <w:rsid w:val="00961400"/>
+    <w:rsid w:val="0096357E"/>
     <w:rsid w:val="00963646"/>
     <w:rsid w:val="0096632D"/>
     <w:rsid w:val="00967124"/>
     <w:rsid w:val="00967335"/>
-    <w:rsid w:val="00967C00"/>
-    <w:rsid w:val="00970303"/>
     <w:rsid w:val="009718C7"/>
-    <w:rsid w:val="00972B3D"/>
+    <w:rsid w:val="009723F5"/>
     <w:rsid w:val="0097559F"/>
     <w:rsid w:val="009761EA"/>
     <w:rsid w:val="0097761E"/>
+    <w:rsid w:val="0097772E"/>
+    <w:rsid w:val="0097789B"/>
     <w:rsid w:val="00982454"/>
     <w:rsid w:val="00982CF0"/>
     <w:rsid w:val="009853E1"/>
-    <w:rsid w:val="00986BC7"/>
+    <w:rsid w:val="00986C15"/>
     <w:rsid w:val="00986E6B"/>
     <w:rsid w:val="00990032"/>
     <w:rsid w:val="00990B19"/>
-    <w:rsid w:val="009914EE"/>
     <w:rsid w:val="0099153B"/>
     <w:rsid w:val="00991769"/>
     <w:rsid w:val="0099232C"/>
     <w:rsid w:val="00994386"/>
     <w:rsid w:val="00994791"/>
-    <w:rsid w:val="00996DD5"/>
     <w:rsid w:val="009A13D8"/>
     <w:rsid w:val="009A279E"/>
-    <w:rsid w:val="009A2EBE"/>
     <w:rsid w:val="009A3015"/>
     <w:rsid w:val="009A3490"/>
-    <w:rsid w:val="009A3948"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009B06C8"/>
+    <w:rsid w:val="009A5E0A"/>
     <w:rsid w:val="009B0A6F"/>
     <w:rsid w:val="009B0A94"/>
-    <w:rsid w:val="009B0B08"/>
     <w:rsid w:val="009B2AE8"/>
-    <w:rsid w:val="009B40CF"/>
-    <w:rsid w:val="009B511B"/>
     <w:rsid w:val="009B5622"/>
     <w:rsid w:val="009B59E9"/>
-    <w:rsid w:val="009B5A17"/>
     <w:rsid w:val="009B70AA"/>
     <w:rsid w:val="009C1A3D"/>
     <w:rsid w:val="009C1CB1"/>
-    <w:rsid w:val="009C2DE8"/>
-    <w:rsid w:val="009C4176"/>
     <w:rsid w:val="009C5E77"/>
-    <w:rsid w:val="009C7440"/>
     <w:rsid w:val="009C7A7E"/>
     <w:rsid w:val="009D02E8"/>
-    <w:rsid w:val="009D048F"/>
     <w:rsid w:val="009D51D0"/>
-    <w:rsid w:val="009D6E02"/>
     <w:rsid w:val="009D70A4"/>
-    <w:rsid w:val="009D783F"/>
+    <w:rsid w:val="009D758F"/>
     <w:rsid w:val="009D7A52"/>
     <w:rsid w:val="009D7B14"/>
     <w:rsid w:val="009E08D1"/>
-    <w:rsid w:val="009E16D0"/>
     <w:rsid w:val="009E1B95"/>
-    <w:rsid w:val="009E4553"/>
     <w:rsid w:val="009E496F"/>
     <w:rsid w:val="009E4B0D"/>
     <w:rsid w:val="009E5250"/>
-    <w:rsid w:val="009E66BF"/>
     <w:rsid w:val="009E7A69"/>
     <w:rsid w:val="009E7F92"/>
     <w:rsid w:val="009F02A3"/>
     <w:rsid w:val="009F1A17"/>
     <w:rsid w:val="009F2F27"/>
     <w:rsid w:val="009F34AA"/>
     <w:rsid w:val="009F6BCB"/>
-    <w:rsid w:val="009F6D57"/>
     <w:rsid w:val="009F7B78"/>
     <w:rsid w:val="00A0057A"/>
-    <w:rsid w:val="00A011EE"/>
-    <w:rsid w:val="00A019DF"/>
     <w:rsid w:val="00A02FA1"/>
     <w:rsid w:val="00A04CCE"/>
-    <w:rsid w:val="00A06EEC"/>
     <w:rsid w:val="00A07421"/>
     <w:rsid w:val="00A0776B"/>
-    <w:rsid w:val="00A07B45"/>
     <w:rsid w:val="00A10FB9"/>
     <w:rsid w:val="00A11421"/>
     <w:rsid w:val="00A11FD8"/>
-    <w:rsid w:val="00A130E0"/>
     <w:rsid w:val="00A1389F"/>
-    <w:rsid w:val="00A140FE"/>
     <w:rsid w:val="00A14996"/>
-    <w:rsid w:val="00A153CA"/>
     <w:rsid w:val="00A157B1"/>
-    <w:rsid w:val="00A16656"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A20F19"/>
     <w:rsid w:val="00A22229"/>
-    <w:rsid w:val="00A22CA7"/>
     <w:rsid w:val="00A24442"/>
-    <w:rsid w:val="00A24D4F"/>
     <w:rsid w:val="00A252B9"/>
-    <w:rsid w:val="00A26BA6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A31520"/>
     <w:rsid w:val="00A32577"/>
     <w:rsid w:val="00A330BB"/>
     <w:rsid w:val="00A34ACD"/>
     <w:rsid w:val="00A3613B"/>
-    <w:rsid w:val="00A37358"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A42E7E"/>
+    <w:rsid w:val="00A4174D"/>
     <w:rsid w:val="00A44882"/>
     <w:rsid w:val="00A45125"/>
-    <w:rsid w:val="00A451DC"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A473B6"/>
     <w:rsid w:val="00A513A9"/>
-    <w:rsid w:val="00A522BE"/>
-    <w:rsid w:val="00A54079"/>
     <w:rsid w:val="00A54715"/>
-    <w:rsid w:val="00A602CD"/>
     <w:rsid w:val="00A6061C"/>
-    <w:rsid w:val="00A61366"/>
-    <w:rsid w:val="00A615BF"/>
+    <w:rsid w:val="00A613C6"/>
     <w:rsid w:val="00A62D44"/>
-    <w:rsid w:val="00A63791"/>
     <w:rsid w:val="00A67263"/>
-    <w:rsid w:val="00A67C3C"/>
-    <w:rsid w:val="00A67C76"/>
     <w:rsid w:val="00A7161C"/>
-    <w:rsid w:val="00A723BA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A779D3"/>
     <w:rsid w:val="00A77AA3"/>
     <w:rsid w:val="00A8236D"/>
-    <w:rsid w:val="00A829AE"/>
-    <w:rsid w:val="00A8456F"/>
     <w:rsid w:val="00A854EB"/>
-    <w:rsid w:val="00A85911"/>
-    <w:rsid w:val="00A86342"/>
     <w:rsid w:val="00A872E5"/>
-    <w:rsid w:val="00A910EC"/>
     <w:rsid w:val="00A91406"/>
+    <w:rsid w:val="00A9157C"/>
     <w:rsid w:val="00A96E65"/>
     <w:rsid w:val="00A96ECE"/>
     <w:rsid w:val="00A97C72"/>
-    <w:rsid w:val="00AA0B40"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AA2FE9"/>
+    <w:rsid w:val="00AA04BB"/>
+    <w:rsid w:val="00AA1EB2"/>
     <w:rsid w:val="00AA310B"/>
     <w:rsid w:val="00AA63D4"/>
-    <w:rsid w:val="00AA6430"/>
-    <w:rsid w:val="00AA6D3F"/>
     <w:rsid w:val="00AB06E8"/>
     <w:rsid w:val="00AB1A4F"/>
     <w:rsid w:val="00AB1CD3"/>
     <w:rsid w:val="00AB352F"/>
-    <w:rsid w:val="00AB5105"/>
     <w:rsid w:val="00AC274B"/>
     <w:rsid w:val="00AC4764"/>
     <w:rsid w:val="00AC6D36"/>
-    <w:rsid w:val="00AC7AB5"/>
     <w:rsid w:val="00AD0CBA"/>
     <w:rsid w:val="00AD26E2"/>
-    <w:rsid w:val="00AD387F"/>
     <w:rsid w:val="00AD784C"/>
-    <w:rsid w:val="00AD7DFD"/>
-    <w:rsid w:val="00AE08C6"/>
     <w:rsid w:val="00AE126A"/>
     <w:rsid w:val="00AE1BAE"/>
+    <w:rsid w:val="00AE2653"/>
     <w:rsid w:val="00AE3005"/>
     <w:rsid w:val="00AE3BD5"/>
     <w:rsid w:val="00AE59A0"/>
-    <w:rsid w:val="00AE5E85"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AE6E97"/>
+    <w:rsid w:val="00AE6C70"/>
     <w:rsid w:val="00AE7145"/>
-    <w:rsid w:val="00AF062E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AF0ACE"/>
     <w:rsid w:val="00AF0C57"/>
-    <w:rsid w:val="00AF1B94"/>
     <w:rsid w:val="00AF26F3"/>
-    <w:rsid w:val="00AF3C23"/>
     <w:rsid w:val="00AF5F04"/>
+    <w:rsid w:val="00AF6142"/>
     <w:rsid w:val="00B00672"/>
     <w:rsid w:val="00B01B4D"/>
+    <w:rsid w:val="00B02E8F"/>
     <w:rsid w:val="00B04489"/>
-    <w:rsid w:val="00B04F6E"/>
-    <w:rsid w:val="00B05A8D"/>
     <w:rsid w:val="00B06571"/>
-    <w:rsid w:val="00B06888"/>
     <w:rsid w:val="00B068BA"/>
-    <w:rsid w:val="00B06EDF"/>
     <w:rsid w:val="00B07217"/>
-    <w:rsid w:val="00B10922"/>
-    <w:rsid w:val="00B136AD"/>
+    <w:rsid w:val="00B10D2F"/>
     <w:rsid w:val="00B13851"/>
     <w:rsid w:val="00B13B1C"/>
     <w:rsid w:val="00B14B5F"/>
-    <w:rsid w:val="00B14F5F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B21BF2"/>
     <w:rsid w:val="00B21F90"/>
     <w:rsid w:val="00B22291"/>
     <w:rsid w:val="00B23F9A"/>
     <w:rsid w:val="00B2417B"/>
     <w:rsid w:val="00B24E6F"/>
     <w:rsid w:val="00B26CB5"/>
     <w:rsid w:val="00B2752E"/>
     <w:rsid w:val="00B307CC"/>
-    <w:rsid w:val="00B3160E"/>
-    <w:rsid w:val="00B319A0"/>
     <w:rsid w:val="00B326B7"/>
-    <w:rsid w:val="00B332E4"/>
-    <w:rsid w:val="00B35889"/>
     <w:rsid w:val="00B3588E"/>
-    <w:rsid w:val="00B35C6A"/>
-    <w:rsid w:val="00B41159"/>
     <w:rsid w:val="00B4198F"/>
     <w:rsid w:val="00B41F3D"/>
     <w:rsid w:val="00B431E8"/>
-    <w:rsid w:val="00B44229"/>
     <w:rsid w:val="00B45141"/>
-    <w:rsid w:val="00B510E8"/>
     <w:rsid w:val="00B519CD"/>
     <w:rsid w:val="00B5273A"/>
-    <w:rsid w:val="00B53761"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B55961"/>
+    <w:rsid w:val="00B55B74"/>
     <w:rsid w:val="00B57329"/>
-    <w:rsid w:val="00B606A5"/>
     <w:rsid w:val="00B60E61"/>
-    <w:rsid w:val="00B626A5"/>
     <w:rsid w:val="00B62B50"/>
     <w:rsid w:val="00B635B7"/>
     <w:rsid w:val="00B63AE8"/>
-    <w:rsid w:val="00B6407F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B65262"/>
     <w:rsid w:val="00B65950"/>
-    <w:rsid w:val="00B666A6"/>
     <w:rsid w:val="00B66D83"/>
     <w:rsid w:val="00B672C0"/>
-    <w:rsid w:val="00B67392"/>
     <w:rsid w:val="00B676FD"/>
     <w:rsid w:val="00B678B6"/>
     <w:rsid w:val="00B706E8"/>
     <w:rsid w:val="00B75646"/>
     <w:rsid w:val="00B7629E"/>
-    <w:rsid w:val="00B82EFD"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B87EEF"/>
     <w:rsid w:val="00B90729"/>
     <w:rsid w:val="00B907DA"/>
-    <w:rsid w:val="00B91F35"/>
     <w:rsid w:val="00B91FFE"/>
-    <w:rsid w:val="00B92CB4"/>
-    <w:rsid w:val="00B9465B"/>
     <w:rsid w:val="00B950BC"/>
     <w:rsid w:val="00B95AB9"/>
     <w:rsid w:val="00B9714C"/>
     <w:rsid w:val="00BA29AD"/>
     <w:rsid w:val="00BA33CF"/>
     <w:rsid w:val="00BA3F8D"/>
-    <w:rsid w:val="00BA4753"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00BB5F61"/>
+    <w:rsid w:val="00BA5294"/>
     <w:rsid w:val="00BB7A10"/>
-    <w:rsid w:val="00BC0602"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BC3D75"/>
+    <w:rsid w:val="00BC48F8"/>
     <w:rsid w:val="00BC60BE"/>
-    <w:rsid w:val="00BC6424"/>
     <w:rsid w:val="00BC7468"/>
+    <w:rsid w:val="00BC7C4E"/>
     <w:rsid w:val="00BC7D4F"/>
     <w:rsid w:val="00BC7ED7"/>
-    <w:rsid w:val="00BD0EDA"/>
     <w:rsid w:val="00BD2850"/>
-    <w:rsid w:val="00BD2A27"/>
     <w:rsid w:val="00BD6049"/>
-    <w:rsid w:val="00BD6379"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BD704B"/>
+    <w:rsid w:val="00BE01A9"/>
+    <w:rsid w:val="00BE287C"/>
     <w:rsid w:val="00BE28D2"/>
-    <w:rsid w:val="00BE2AB0"/>
-    <w:rsid w:val="00BE486C"/>
+    <w:rsid w:val="00BE2DD4"/>
     <w:rsid w:val="00BE4A64"/>
     <w:rsid w:val="00BE5E43"/>
-    <w:rsid w:val="00BF01BB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00BF37CA"/>
+    <w:rsid w:val="00BF1261"/>
     <w:rsid w:val="00BF557D"/>
     <w:rsid w:val="00BF7F58"/>
-    <w:rsid w:val="00C001B5"/>
     <w:rsid w:val="00C01381"/>
     <w:rsid w:val="00C01AB1"/>
-    <w:rsid w:val="00C01B17"/>
+    <w:rsid w:val="00C01D14"/>
     <w:rsid w:val="00C026A0"/>
     <w:rsid w:val="00C03EA4"/>
     <w:rsid w:val="00C04F42"/>
     <w:rsid w:val="00C06137"/>
     <w:rsid w:val="00C06929"/>
-    <w:rsid w:val="00C06A41"/>
     <w:rsid w:val="00C079B8"/>
     <w:rsid w:val="00C10037"/>
-    <w:rsid w:val="00C10482"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C12211"/>
     <w:rsid w:val="00C123EA"/>
     <w:rsid w:val="00C12A49"/>
     <w:rsid w:val="00C133EE"/>
     <w:rsid w:val="00C149D0"/>
-    <w:rsid w:val="00C21B87"/>
     <w:rsid w:val="00C231A0"/>
     <w:rsid w:val="00C26588"/>
-    <w:rsid w:val="00C26E9F"/>
     <w:rsid w:val="00C27DE9"/>
-    <w:rsid w:val="00C31D21"/>
-    <w:rsid w:val="00C3202E"/>
     <w:rsid w:val="00C32989"/>
     <w:rsid w:val="00C33388"/>
-    <w:rsid w:val="00C33C10"/>
-    <w:rsid w:val="00C35201"/>
     <w:rsid w:val="00C35484"/>
-    <w:rsid w:val="00C37A8C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C4126E"/>
     <w:rsid w:val="00C4173A"/>
-    <w:rsid w:val="00C41DD5"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00C47AC5"/>
     <w:rsid w:val="00C50DED"/>
-    <w:rsid w:val="00C51041"/>
-    <w:rsid w:val="00C512A4"/>
     <w:rsid w:val="00C52217"/>
-    <w:rsid w:val="00C538F4"/>
-    <w:rsid w:val="00C5657F"/>
     <w:rsid w:val="00C602FF"/>
-    <w:rsid w:val="00C605B0"/>
-    <w:rsid w:val="00C60D4E"/>
     <w:rsid w:val="00C61174"/>
     <w:rsid w:val="00C6148F"/>
     <w:rsid w:val="00C621B1"/>
     <w:rsid w:val="00C62F7A"/>
     <w:rsid w:val="00C63B9C"/>
-    <w:rsid w:val="00C644F8"/>
     <w:rsid w:val="00C6682F"/>
-    <w:rsid w:val="00C677AF"/>
     <w:rsid w:val="00C67BF4"/>
     <w:rsid w:val="00C7275E"/>
-    <w:rsid w:val="00C74A79"/>
     <w:rsid w:val="00C74C5D"/>
-    <w:rsid w:val="00C763C1"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C84338"/>
     <w:rsid w:val="00C863C4"/>
+    <w:rsid w:val="00C86CFC"/>
+    <w:rsid w:val="00C91E5C"/>
     <w:rsid w:val="00C920EA"/>
     <w:rsid w:val="00C93675"/>
     <w:rsid w:val="00C93C3E"/>
-    <w:rsid w:val="00C943CA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CA0A36"/>
     <w:rsid w:val="00CA12E3"/>
-    <w:rsid w:val="00CA1443"/>
     <w:rsid w:val="00CA1476"/>
-    <w:rsid w:val="00CA2F7F"/>
-    <w:rsid w:val="00CA3CDE"/>
     <w:rsid w:val="00CA6611"/>
     <w:rsid w:val="00CA6AE6"/>
-    <w:rsid w:val="00CA6C50"/>
     <w:rsid w:val="00CA782F"/>
     <w:rsid w:val="00CB187B"/>
     <w:rsid w:val="00CB2835"/>
     <w:rsid w:val="00CB3285"/>
     <w:rsid w:val="00CB4500"/>
     <w:rsid w:val="00CC0C72"/>
     <w:rsid w:val="00CC2BFD"/>
-    <w:rsid w:val="00CC5C10"/>
-    <w:rsid w:val="00CC6329"/>
+    <w:rsid w:val="00CC3CC1"/>
     <w:rsid w:val="00CD1A9A"/>
     <w:rsid w:val="00CD3476"/>
-    <w:rsid w:val="00CD4915"/>
     <w:rsid w:val="00CD64DF"/>
-    <w:rsid w:val="00CE0C9E"/>
     <w:rsid w:val="00CE225F"/>
-    <w:rsid w:val="00CF08FF"/>
-    <w:rsid w:val="00CF2090"/>
     <w:rsid w:val="00CF2F50"/>
     <w:rsid w:val="00CF4148"/>
-    <w:rsid w:val="00CF423F"/>
-    <w:rsid w:val="00CF4CD6"/>
     <w:rsid w:val="00CF6198"/>
-    <w:rsid w:val="00CF7E93"/>
+    <w:rsid w:val="00CF7BAC"/>
     <w:rsid w:val="00D02919"/>
-    <w:rsid w:val="00D033A7"/>
+    <w:rsid w:val="00D03D23"/>
     <w:rsid w:val="00D04C61"/>
-    <w:rsid w:val="00D05954"/>
     <w:rsid w:val="00D05B8D"/>
     <w:rsid w:val="00D05B9B"/>
     <w:rsid w:val="00D05EBC"/>
     <w:rsid w:val="00D065A2"/>
-    <w:rsid w:val="00D06B30"/>
     <w:rsid w:val="00D079AA"/>
     <w:rsid w:val="00D07F00"/>
-    <w:rsid w:val="00D10DCC"/>
-    <w:rsid w:val="00D10DE8"/>
     <w:rsid w:val="00D1130F"/>
-    <w:rsid w:val="00D11D95"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00D14785"/>
     <w:rsid w:val="00D17B72"/>
-    <w:rsid w:val="00D24633"/>
     <w:rsid w:val="00D3185C"/>
     <w:rsid w:val="00D3205F"/>
     <w:rsid w:val="00D3318E"/>
-    <w:rsid w:val="00D33B9C"/>
     <w:rsid w:val="00D33E72"/>
     <w:rsid w:val="00D35BD6"/>
     <w:rsid w:val="00D361B5"/>
     <w:rsid w:val="00D402DB"/>
     <w:rsid w:val="00D411A2"/>
     <w:rsid w:val="00D4606D"/>
-    <w:rsid w:val="00D47944"/>
     <w:rsid w:val="00D50B9C"/>
     <w:rsid w:val="00D52D73"/>
     <w:rsid w:val="00D52E58"/>
-    <w:rsid w:val="00D557F8"/>
-    <w:rsid w:val="00D55A47"/>
     <w:rsid w:val="00D56B20"/>
     <w:rsid w:val="00D578B3"/>
-    <w:rsid w:val="00D57A17"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00D61349"/>
+    <w:rsid w:val="00D610A6"/>
     <w:rsid w:val="00D618F4"/>
-    <w:rsid w:val="00D62451"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D67AB7"/>
+    <w:rsid w:val="00D6243A"/>
+    <w:rsid w:val="00D62B30"/>
+    <w:rsid w:val="00D656B6"/>
     <w:rsid w:val="00D714CC"/>
-    <w:rsid w:val="00D715AC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00D756DA"/>
     <w:rsid w:val="00D75EA7"/>
-    <w:rsid w:val="00D76374"/>
     <w:rsid w:val="00D81ADF"/>
     <w:rsid w:val="00D81F21"/>
+    <w:rsid w:val="00D83FD6"/>
     <w:rsid w:val="00D8423D"/>
     <w:rsid w:val="00D84658"/>
-    <w:rsid w:val="00D85875"/>
     <w:rsid w:val="00D864F2"/>
     <w:rsid w:val="00D943F8"/>
-    <w:rsid w:val="00D944EB"/>
     <w:rsid w:val="00D95470"/>
     <w:rsid w:val="00D96B55"/>
-    <w:rsid w:val="00D96E9F"/>
     <w:rsid w:val="00DA2619"/>
     <w:rsid w:val="00DA2E57"/>
     <w:rsid w:val="00DA4239"/>
     <w:rsid w:val="00DA65DE"/>
-    <w:rsid w:val="00DA6923"/>
     <w:rsid w:val="00DB0B61"/>
-    <w:rsid w:val="00DB0FCC"/>
     <w:rsid w:val="00DB1474"/>
     <w:rsid w:val="00DB2962"/>
     <w:rsid w:val="00DB52FB"/>
-    <w:rsid w:val="00DB5CE4"/>
-    <w:rsid w:val="00DB790F"/>
     <w:rsid w:val="00DC013B"/>
     <w:rsid w:val="00DC090B"/>
     <w:rsid w:val="00DC1679"/>
     <w:rsid w:val="00DC219B"/>
     <w:rsid w:val="00DC2CF1"/>
-    <w:rsid w:val="00DC2D50"/>
     <w:rsid w:val="00DC3A7C"/>
+    <w:rsid w:val="00DC3FE8"/>
     <w:rsid w:val="00DC4FCF"/>
     <w:rsid w:val="00DC50E0"/>
-    <w:rsid w:val="00DC547B"/>
-    <w:rsid w:val="00DC5566"/>
+    <w:rsid w:val="00DC55EB"/>
     <w:rsid w:val="00DC6386"/>
-    <w:rsid w:val="00DC66FE"/>
-    <w:rsid w:val="00DC73CE"/>
     <w:rsid w:val="00DD1130"/>
     <w:rsid w:val="00DD1951"/>
-    <w:rsid w:val="00DD39E9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DD430C"/>
     <w:rsid w:val="00DD487D"/>
     <w:rsid w:val="00DD4E83"/>
-    <w:rsid w:val="00DD62C0"/>
     <w:rsid w:val="00DD6628"/>
     <w:rsid w:val="00DD6945"/>
-    <w:rsid w:val="00DE0435"/>
-    <w:rsid w:val="00DE0FB8"/>
     <w:rsid w:val="00DE2D04"/>
     <w:rsid w:val="00DE3250"/>
-    <w:rsid w:val="00DE4200"/>
     <w:rsid w:val="00DE6028"/>
     <w:rsid w:val="00DE6C85"/>
     <w:rsid w:val="00DE78A3"/>
-    <w:rsid w:val="00DF19FF"/>
     <w:rsid w:val="00DF1A71"/>
-    <w:rsid w:val="00DF30FA"/>
     <w:rsid w:val="00DF50FC"/>
     <w:rsid w:val="00DF68C7"/>
     <w:rsid w:val="00DF731A"/>
-    <w:rsid w:val="00DF7F28"/>
-    <w:rsid w:val="00E010BF"/>
+    <w:rsid w:val="00E0113B"/>
+    <w:rsid w:val="00E04920"/>
     <w:rsid w:val="00E06B75"/>
     <w:rsid w:val="00E11332"/>
     <w:rsid w:val="00E11352"/>
-    <w:rsid w:val="00E12288"/>
     <w:rsid w:val="00E170DC"/>
-    <w:rsid w:val="00E171A9"/>
     <w:rsid w:val="00E17546"/>
-    <w:rsid w:val="00E20708"/>
+    <w:rsid w:val="00E20C46"/>
     <w:rsid w:val="00E210B5"/>
-    <w:rsid w:val="00E219EA"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E25403"/>
+    <w:rsid w:val="00E2229F"/>
     <w:rsid w:val="00E261B3"/>
     <w:rsid w:val="00E26818"/>
-    <w:rsid w:val="00E26A50"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E27F16"/>
     <w:rsid w:val="00E27FFC"/>
-    <w:rsid w:val="00E303A7"/>
     <w:rsid w:val="00E30B15"/>
-    <w:rsid w:val="00E30FC1"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E31E1F"/>
     <w:rsid w:val="00E33237"/>
-    <w:rsid w:val="00E33DFE"/>
+    <w:rsid w:val="00E33EC4"/>
     <w:rsid w:val="00E40181"/>
-    <w:rsid w:val="00E4074D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E547C2"/>
     <w:rsid w:val="00E54950"/>
-    <w:rsid w:val="00E55424"/>
     <w:rsid w:val="00E55FB3"/>
-    <w:rsid w:val="00E56262"/>
-    <w:rsid w:val="00E5692E"/>
     <w:rsid w:val="00E56A01"/>
-    <w:rsid w:val="00E6000E"/>
     <w:rsid w:val="00E629A1"/>
-    <w:rsid w:val="00E6444C"/>
+    <w:rsid w:val="00E63A35"/>
     <w:rsid w:val="00E6794C"/>
-    <w:rsid w:val="00E70122"/>
+    <w:rsid w:val="00E71015"/>
     <w:rsid w:val="00E71591"/>
     <w:rsid w:val="00E71CEB"/>
-    <w:rsid w:val="00E72F5A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00E739A1"/>
     <w:rsid w:val="00E7474F"/>
+    <w:rsid w:val="00E76F61"/>
     <w:rsid w:val="00E77901"/>
     <w:rsid w:val="00E80DE3"/>
     <w:rsid w:val="00E82C55"/>
-    <w:rsid w:val="00E82D94"/>
-    <w:rsid w:val="00E83B15"/>
     <w:rsid w:val="00E8787E"/>
-    <w:rsid w:val="00E87A68"/>
     <w:rsid w:val="00E90944"/>
-    <w:rsid w:val="00E91960"/>
     <w:rsid w:val="00E92AC3"/>
-    <w:rsid w:val="00E97AF6"/>
-    <w:rsid w:val="00EA2893"/>
+    <w:rsid w:val="00E93C49"/>
     <w:rsid w:val="00EA2F6A"/>
-    <w:rsid w:val="00EA43A0"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EA7DE7"/>
     <w:rsid w:val="00EB00E0"/>
     <w:rsid w:val="00EB05D5"/>
     <w:rsid w:val="00EB1931"/>
-    <w:rsid w:val="00EB214F"/>
-    <w:rsid w:val="00EC03D3"/>
     <w:rsid w:val="00EC059F"/>
     <w:rsid w:val="00EC1F24"/>
     <w:rsid w:val="00EC20FF"/>
     <w:rsid w:val="00EC22F6"/>
-    <w:rsid w:val="00EC324C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EC7342"/>
     <w:rsid w:val="00ED195F"/>
-    <w:rsid w:val="00ED1A17"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00ED3B86"/>
     <w:rsid w:val="00ED5B9B"/>
-    <w:rsid w:val="00ED5CD3"/>
     <w:rsid w:val="00ED6BAD"/>
-    <w:rsid w:val="00ED70CD"/>
     <w:rsid w:val="00ED7447"/>
     <w:rsid w:val="00EE00D6"/>
     <w:rsid w:val="00EE11E7"/>
     <w:rsid w:val="00EE1488"/>
     <w:rsid w:val="00EE1730"/>
     <w:rsid w:val="00EE29AD"/>
     <w:rsid w:val="00EE3E24"/>
     <w:rsid w:val="00EE4D5D"/>
     <w:rsid w:val="00EE5131"/>
     <w:rsid w:val="00EF109B"/>
     <w:rsid w:val="00EF201C"/>
-    <w:rsid w:val="00EF2A08"/>
     <w:rsid w:val="00EF2C72"/>
     <w:rsid w:val="00EF36AF"/>
     <w:rsid w:val="00EF59A3"/>
     <w:rsid w:val="00EF6675"/>
-    <w:rsid w:val="00EF7471"/>
-    <w:rsid w:val="00EF7E63"/>
     <w:rsid w:val="00F0063D"/>
     <w:rsid w:val="00F00F9C"/>
     <w:rsid w:val="00F01E5F"/>
     <w:rsid w:val="00F024F3"/>
     <w:rsid w:val="00F029DC"/>
     <w:rsid w:val="00F02ABA"/>
-    <w:rsid w:val="00F02DEB"/>
+    <w:rsid w:val="00F0361F"/>
     <w:rsid w:val="00F03701"/>
-    <w:rsid w:val="00F03E7B"/>
     <w:rsid w:val="00F0437A"/>
-    <w:rsid w:val="00F05B85"/>
     <w:rsid w:val="00F101B8"/>
     <w:rsid w:val="00F10C7D"/>
-    <w:rsid w:val="00F10CC6"/>
     <w:rsid w:val="00F11037"/>
-    <w:rsid w:val="00F12413"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F14886"/>
     <w:rsid w:val="00F16F1B"/>
-    <w:rsid w:val="00F205CE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F23908"/>
     <w:rsid w:val="00F250A9"/>
     <w:rsid w:val="00F267AF"/>
-    <w:rsid w:val="00F308E5"/>
-    <w:rsid w:val="00F30A5C"/>
     <w:rsid w:val="00F30FF4"/>
     <w:rsid w:val="00F3122E"/>
     <w:rsid w:val="00F32368"/>
     <w:rsid w:val="00F331AD"/>
     <w:rsid w:val="00F35287"/>
     <w:rsid w:val="00F40A70"/>
-    <w:rsid w:val="00F41407"/>
+    <w:rsid w:val="00F42F0B"/>
     <w:rsid w:val="00F43A37"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F46EB8"/>
-    <w:rsid w:val="00F473E2"/>
-    <w:rsid w:val="00F47595"/>
     <w:rsid w:val="00F476B8"/>
     <w:rsid w:val="00F50CD1"/>
     <w:rsid w:val="00F511E4"/>
     <w:rsid w:val="00F52D09"/>
     <w:rsid w:val="00F52E08"/>
     <w:rsid w:val="00F53A66"/>
     <w:rsid w:val="00F5462D"/>
     <w:rsid w:val="00F55B21"/>
     <w:rsid w:val="00F56EF6"/>
     <w:rsid w:val="00F60082"/>
-    <w:rsid w:val="00F61896"/>
     <w:rsid w:val="00F61A9F"/>
     <w:rsid w:val="00F61B5F"/>
-    <w:rsid w:val="00F61DD9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F6327D"/>
     <w:rsid w:val="00F64696"/>
-    <w:rsid w:val="00F65900"/>
+    <w:rsid w:val="00F64D8C"/>
     <w:rsid w:val="00F65AA9"/>
-    <w:rsid w:val="00F65E13"/>
     <w:rsid w:val="00F6768F"/>
     <w:rsid w:val="00F72115"/>
-    <w:rsid w:val="00F72AA8"/>
     <w:rsid w:val="00F72C2C"/>
     <w:rsid w:val="00F741F2"/>
-    <w:rsid w:val="00F741F8"/>
-    <w:rsid w:val="00F76B38"/>
     <w:rsid w:val="00F76CAB"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F77F59"/>
-    <w:rsid w:val="00F809FE"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00F81532"/>
     <w:rsid w:val="00F815B5"/>
-    <w:rsid w:val="00F81BFD"/>
-    <w:rsid w:val="00F82861"/>
+    <w:rsid w:val="00F8321B"/>
+    <w:rsid w:val="00F834D2"/>
     <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F868E3"/>
     <w:rsid w:val="00F938BA"/>
-    <w:rsid w:val="00F965F8"/>
     <w:rsid w:val="00F972B1"/>
     <w:rsid w:val="00F97919"/>
-    <w:rsid w:val="00FA18FF"/>
-    <w:rsid w:val="00FA1F8F"/>
     <w:rsid w:val="00FA2C46"/>
     <w:rsid w:val="00FA3525"/>
     <w:rsid w:val="00FA5A53"/>
-    <w:rsid w:val="00FA5B7F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FB09C5"/>
+    <w:rsid w:val="00FB1012"/>
     <w:rsid w:val="00FB3501"/>
-    <w:rsid w:val="00FB421F"/>
-    <w:rsid w:val="00FB4532"/>
     <w:rsid w:val="00FB4769"/>
     <w:rsid w:val="00FB4CDA"/>
     <w:rsid w:val="00FB5B4E"/>
-    <w:rsid w:val="00FB60BC"/>
-    <w:rsid w:val="00FB6440"/>
     <w:rsid w:val="00FB6481"/>
     <w:rsid w:val="00FB6D36"/>
-    <w:rsid w:val="00FB6E1E"/>
+    <w:rsid w:val="00FC01B8"/>
     <w:rsid w:val="00FC0965"/>
     <w:rsid w:val="00FC0F81"/>
     <w:rsid w:val="00FC252F"/>
     <w:rsid w:val="00FC395C"/>
     <w:rsid w:val="00FC5E8E"/>
-    <w:rsid w:val="00FC6BDB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FD2DA3"/>
     <w:rsid w:val="00FD3766"/>
-    <w:rsid w:val="00FD41C6"/>
     <w:rsid w:val="00FD47C4"/>
-    <w:rsid w:val="00FD4F48"/>
+    <w:rsid w:val="00FE1557"/>
     <w:rsid w:val="00FE2DCF"/>
     <w:rsid w:val="00FE3FA7"/>
-    <w:rsid w:val="00FE6730"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FF2256"/>
+    <w:rsid w:val="00FE660E"/>
+    <w:rsid w:val="00FE6FD4"/>
     <w:rsid w:val="00FF2A4E"/>
     <w:rsid w:val="00FF2FCE"/>
     <w:rsid w:val="00FF4F7D"/>
     <w:rsid w:val="00FF6D9D"/>
     <w:rsid w:val="00FF7DD5"/>
-    <w:rsid w:val="03363CBF"/>
-[...2 lines deleted...]
-    <w:rsid w:val="65C4200F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="20609C5E"/>
-  <w15:docId w15:val="{E21B6BAE-8FC1-4D5A-AA84-C1D36D71113F}"/>
+  <w15:docId w15:val="{3531B8DC-BA3B-48BD-BFBF-40C7B3A3E634}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17566,51 +12343,51 @@
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="60"/>
     <w:lsdException w:name="Dark List" w:uiPriority="61"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="62"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="63"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="64"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Revision" w:uiPriority="71"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="72" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="73" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="60" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Colorful Shading Accent 1"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="65"/>
@@ -18093,51 +12870,51 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodynospace">
     <w:name w:val="Body no space"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00F772C6"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet1">
     <w:name w:val="Bullet 1"/>
     <w:basedOn w:val="Body"/>
     <w:qFormat/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="7"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="40"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocumentMap">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="DocumentMapChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001D60EC"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
     <w:name w:val="Document Map Char"/>
     <w:link w:val="DocumentMap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="001D60EC"/>
     <w:rPr>
@@ -18397,170 +13174,173 @@
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00A3613B"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="440" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="006170"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00BC7ED7"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Accessibilitypara">
     <w:name w:val="Accessibility para"/>
     <w:uiPriority w:val="8"/>
-    <w:rsid w:val="00FB5B4E"/>
+    <w:rsid w:val="00AA1EB2"/>
     <w:pPr>
-      <w:spacing w:before="120" w:after="200" w:line="300" w:lineRule="atLeast"/>
+      <w:spacing w:before="360" w:after="200" w:line="300" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="19"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Figurecaption">
     <w:name w:val="Figure caption"/>
     <w:next w:val="Body"/>
     <w:rsid w:val="00B04489"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="120" w:line="250" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet2">
     <w:name w:val="Bullet 2"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="7"/>
+        <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="40"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodyafterbullets">
     <w:name w:val="Body after bullets"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00E11352"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebullet2">
     <w:name w:val="Table bullet 2"/>
     <w:basedOn w:val="Tabletext"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="9"/>
+        <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:semiHidden/>
     <w:rsid w:val="00152073"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebullet1">
     <w:name w:val="Table bullet 1"/>
     <w:basedOn w:val="Tabletext"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZTablebullets">
     <w:name w:val="ZZ Table bullets"/>
     <w:basedOn w:val="NoList"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="9"/>
+        <w:numId w:val="3"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablecolhead">
     <w:name w:val="Table col head"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00A3613B"/>
     <w:pPr>
       <w:spacing w:before="80" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="006170"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletafternumbers1">
     <w:name w:val="Bullet after numbers 1"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
-      <w:ind w:left="794" w:hanging="397"/>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009E7A69"/>
     <w:rPr>
       <w:color w:val="004C97"/>
       <w:u w:val="dotted"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Documentsubtitle">
     <w:name w:val="Document subtitle"/>
     <w:uiPriority w:val="8"/>
     <w:rsid w:val="00A3613B"/>
     <w:pPr>
       <w:spacing w:after="100" w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="53565A"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
@@ -18626,224 +13406,225 @@
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:semiHidden/>
     <w:rsid w:val="00152073"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="28"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZBullets">
     <w:name w:val="ZZ Bullets"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="7"/>
+        <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZNumbersdigit">
     <w:name w:val="ZZ Numbers digit"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="2"/>
+        <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZQuotebullets">
     <w:name w:val="ZZ Quote bullets"/>
     <w:basedOn w:val="ZZNumbersdigit"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="11"/>
+        <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberdigit">
     <w:name w:val="Number digit"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="2"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="397" w:hanging="397"/>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberloweralphaindent">
     <w:name w:val="Number lower alpha indent"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="794" w:hanging="397"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="6"/>
+      </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberdigitindent">
     <w:name w:val="Number digit indent"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="794" w:hanging="397"/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberloweralpha">
     <w:name w:val="Number lower alpha"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:ind w:left="397" w:hanging="397"/>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberlowerroman">
     <w:name w:val="Number lower roman"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Numberlowerromanindent">
     <w:name w:val="Number lower roman indent"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="3"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="13"/>
+        <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Quotetext">
     <w:name w:val="Quote text"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="00152073"/>
     <w:pPr>
       <w:ind w:left="397"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablefigurenote">
     <w:name w:val="Table/figure note"/>
     <w:uiPriority w:val="4"/>
     <w:rsid w:val="004A4195"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodyaftertablefigure">
     <w:name w:val="Body after table/figure"/>
     <w:basedOn w:val="Body"/>
     <w:next w:val="Body"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00951D50"/>
     <w:pPr>
       <w:spacing w:before="240"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletafternumbers2">
     <w:name w:val="Bullet after numbers 2"/>
     <w:basedOn w:val="Body"/>
     <w:rsid w:val="003D7E30"/>
     <w:pPr>
-      <w:ind w:left="1191" w:hanging="397"/>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="1"/>
+      </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZNumberslowerroman">
     <w:name w:val="ZZ Numbers lower roman"/>
     <w:basedOn w:val="ZZQuotebullets"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="13"/>
+        <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZNumbersloweralpha">
     <w:name w:val="ZZ Numbers lower alpha"/>
     <w:basedOn w:val="NoList"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="20"/>
+        <w:numId w:val="6"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Quotebullet1">
     <w:name w:val="Quote bullet 1"/>
     <w:basedOn w:val="Quotetext"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="11"/>
+        <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Quotebullet2">
     <w:name w:val="Quote bullet 2"/>
     <w:basedOn w:val="Quotetext"/>
     <w:rsid w:val="00337339"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="11"/>
+        <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00982454"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00982454"/>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
@@ -18961,226 +13742,125 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Imprint">
     <w:name w:val="Imprint"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:pPr>
       <w:spacing w:after="60" w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Introtext">
     <w:name w:val="Intro text"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00A3613B"/>
     <w:pPr>
       <w:spacing w:line="320" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="006170"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="004C5103"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DHHSbody">
     <w:name w:val="DHHS body"/>
     <w:link w:val="DHHSbodyChar"/>
-    <w:qFormat/>
-    <w:rsid w:val="00714325"/>
+    <w:rsid w:val="0097789B"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="270" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DHHSbodyChar">
     <w:name w:val="DHHS body Char"/>
     <w:link w:val="DHHSbody"/>
     <w:locked/>
-    <w:rsid w:val="00714325"/>
+    <w:rsid w:val="0097789B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial"/>
       <w:lang w:eastAsia="en-US"/>
-    </w:rPr>
-[...52 lines deleted...]
-      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="79836267">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="137504755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="94056959">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="177696124">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="299071615">
-      <w:bodyDiv w:val="1"/>
-[...37 lines deleted...]
-    <w:div w:id="749546342">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="851146005">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -19202,142 +13882,103 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="617221559">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
-    <w:div w:id="1239828774">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1409155498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1410925346">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1441948880">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1479298443">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="1491293446">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1609505145">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1729256701">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1748379978">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -19345,85 +13986,72 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1997301538">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2027054171">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="2146117194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labourhireauthority.vic.gov.au/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.vic.gov.au/policy-and-funding-guidelines-for-health-services" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au/rights-and-responsibilities/disability-worker-code-of-conduct" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.vic.gov.au/policy-and-funding-guidelines-for-health-services" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/safety-screening-policy" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/service-agreement" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au/prohibition-orders" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:MonitoringFramework.Helpdesk@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/disability" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afp.gov.au/our-services/national-police-checks/spent-convictions-laws-police-checks" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.vic.gov.au/publications/standardised-student-induction-protocol" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vic.gov.au/ndis-worker-screening-check" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au/disability-worker-registration" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/labour-hire-procedures" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SApolicy@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpmanual.vic.gov.au/policies-and-procedures/national-police-history-checks/csos-undertaking-national-police-history" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au/complaints-and-notifications/complaints" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/housing" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/AgencyMonitoringandFunding-DHHS-GRP/Shared%20Documents/General/Safety%20screening%20policy%20update%202023/2024%20safety%20screening%20docs/Working%20with%20Children%20Check" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:mailtot:SApolicy%20(DFFH)%20%3cSApolicy@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/families-fairness-housing-health-activity-search" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpmanual.vic.gov.au/advice-and-protocols/advice/out-home-care/working-childrens-check-kinship-carers-advice" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpmanual.vic.gov.au/advice-and-protocols/information-sheets/kinship-care/working-children-clearance-kinship-carers-and" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au/notifications" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dhhs.vic.gov.au/record-storage-and-destruction" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/families-fairness-housing-health-activity-search" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vic.gov.au/worker-and-carer-exclusion-scheme" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpmanual.vic.gov.au/advice-and-protocols/information-sheets/kinship-care/working-children-clearance-kinship-carers-and" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.vic.gov.au/policy-and-funding-guidelines-for-health-services" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.vic.gov.au/policy-and-funding-guidelines-for-health-services" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vic.gov.au/working-with-children-check" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.health.vic.gov.au/publications/standardised-student-induction-protocol" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/disability" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au/notifications" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpmanual.vic.gov.au/advice-and-protocols/information-sheets/kinship-care/working-children-clearance-kinship-carers-and" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au/prohibition-orders" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/safety-screening-policy" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/housing" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afp.gov.au/our-services/national-police-checks/spent-convictions-laws-police-checks" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au/rights-and-responsibilities/disability-worker-code-of-conduct" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:monitoringframework.helpdesk@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au/disability-worker-registration" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/service-agreement" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cpmanual.vic.gov.au/policies-and-procedures/national-police-history-checks/csos-undertaking-national-police-history" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vdwc.vic.gov.au/complaints-and-notifications/complaints" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SApolicy@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -19688,239 +14316,230 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
-    <SharedWithUsers xmlns="51ef5222-d273-4e86-adbf-8aa3d9e99a84">
+    <SharedWithUsers xmlns="4e0e260c-6ea3-4ee1-8b1a-9dcf29b9b192">
       <UserInfo>
-        <DisplayName>Daryl Glynn (DFFH)</DisplayName>
-        <AccountId>130</AccountId>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="06badf41-c0a1-41a6-983a-efd542c2c878">
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ba9dd2b7-399c-4633-a2c8-a86a36d4dd78">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <Caption xmlns="06badf41-c0a1-41a6-983a-efd542c2c878" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009F0C4347C5C6D34BA8C9FCC4F57D19B6" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="0c3b25750aaa4907d0800f2715a4d6a9">
-[...2 lines deleted...]
-    <xsd:import namespace="51ef5222-d273-4e86-adbf-8aa3d9e99a84"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EBCA8D3B20A242448DF9737BF89AC897" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ff6f97bf45b98e1c9aa018bc33ed9bfa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ba9dd2b7-399c-4633-a2c8-a86a36d4dd78" xmlns:ns3="4e0e260c-6ea3-4ee1-8b1a-9dcf29b9b192" xmlns:ns4="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ba2d5e2babb5a57113b1ec013cb91280" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="ba9dd2b7-399c-4633-a2c8-a86a36d4dd78"/>
+    <xsd:import namespace="4e0e260c-6ea3-4ee1-8b1a-9dcf29b9b192"/>
     <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
-[...4 lines deleted...]
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
-                <xsd:element ref="ns2:Caption" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="06badf41-c0a1-41a6-983a-efd542c2c878" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ba9dd2b7-399c-4633-a2c8-a86a36d4dd78" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="13" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="14" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...18 lines deleted...]
-        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="6e24e156-28e6-48ad-9c0f-4171595c9d94" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Caption" ma:index="25" nillable="true" ma:displayName="Caption" ma:format="Dropdown" ma:internalName="Caption">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="26" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="51ef5222-d273-4e86-adbf-8aa3d9e99a84" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4e0e260c-6ea3-4ee1-8b1a-9dcf29b9b192" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{d5a02ebc-a532-4cc7-9416-7e8309854dba}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="51ef5222-d273-4e86-adbf-8aa3d9e99a84">
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{66807d94-578d-4c0d-9bb3-aa6c6c4c63e3}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4e0e260c-6ea3-4ee1-8b1a-9dcf29b9b192">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -19988,1104 +14607,337 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="4e0e260c-6ea3-4ee1-8b1a-9dcf29b9b192"/>
+    <ds:schemaRef ds:uri="ba9dd2b7-399c-4633-a2c8-a86a36d4dd78"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C30E650E-AC1E-48EA-81B8-1F904E97E90D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DA53ACD-A7AD-4139-A02C-F71BEBF325EC}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ba9dd2b7-399c-4633-a2c8-a86a36d4dd78"/>
+    <ds:schemaRef ds:uri="4e0e260c-6ea3-4ee1-8b1a-9dcf29b9b192"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="ba9dd2b7-399c-4633-a2c8-a86a36d4dd78"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...10 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71EB3608-5800-45FA-919B-E5570DE2FD9D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>5057</Words>
-  <Characters>28829</Characters>
+  <Words>4309</Words>
+  <Characters>29901</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>240</Lines>
-  <Paragraphs>67</Paragraphs>
+  <Lines>249</Lines>
+  <Paragraphs>68</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Safety screening policy for funded organisations</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Manager/>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33819</CharactersWithSpaces>
+  <CharactersWithSpaces>34142</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
-    <vt:vector size="312" baseType="variant">
+    <vt:vector size="48" baseType="variant">
       <vt:variant>
-        <vt:i4>65566</vt:i4>
+        <vt:i4>7602296</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>246</vt:i4>
+        <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>https://providers.dffh.vic.gov.au/safety-screening-policy</vt:lpwstr>
+        <vt:lpwstr>https://intranet.dhhs.vic.gov.au/graphic-design-process</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>5701672</vt:i4>
+        <vt:i4>7209064</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>243</vt:i4>
+        <vt:i4>33</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:MonitoringFramework.Helpdesk@dffh.vic.gov.au</vt:lpwstr>
+        <vt:lpwstr>https://intranet.dhhs.vic.gov.au/print-and-distribute-communications-materials</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4522110</vt:i4>
+        <vt:i4>3145752</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>240</vt:i4>
+        <vt:i4>30</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:SApolicy@dffh.vic.gov.au</vt:lpwstr>
+        <vt:lpwstr>http://library.intranet.vic.gov.au/client/en_US/vglsweb-dh-dhs/;jsessionid=CC61035498BF1611F26BEBCD4A100F9A.enterprise-14600?rm=ISBN0%7C%7C%7C1%7C%7C%7C0%7C%7C%7Ctrue</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6357017</vt:i4>
+        <vt:i4>7864376</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>237</vt:i4>
+        <vt:i4>27</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:mailtot:SApolicy%20(DFFH)%20%3cSApolicy@dffh.vic.gov.au</vt:lpwstr>
+        <vt:lpwstr>https://intranet.dhhs.vic.gov.au/templates-our-visual-style</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8192042</vt:i4>
+        <vt:i4>1310776</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>234</vt:i4>
-[...431 lines deleted...]
-        <vt:i4>143</vt:i4>
+        <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc175302473</vt:lpwstr>
+        <vt:lpwstr>_Toc480380487</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1441840</vt:i4>
+        <vt:i4>1310776</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>137</vt:i4>
+        <vt:i4>14</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc175302472</vt:lpwstr>
+        <vt:lpwstr>_Toc480380486</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1441840</vt:i4>
+        <vt:i4>1310776</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>131</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc175302471</vt:lpwstr>
+        <vt:lpwstr>_Toc480380485</vt:lpwstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1441840</vt:i4>
+        <vt:i4>1310776</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>125</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>_Toc175302470</vt:lpwstr>
-[...359 lines deleted...]
-        <vt:lpwstr>_Toc175302450</vt:lpwstr>
+        <vt:lpwstr>_Toc480380484</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Safety Screening policy for funded organisations</dc:title>
-[...1 lines deleted...]
-  <cp:keywords>#Safety_screening; #funded_organisations</cp:keywords>
+  <dc:title>Safety screening policy for funded organisations</dc:title>
+  <dc:subject>Safety screening</dc:subject>
+  <dc:creator>Service Agreement Policy Branch</dc:creator>
+  <cp:keywords>safety screening, policy checks, referee checks</cp:keywords>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
-    <vt:lpwstr>0x0101009F0C4347C5C6D34BA8C9FCC4F57D19B6</vt:lpwstr>
+    <vt:lpwstr>0x010100EBCA8D3B20A242448DF9737BF89AC897</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="version">
-    <vt:lpwstr>2022v1 15032022 sbv3 06042022</vt:lpwstr>
+    <vt:lpwstr>2022v1 15032022 sbv5 18122025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="GrammarlyDocumentId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SetDate">
+    <vt:lpwstr>2022-04-06T07:57:39Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Name">
+    <vt:lpwstr>43e64453-338c-4f93-8a4d-0039a0a41f2a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SiteId">
+    <vt:lpwstr>c0e0601f-0fac-449c-9c88-a104c4eb9f28</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ActionId">
+    <vt:lpwstr>3d3d785a-2821-4cc0-9c25-64729886ceba</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="GrammarlyDocumentId">
     <vt:lpwstr>ad05599096f84ab05bf51eb5035869e522a28e7d9717fe37bdaa4bdf8b1ae8a1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MediaServiceImageTags">
     <vt:lpwstr/>
-  </property>
-[...19 lines deleted...]
-    <vt:lpwstr>2</vt:lpwstr>
   </property>
 </Properties>
 </file>