--- v0 (2025-12-13)
+++ v1 (2026-02-10)
@@ -57,59 +57,60 @@
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description>Generated by Oracle BI Publisher 12.2.1.3.0</dc:description>
   <cp:lastModifiedBy>User</cp:lastModifiedBy>
   <cp:revision>2</cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF">2013-02-11T20:57:00Z</dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF">2013-02-11T20:57:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=word\_rels\document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/>
 <Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/>
 <Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/>
 <Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/>
 <Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/>
 <Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/>
 <Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/>
 <Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/>
 <Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aihw.gov.au/about-our-data/our-data-collections/specialist-homelessness-services-collection" TargetMode="External"/>
 <Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/homelessness-services-guidelines-and-conditions-funding" TargetMode="External"/>
 <Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/publications/victorias-homelessness-and-rough-sleeping-action-plan" TargetMode="External"/>
-<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dhhs.vic.gov.au/victorian-housing-register" TargetMode="External"/>
+<Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/victorian-housing-register" TargetMode="External"/>
 <Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dhhs.vic.gov.au/sites/default/files/2019-11/PRAP%20Guidelines%20revised%202019.pdf" TargetMode="External"/>
 <Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vahhf.org.au/wp-content/uploads/2023/09/victorian-aboriginal-housing-and-homelessness-framework_complete_26_02_20-2.pdf" TargetMode="External"/>
 <Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vahhf.org.au/wp-content/uploads/2023/09/Blueprint.pdf" TargetMode="External"/>
 <Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://chp.org.au/wp-content/uploads/2022/04/Aboriginal-Homelessness-An-Aboriginal-Cultural-Safety-Framework-for-the-Specialist-Homelessness-Sector-4th-draft-with-hi-res-pic-attribution.pdf" TargetMode="External"/>
 <Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/sites/default/files/2020-07/11_VHR_Homeless_with_Support_operational_guideline%20June%202020.docx" TargetMode="External"/>
 <Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/aboriginal-private-rental-assistance-program-aprap-guidelines" TargetMode="External"/>
-<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://providers.dffh.vic.gov.au/families-fairness-housing-health-activity-search" TargetMode="External"/>
-<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
+<Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/policies-and-procedures" TargetMode="External"/>
+<Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://providers.dffh.vic.gov.au/families-fairness-housing-health-activity-search" TargetMode="External"/>
+<Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/>
 </Relationships>
 
 </file>
 
 <file path=word\_rels\footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/>
 </Relationships>
 
 </file>
 
 <file path=word\_rels\footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/>
 </Relationships>
 
 </file>
 
 <file path=word\document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:spacing w:before="100" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="-699"/>
@@ -813,71 +814,71 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>&lt;https://www.dffh.vic.gov.au/publications/victorias-homelessness-and-rough-sleeping-action-plan&gt;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="3366FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="3366FF"/>
             <w:sz w:val="20"/>
           </w:rPr>
-          <w:t>Further information on the Victorian Housing Register</w:t>
+          <w:t>Victorian Housing Register</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="40" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="395" w:right="105"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>&lt;https://fac.dhhs.vic.gov.au/victorian-housing-register&gt;</w:t>
+        <w:t>&lt;https://fac.dffh.vic.gov.au/victorian-housing-register&gt;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="40" w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="3366FF"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId15" w:tgtFrame="_blank" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="3366FF"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Private Rental Assistance Guidelines</w:t>
         </w:r>
       </w:hyperlink>
@@ -1092,50 +1093,93 @@
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
             <w:color w:val="3366FF"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>Aboriginal Private Rental Assistance Guidelines</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="40" w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="395" w:right="105"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>&lt;https://fac.dffh.vic.gov.au/aboriginal-private-rental-assistance-program-aprap-guidelines&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="40" w:line="270" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="3366FF"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+            <w:color w:val="3366FF"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>Homelessness and Housing Support Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="40" w:line="270" w:lineRule="atLeast"/>
+        <w:ind w:left="395" w:right="105"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>&lt;https://fac.dffh.vic.gov.au/policies-and-procedures&gt;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="270" w:lineRule="atLeast"/>
         <w:ind w:left="111" w:right="105"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="320" w:after="200" w:line="440" w:lineRule="atLeast"/>
         <w:ind w:left="111" w:right="105"/>
@@ -3414,51 +3458,51 @@
           <w:p>
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="100" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">© State of Victoria, Australia, Department of Families, Fairness and Housing, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
-              <w:t>July 2024</w:t>
+              <w:t>January 2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="100" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -3512,51 +3556,51 @@
                 <w:color w:val="3366FF"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Department of Families, Fairness and Housing and Department of Health </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>activity search</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="100" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="108" w:right="108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
+            <w:hyperlink r:id="rId22" w:tgtFrame="_blank" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                   <w:color w:val="3366FF"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>&lt;http://providers.dffh.vic.gov.au/families-fairness-housing-health-activity-search</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>&gt;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="100" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="111" w:right="105"/>