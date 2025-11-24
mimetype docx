--- v0 (2025-10-27)
+++ v1 (2025-11-24)
@@ -1700,51 +1700,59 @@
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="00B661E4">
               <w:t>The organisation providing the service to the child or young person. A service provider may be:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31C1963B" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00B661E4">
               <w:t xml:space="preserve">the department where it provides services directly to clients (such as Child Protection) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AAD35CA" w14:textId="703F9A9B" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00B661E4">
               <w:t>department-funded organisations (such as an A</w:t>
             </w:r>
             <w:r w:rsidR="00FC082B">
               <w:t>boriginal Children in Aboriginal Care (ACAC)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B661E4">
-              <w:t xml:space="preserve"> provider or the organisation employing, accrediting or supporting a carer of a child or young person). </w:t>
+              <w:t xml:space="preserve"> provider or the organisation employing, accrediting or supporting a </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B661E4">
+              <w:t>carer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B661E4">
+              <w:t xml:space="preserve"> of a child or young person). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035009E" w:rsidRPr="00B661E4" w14:paraId="422641F3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10DD5553" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B661E4">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Subject of allegation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1813,56 +1821,68 @@
     </w:p>
     <w:p w14:paraId="5DD4C9F9" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>The Client Incident Management System (CIMS) is an incident reporting and management framework. It applies to community services funded or delivered by the Department of Families, Fairness and Housing in Victoria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47552D46" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">The purpose of CIMS is to protect the safety and wellbeing of children and young people in care. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B6ABC6" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">Incident reports and investigations can help service providers to understand how incidents occur. The right response can also prevent similar incidents from occurring again. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FE8A07F" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+    <w:p w14:paraId="5FE8A07F" w14:textId="63C63878" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
-        <w:t xml:space="preserve">CIMS respects all people involved in an incident. It encourages hearing their values, beliefs and circumstances. </w:t>
+        <w:t>CIMS</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA068D">
+        <w:t xml:space="preserve"> requires</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve"> respect</w:t>
+      </w:r>
+      <w:r w:rsidR="007B135F">
+        <w:t xml:space="preserve"> to be shown to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve"> all people involved in an incident. It encourages hearing their values, beliefs and circumstances. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="341EB0F3" w14:textId="77777777" w:rsidR="00A2194C" w:rsidRDefault="00A2194C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="201547"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc204862194"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A62129B" w14:textId="0C8A63AE" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Toc210716144"/>
       <w:r w:rsidRPr="00B661E4">
         <w:lastRenderedPageBreak/>
         <w:t>Reporting responsibilities</w:t>
@@ -2251,68 +2271,60 @@
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>reporting alleged criminal acts including allegations of child abuse or neglect.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50419340" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">Service providers will respect the rights of the child or young person (their client) and support them through the investigation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBACD85" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00F95939" w:rsidRDefault="0035009E" w:rsidP="00F95939">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00F95939">
         <w:t xml:space="preserve">service provider will also support carers who are employed, accredited or supported by them. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F6B6E43" w14:textId="5A393B23" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="00F95939">
+    <w:p w14:paraId="5F6B6E43" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="00F95939">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00F95939">
         <w:t>For more in</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
-        <w:t xml:space="preserve">formation see: </w:t>
-[...8 lines deleted...]
-      </w:hyperlink>
+        <w:t>formation see: Information for carers involved in a Victoria Police investigation</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3771DF6D" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_Toc204862198"/>
       <w:bookmarkStart w:id="14" w:name="_Toc210716148"/>
       <w:r w:rsidRPr="00B661E4">
         <w:t>Incident investigations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="15" w:name="_Toc184406350"/>
@@ -2410,205 +2422,221 @@
     <w:p w14:paraId="51C9C822" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">An investigation will involve collecting evidence, including interviews and information from carers. Major impact incidents with compelling evidence such as CCTV footage may not need further evidence collected. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="450FA235" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">Detailed information on incident investigation is in </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>chapter 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>CIMS policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03CEADA4" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>As well as investigating the incident, the service provider may need to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE80CA6" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>report the allegation to Victoria Police. The service provider will need to wait for the outcome of the criminal investigation before commencing a CIMS investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="233A0C41" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Hlk193805508"/>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">refer the matter to the Commissioner for Children and Young People (CCYP) under the Reportable Conduct Scheme (RCS). More information is available from </w:t>
       </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00B661E4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>CCYP - About the Reportable Conduct Scheme</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04F4EC30" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">When applicable, the department shares incident information with the Social Services Regulator. This happens under a strict </w:t>
+      </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="21"/>
-[...1 lines deleted...]
-          <w:t>CCYP - About the Reportable Conduct Scheme</w:t>
+          </w:rPr>
+          <w:t>information sharing protocol</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="6"/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">When applicable, the department shares incident information with the Social Services Regulator. This happens under a strict </w:t>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4315A75B" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">Any person can report the conduct of a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t>carer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve"> in scope of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>information sharing protocol</w:t>
+          <w:t>Worker and Carer Exclusion Scheme</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="7"/>
+        <w:footnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4315A75B" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+    <w:p w14:paraId="30C2378F" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc204862201"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc210716151"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t>Support for carers during an investigation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
+    </w:p>
+    <w:p w14:paraId="25DA3933" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
-        <w:t xml:space="preserve">Any person can report the conduct of a carer in scope of the </w:t>
-[...36 lines deleted...]
-      <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">Processes are in place to ensure carers experience respect and fairness. The carer should expect to experience: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD1219C" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>respect and recognition as an individual with their own needs, as a carer and as someone with special knowledge of the person in their care</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55032D78" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
-        <w:t>support as an individual and as a carer, including during changes to the care relationship</w:t>
+        <w:t xml:space="preserve">support as an individual and as a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t>carer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t>, including during changes to the care relationship</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75F43F97" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>recognition for their efforts and dedication as a carer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36386C62" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>consideration for their views and cultural identity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA2AE10" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>recognition for their social wellbeing and health</w:t>
       </w:r>
@@ -2621,51 +2649,51 @@
     </w:p>
     <w:p w14:paraId="54FC7A12" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>chapter 2.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>CIMS policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkStart w:id="23" w:name="_Ref205893324"/>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="9"/>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve"> for carer support requirements. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74E3F1B5" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="24" w:name="_Toc204862202"/>
@@ -2737,51 +2765,51 @@
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>See</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>chapter 4.2</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>CIMS policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0076102E" w:rsidRPr="0076102E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0076102E" w:rsidRPr="0076102E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> NOTEREF _Ref205893324 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="0076102E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
@@ -2883,51 +2911,51 @@
     </w:p>
     <w:p w14:paraId="2B9416FD" w14:textId="7789B7F2" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>chapter 2.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>CIMS policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0076102E" w:rsidRPr="0076102E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="0076102E" w:rsidRPr="0076102E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> NOTEREF _Ref205893324 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="0076102E">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
@@ -3094,51 +3122,51 @@
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>See</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4" w:rsidDel="006444CD">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>chapter 2.7 and 4.5</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>CIMS policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkStart w:id="27" w:name="_Ref205904646"/>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="10"/>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="00B661E4" w:rsidDel="005C6F5F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">for investigation requirements and </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
@@ -3179,51 +3207,51 @@
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>See</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>chapter 4.5</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>CIMS policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006205A7" w:rsidRPr="00B963C9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="006205A7" w:rsidRPr="00B963C9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> NOTEREF _Ref205904646 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00B963C9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
@@ -3321,51 +3349,51 @@
         <w:rPr>
           <w:rStyle w:val="BodyChar"/>
         </w:rPr>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="BodyChar"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>chapter 2.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="BodyChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>CIMS policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006205A7" w:rsidRPr="00B963C9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="006205A7" w:rsidRPr="00B963C9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> NOTEREF _Ref205904646 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00B963C9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
@@ -3421,124 +3449,124 @@
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>Carers have a right to raise concerns during the investigation. Service providers must provide opportunities for carers to share their views.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52739278" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>Service providers should inform carers of the service provider review and complaint processes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36C6DAF0" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">See </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30" w:history="1">
+      <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Making a complaint</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="11"/>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve"> for the department’s feedback and complaints process.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05C9FEC2" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31" w:history="1">
+      <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Victorian Ombudsman</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="12"/>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve"> also accepts complaints. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313F1C96" w14:textId="4C79B364" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="00FB46E5">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="BodyChar"/>
         </w:rPr>
         <w:t xml:space="preserve">See </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="BodyChar"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>chapter 2.7</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="BodyChar"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>CIMS policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E63B87" w:rsidRPr="00B963C9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E63B87" w:rsidRPr="00B963C9">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> NOTEREF _Ref205904646 \h </w:instrText>
       </w:r>
       <w:r w:rsidR="00E63B87">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> \* MERGEFORMAT </w:instrText>
@@ -3838,229 +3866,229 @@
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>See</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4" w:rsidDel="00D51412">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>chapter 4.8</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00B661E4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>CIMS policy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B661E4">
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="13"/>
+      </w:r>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve"> for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B661E4">
+        <w:rPr>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>details about reviews of investigation outcomes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DB57F09" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Toc204862208"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc210716156"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t>Support to manage stress and anxiety</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D768FD" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">Carers may experience stress and/or anxiety because of the allegation and investigation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E3A153" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">The carer’s liaison person can refer carers to support services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B0F12D" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Toc204862209"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t>Aboriginal carers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A21274A" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">Aboriginal carers can also seek support from ACSASS or the ACAC provider. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34ECF07D" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc204862210"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t>Foster Carers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w14:paraId="00D2C481" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">The Foster Care Association of Victoria (FCAV) Carer Advocates can support foster carers with: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C93B37" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">interview preparation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F18938" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">attending CIMS interviews </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7729FF52" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="002F4E5C">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t>debrief following interviews.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2134EA69" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">Foster carers can also access the FCAV’s Carer Assistance Program (CAP). The CAP is a free, short-term counselling service for eligible carers across Victoria. CAP provides therapeutic support to carers who are the subject of an allegation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06117286" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">More information, including a link to services for carers in crisis, is on </w:t>
+      </w:r>
       <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:szCs w:val="21"/>
-[...1 lines deleted...]
-          <w:t>CIMS policy</w:t>
+          </w:rPr>
+          <w:t>the FCAV website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
-        <w:footnoteReference w:id="13"/>
-[...21 lines deleted...]
-      <w:bookmarkEnd w:id="39"/>
+        <w:footnoteReference w:id="14"/>
+      </w:r>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="666330E1" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc204862211"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:lastRenderedPageBreak/>
+        <w:t>Kinship carers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D768FD" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+    <w:p w14:paraId="06571C68" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
-        <w:t xml:space="preserve">Carers may experience stress and/or anxiety because of the allegation and investigation. </w:t>
-[...89 lines deleted...]
-        <w:t xml:space="preserve">More information, including a link to services for carers in crisis, is on </w:t>
+        <w:t xml:space="preserve">Kinship and other carers can contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
-        <w:r w:rsidRPr="00B661E4">
-[...38 lines deleted...]
-      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Kinship Carers Victoria (KCV)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="15"/>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve"> for support.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E96E23" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="43" w:name="_Toc204862212"/>
       <w:r w:rsidRPr="00B661E4">
         <w:t>Residential care staff</w:t>
       </w:r>
@@ -4089,53 +4117,61 @@
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="706C52A0" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>An investigation may recommend improvements to the quality of service delivery and care. A carer development plan can help to improve the quality of care that a carer provides to a client. The liaison person leads the development of the carer development plan. The carer and child or young person can contribute where appropriate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06AAAB88" w14:textId="77777777" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
         <w:t>Carer development plans address significant or repeated concerns about carers in out-of-home care. Carer development plans focus on promoting practice improvement by carers.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:p w14:paraId="5C8326FE" w14:textId="6E09D443" w:rsidR="0035009E" w:rsidRPr="00B661E4" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00B661E4">
-        <w:t xml:space="preserve">A copy of a carer development plan template is available here: </w:t>
-[...1 lines deleted...]
-      <w:hyperlink r:id="rId36" w:history="1">
+        <w:t xml:space="preserve">A copy of a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t>carer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B661E4">
+        <w:t xml:space="preserve"> development plan template is available here: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00B661E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Carer development plan - CIMS</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00EF5102">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="16"/>
       </w:r>
       <w:r w:rsidRPr="00B661E4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="597CB054" w14:textId="77777777" w:rsidR="0035009E" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
     </w:p>
@@ -4144,51 +4180,51 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10194"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AD158D" w14:paraId="107581A4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10194" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A747EE8" w14:textId="77777777" w:rsidR="005D5089" w:rsidRPr="00B661E4" w:rsidRDefault="005D5089" w:rsidP="005D5089">
             <w:pPr>
               <w:pStyle w:val="Accessibilitypara"/>
             </w:pPr>
             <w:bookmarkStart w:id="47" w:name="_Hlk37240926"/>
             <w:r w:rsidRPr="00B661E4">
               <w:t xml:space="preserve">To receive this document in another format, email the CIMS Support team at </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="00B661E4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>CIMS@dffh.vic.gov.au</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="02355A75" w14:textId="77777777" w:rsidR="005D5089" w:rsidRPr="00B661E4" w:rsidRDefault="005D5089" w:rsidP="005D5089">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B661E4">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53DBFB9E" w14:textId="32BFC864" w:rsidR="005D5089" w:rsidRPr="00B661E4" w:rsidRDefault="005D5089" w:rsidP="005D5089">
@@ -4234,51 +4270,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ISBN 978-1-76130-869-7</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6789150D" w14:textId="77777777" w:rsidR="005D5089" w:rsidRPr="00B661E4" w:rsidRDefault="005D5089" w:rsidP="005D5089">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B661E4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Arial,Times" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Available at </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r w:rsidRPr="00B661E4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:t>client incident management system</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B661E4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/cims</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5438572F" w14:textId="10F976B5" w:rsidR="00AD158D" w:rsidRDefault="005D5089" w:rsidP="005D5089">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
@@ -4294,151 +4330,151 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="47"/>
     </w:tbl>
     <w:p w14:paraId="312DEA78" w14:textId="77777777" w:rsidR="00162CA9" w:rsidRDefault="00162CA9" w:rsidP="00AD158D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00162CA9" w:rsidSect="00593A99">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="851" w:left="851" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A993B85" w14:textId="77777777" w:rsidR="00A6730F" w:rsidRDefault="00A6730F">
+    <w:p w14:paraId="6EF9DD54" w14:textId="77777777" w:rsidR="005376B6" w:rsidRDefault="005376B6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="738D2AF0" w14:textId="77777777" w:rsidR="00A6730F" w:rsidRDefault="00A6730F"/>
+    <w:p w14:paraId="02ACD768" w14:textId="77777777" w:rsidR="005376B6" w:rsidRDefault="005376B6"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="096FF72E" w14:textId="77777777" w:rsidR="00A6730F" w:rsidRDefault="00A6730F">
+    <w:p w14:paraId="427B227B" w14:textId="77777777" w:rsidR="005376B6" w:rsidRDefault="005376B6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="276A5E34" w14:textId="77777777" w:rsidR="00A6730F" w:rsidRDefault="00A6730F"/>
+    <w:p w14:paraId="08E6AAB2" w14:textId="77777777" w:rsidR="005376B6" w:rsidRDefault="005376B6"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1AF91B7E" w14:textId="77777777" w:rsidR="00A6730F" w:rsidRDefault="00A6730F">
+    <w:p w14:paraId="6CDC2C2A" w14:textId="77777777" w:rsidR="005376B6" w:rsidRDefault="005376B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
+    <w:altName w:val="Sylfaen"/>
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Malgun Gothic"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
@@ -4887,130 +4923,130 @@
                     </w:pPr>
                     <w:r w:rsidRPr="00517820">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5ABB5D70" w14:textId="77777777" w:rsidR="00A6730F" w:rsidRDefault="00A6730F" w:rsidP="00207717">
+    <w:p w14:paraId="674D2DD6" w14:textId="77777777" w:rsidR="005376B6" w:rsidRDefault="005376B6" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4EEF6921" w14:textId="77777777" w:rsidR="00A6730F" w:rsidRDefault="00A6730F">
+    <w:p w14:paraId="4F80CA48" w14:textId="77777777" w:rsidR="005376B6" w:rsidRDefault="005376B6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A0EAAF" w14:textId="77777777" w:rsidR="00A6730F" w:rsidRDefault="00A6730F"/>
+    <w:p w14:paraId="1ADD09BF" w14:textId="77777777" w:rsidR="005376B6" w:rsidRDefault="005376B6"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3E9C3C4B" w14:textId="77777777" w:rsidR="00A6730F" w:rsidRDefault="00A6730F">
+    <w:p w14:paraId="18CD33A0" w14:textId="77777777" w:rsidR="005376B6" w:rsidRDefault="005376B6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="1F857842" w14:textId="77777777" w:rsidR="0035009E" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D91ABD">
         <w:rPr>
           <w:rStyle w:val="FootnoteTextChar"/>
         </w:rPr>
         <w:t>https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="5E634B79" w14:textId="77777777" w:rsidR="0035009E" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E0DCC">
         <w:t>https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="22535672" w14:textId="1BE7B9C8" w:rsidR="0035009E" w:rsidRDefault="0035009E" w:rsidP="0035009E">
+    <w:p w14:paraId="22535672" w14:textId="2B5F0E82" w:rsidR="0035009E" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F40E8" w:rsidRPr="001F40E8">
+      <w:r w:rsidR="00930F27" w:rsidRPr="00930F27">
         <w:t>https://providers.dffh.vic.gov.au/information-carers-involved-victoria-police-investigation-word</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
     <w:p w14:paraId="7228260F" w14:textId="77777777" w:rsidR="0035009E" w:rsidRDefault="0035009E" w:rsidP="0035009E">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE32A8">
         <w:t>https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="0948F4B4" w14:textId="77777777" w:rsidR="0035009E" w:rsidRDefault="0035009E" w:rsidP="0035009E">
@@ -8240,52 +8276,52 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1083339505">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1458642067">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1514103163">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="1729914595">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:writeProtection w:recommended="1"/>
-  <w:zoom w:percent="220"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -8333,50 +8369,51 @@
     <w:rsid w:val="0009113B"/>
     <w:rsid w:val="00093402"/>
     <w:rsid w:val="00094DA3"/>
     <w:rsid w:val="00096CD1"/>
     <w:rsid w:val="000A012C"/>
     <w:rsid w:val="000A0EB9"/>
     <w:rsid w:val="000A186C"/>
     <w:rsid w:val="000A1EA4"/>
     <w:rsid w:val="000A2476"/>
     <w:rsid w:val="000A641A"/>
     <w:rsid w:val="000B2117"/>
     <w:rsid w:val="000B3EDB"/>
     <w:rsid w:val="000B543D"/>
     <w:rsid w:val="000B55F9"/>
     <w:rsid w:val="000B5BF7"/>
     <w:rsid w:val="000B6BC8"/>
     <w:rsid w:val="000C0303"/>
     <w:rsid w:val="000C42EA"/>
     <w:rsid w:val="000C4546"/>
     <w:rsid w:val="000D1242"/>
     <w:rsid w:val="000E0970"/>
     <w:rsid w:val="000E3CC7"/>
     <w:rsid w:val="000E6BD4"/>
     <w:rsid w:val="000E6D6D"/>
     <w:rsid w:val="000F03FA"/>
+    <w:rsid w:val="000F0FC8"/>
     <w:rsid w:val="000F1F1E"/>
     <w:rsid w:val="000F2259"/>
     <w:rsid w:val="000F2DDA"/>
     <w:rsid w:val="000F2EA0"/>
     <w:rsid w:val="000F5213"/>
     <w:rsid w:val="00101001"/>
     <w:rsid w:val="00103276"/>
     <w:rsid w:val="0010392D"/>
     <w:rsid w:val="0010447F"/>
     <w:rsid w:val="00104FE3"/>
     <w:rsid w:val="00105291"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="001120C5"/>
     <w:rsid w:val="00117DD5"/>
     <w:rsid w:val="00120BD3"/>
     <w:rsid w:val="00122FEA"/>
     <w:rsid w:val="001232BD"/>
     <w:rsid w:val="00124ED5"/>
     <w:rsid w:val="001276FA"/>
     <w:rsid w:val="0013668F"/>
     <w:rsid w:val="001447B3"/>
     <w:rsid w:val="00145960"/>
     <w:rsid w:val="0015018E"/>
     <w:rsid w:val="00152073"/>
     <w:rsid w:val="00156598"/>
@@ -8403,51 +8440,50 @@
     <w:rsid w:val="00197B17"/>
     <w:rsid w:val="001A1950"/>
     <w:rsid w:val="001A1C54"/>
     <w:rsid w:val="001A202A"/>
     <w:rsid w:val="001A3ACE"/>
     <w:rsid w:val="001B058F"/>
     <w:rsid w:val="001B6B96"/>
     <w:rsid w:val="001B7228"/>
     <w:rsid w:val="001B738B"/>
     <w:rsid w:val="001C09DB"/>
     <w:rsid w:val="001C277E"/>
     <w:rsid w:val="001C2A72"/>
     <w:rsid w:val="001C2C1F"/>
     <w:rsid w:val="001C31B7"/>
     <w:rsid w:val="001D0B75"/>
     <w:rsid w:val="001D39A5"/>
     <w:rsid w:val="001D3C09"/>
     <w:rsid w:val="001D44E8"/>
     <w:rsid w:val="001D60EC"/>
     <w:rsid w:val="001D6F59"/>
     <w:rsid w:val="001E44DF"/>
     <w:rsid w:val="001E68A5"/>
     <w:rsid w:val="001E6BB0"/>
     <w:rsid w:val="001E7282"/>
     <w:rsid w:val="001F3826"/>
-    <w:rsid w:val="001F40E8"/>
     <w:rsid w:val="001F6E46"/>
     <w:rsid w:val="001F7C91"/>
     <w:rsid w:val="002033B7"/>
     <w:rsid w:val="00206463"/>
     <w:rsid w:val="00206F2F"/>
     <w:rsid w:val="00207717"/>
     <w:rsid w:val="0021053D"/>
     <w:rsid w:val="00210A92"/>
     <w:rsid w:val="002151E5"/>
     <w:rsid w:val="00216C03"/>
     <w:rsid w:val="00220C04"/>
     <w:rsid w:val="0022278D"/>
     <w:rsid w:val="0022701F"/>
     <w:rsid w:val="00227C68"/>
     <w:rsid w:val="00233311"/>
     <w:rsid w:val="002333F5"/>
     <w:rsid w:val="00233724"/>
     <w:rsid w:val="002365B4"/>
     <w:rsid w:val="0023723C"/>
     <w:rsid w:val="00242378"/>
     <w:rsid w:val="002432E1"/>
     <w:rsid w:val="00246207"/>
     <w:rsid w:val="00246C5E"/>
     <w:rsid w:val="00250960"/>
     <w:rsid w:val="00250DC4"/>
@@ -8504,50 +8540,51 @@
     <w:rsid w:val="00303E53"/>
     <w:rsid w:val="00305CC1"/>
     <w:rsid w:val="00306E5F"/>
     <w:rsid w:val="00307E14"/>
     <w:rsid w:val="00314054"/>
     <w:rsid w:val="00316F27"/>
     <w:rsid w:val="003214F1"/>
     <w:rsid w:val="00322E4B"/>
     <w:rsid w:val="003252EE"/>
     <w:rsid w:val="00327870"/>
     <w:rsid w:val="00331C3D"/>
     <w:rsid w:val="0033259D"/>
     <w:rsid w:val="003333D2"/>
     <w:rsid w:val="00336C1F"/>
     <w:rsid w:val="00337339"/>
     <w:rsid w:val="003406C6"/>
     <w:rsid w:val="003418CC"/>
     <w:rsid w:val="003459BD"/>
     <w:rsid w:val="0035009E"/>
     <w:rsid w:val="00350D38"/>
     <w:rsid w:val="00351405"/>
     <w:rsid w:val="00351B36"/>
     <w:rsid w:val="00357B4E"/>
     <w:rsid w:val="003716FD"/>
     <w:rsid w:val="0037204B"/>
+    <w:rsid w:val="00373606"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00377A1A"/>
     <w:rsid w:val="00381043"/>
     <w:rsid w:val="003829E5"/>
     <w:rsid w:val="00386109"/>
     <w:rsid w:val="00386944"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
     <w:rsid w:val="003A04E1"/>
     <w:rsid w:val="003A0853"/>
     <w:rsid w:val="003A3432"/>
     <w:rsid w:val="003A6B67"/>
     <w:rsid w:val="003B13B6"/>
     <w:rsid w:val="003B14C3"/>
     <w:rsid w:val="003B15E6"/>
     <w:rsid w:val="003B1BDC"/>
     <w:rsid w:val="003B408A"/>
     <w:rsid w:val="003B47A2"/>
     <w:rsid w:val="003C08A2"/>
     <w:rsid w:val="003C2045"/>
     <w:rsid w:val="003C43A1"/>
     <w:rsid w:val="003C4FC0"/>
     <w:rsid w:val="003C55F4"/>
@@ -8791,50 +8828,51 @@
     <w:rsid w:val="00750EC2"/>
     <w:rsid w:val="00752B28"/>
     <w:rsid w:val="007541A9"/>
     <w:rsid w:val="00754E36"/>
     <w:rsid w:val="0076102E"/>
     <w:rsid w:val="00763139"/>
     <w:rsid w:val="00766F80"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
     <w:rsid w:val="00772D5E"/>
     <w:rsid w:val="0077463E"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="00776E0F"/>
     <w:rsid w:val="007774B1"/>
     <w:rsid w:val="00777BE1"/>
     <w:rsid w:val="007833D8"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="00791BD7"/>
     <w:rsid w:val="007933F7"/>
     <w:rsid w:val="007937D0"/>
     <w:rsid w:val="00796E20"/>
     <w:rsid w:val="00797C32"/>
     <w:rsid w:val="007A11E8"/>
     <w:rsid w:val="007B0914"/>
+    <w:rsid w:val="007B135F"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B32E5"/>
     <w:rsid w:val="007B3DB9"/>
     <w:rsid w:val="007B589F"/>
     <w:rsid w:val="007B6186"/>
     <w:rsid w:val="007B73BC"/>
     <w:rsid w:val="007C1838"/>
     <w:rsid w:val="007C20B9"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007C7859"/>
     <w:rsid w:val="007C7F28"/>
     <w:rsid w:val="007D0B6E"/>
     <w:rsid w:val="007D1466"/>
     <w:rsid w:val="007D2BDE"/>
     <w:rsid w:val="007D2E93"/>
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D49EB"/>
     <w:rsid w:val="007D5E1C"/>
     <w:rsid w:val="007E0DE2"/>
     <w:rsid w:val="007E3B98"/>
     <w:rsid w:val="007E417A"/>
     <w:rsid w:val="007F0C24"/>
     <w:rsid w:val="007F31B6"/>
     <w:rsid w:val="007F546C"/>
     <w:rsid w:val="007F625F"/>
@@ -8895,50 +8933,51 @@
     <w:rsid w:val="008D462F"/>
     <w:rsid w:val="008D5C45"/>
     <w:rsid w:val="008D6DCF"/>
     <w:rsid w:val="008E4376"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008E7B49"/>
     <w:rsid w:val="008F592E"/>
     <w:rsid w:val="008F59F6"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009017AC"/>
     <w:rsid w:val="00902A9A"/>
     <w:rsid w:val="009034A3"/>
     <w:rsid w:val="00904A1C"/>
     <w:rsid w:val="00905030"/>
     <w:rsid w:val="00906490"/>
     <w:rsid w:val="009111B2"/>
     <w:rsid w:val="009151F5"/>
     <w:rsid w:val="00916D98"/>
     <w:rsid w:val="00920990"/>
     <w:rsid w:val="00924AE1"/>
     <w:rsid w:val="009251DE"/>
     <w:rsid w:val="009257ED"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
     <w:rsid w:val="009272B3"/>
+    <w:rsid w:val="00930F27"/>
     <w:rsid w:val="009315BE"/>
     <w:rsid w:val="0093338F"/>
     <w:rsid w:val="00937BD9"/>
     <w:rsid w:val="00950E2C"/>
     <w:rsid w:val="00951D50"/>
     <w:rsid w:val="009525EB"/>
     <w:rsid w:val="0095470B"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="00954D01"/>
     <w:rsid w:val="0095615A"/>
     <w:rsid w:val="00961400"/>
     <w:rsid w:val="00963646"/>
     <w:rsid w:val="0096632D"/>
     <w:rsid w:val="00967124"/>
     <w:rsid w:val="00967335"/>
     <w:rsid w:val="009718C7"/>
     <w:rsid w:val="0097559F"/>
     <w:rsid w:val="009761EA"/>
     <w:rsid w:val="0097761E"/>
     <w:rsid w:val="00982454"/>
     <w:rsid w:val="00982CF0"/>
     <w:rsid w:val="009853E1"/>
     <w:rsid w:val="00986E6B"/>
     <w:rsid w:val="00990032"/>
     <w:rsid w:val="00990B19"/>
@@ -8956,82 +8995,80 @@
     <w:rsid w:val="009B0A94"/>
     <w:rsid w:val="009B2AE8"/>
     <w:rsid w:val="009B5622"/>
     <w:rsid w:val="009B59E9"/>
     <w:rsid w:val="009B70AA"/>
     <w:rsid w:val="009C1A3D"/>
     <w:rsid w:val="009C1CB1"/>
     <w:rsid w:val="009C5E77"/>
     <w:rsid w:val="009C7A7E"/>
     <w:rsid w:val="009D02E8"/>
     <w:rsid w:val="009D51D0"/>
     <w:rsid w:val="009D70A4"/>
     <w:rsid w:val="009D7A52"/>
     <w:rsid w:val="009D7B14"/>
     <w:rsid w:val="009E08D1"/>
     <w:rsid w:val="009E1B95"/>
     <w:rsid w:val="009E35DB"/>
     <w:rsid w:val="009E496F"/>
     <w:rsid w:val="009E4B0D"/>
     <w:rsid w:val="009E5250"/>
     <w:rsid w:val="009E7A69"/>
     <w:rsid w:val="009E7F92"/>
     <w:rsid w:val="009F02A3"/>
     <w:rsid w:val="009F2F27"/>
     <w:rsid w:val="009F34AA"/>
-    <w:rsid w:val="009F490F"/>
     <w:rsid w:val="009F6BCB"/>
     <w:rsid w:val="009F7B78"/>
     <w:rsid w:val="00A0057A"/>
     <w:rsid w:val="00A02FA1"/>
     <w:rsid w:val="00A04CCE"/>
     <w:rsid w:val="00A07421"/>
     <w:rsid w:val="00A0776B"/>
     <w:rsid w:val="00A10FB9"/>
     <w:rsid w:val="00A11421"/>
     <w:rsid w:val="00A11FD8"/>
     <w:rsid w:val="00A1389F"/>
     <w:rsid w:val="00A14996"/>
     <w:rsid w:val="00A154EA"/>
     <w:rsid w:val="00A157B1"/>
     <w:rsid w:val="00A20A98"/>
     <w:rsid w:val="00A2194C"/>
     <w:rsid w:val="00A22229"/>
     <w:rsid w:val="00A24442"/>
     <w:rsid w:val="00A252B9"/>
     <w:rsid w:val="00A32577"/>
     <w:rsid w:val="00A330BB"/>
     <w:rsid w:val="00A34ACD"/>
     <w:rsid w:val="00A415D4"/>
     <w:rsid w:val="00A44882"/>
     <w:rsid w:val="00A45125"/>
     <w:rsid w:val="00A513A9"/>
     <w:rsid w:val="00A54715"/>
     <w:rsid w:val="00A6061C"/>
     <w:rsid w:val="00A62D44"/>
     <w:rsid w:val="00A67263"/>
-    <w:rsid w:val="00A6730F"/>
     <w:rsid w:val="00A7161C"/>
     <w:rsid w:val="00A77AA3"/>
     <w:rsid w:val="00A8236D"/>
     <w:rsid w:val="00A854EB"/>
     <w:rsid w:val="00A872E5"/>
     <w:rsid w:val="00A91406"/>
     <w:rsid w:val="00A96E65"/>
     <w:rsid w:val="00A96ECE"/>
     <w:rsid w:val="00A97C72"/>
     <w:rsid w:val="00AA310B"/>
     <w:rsid w:val="00AA63D4"/>
     <w:rsid w:val="00AB06E8"/>
     <w:rsid w:val="00AB0846"/>
     <w:rsid w:val="00AB1A4F"/>
     <w:rsid w:val="00AB1CD3"/>
     <w:rsid w:val="00AB277A"/>
     <w:rsid w:val="00AB352F"/>
     <w:rsid w:val="00AC274B"/>
     <w:rsid w:val="00AC4764"/>
     <w:rsid w:val="00AC6D36"/>
     <w:rsid w:val="00AD0CBA"/>
     <w:rsid w:val="00AD158D"/>
     <w:rsid w:val="00AD26E2"/>
     <w:rsid w:val="00AD784C"/>
     <w:rsid w:val="00AE126A"/>
@@ -9074,50 +9111,51 @@
     <w:rsid w:val="00B60E61"/>
     <w:rsid w:val="00B62B50"/>
     <w:rsid w:val="00B635B7"/>
     <w:rsid w:val="00B63AE8"/>
     <w:rsid w:val="00B65950"/>
     <w:rsid w:val="00B66D83"/>
     <w:rsid w:val="00B672C0"/>
     <w:rsid w:val="00B676FD"/>
     <w:rsid w:val="00B678B6"/>
     <w:rsid w:val="00B706E8"/>
     <w:rsid w:val="00B75646"/>
     <w:rsid w:val="00B7629E"/>
     <w:rsid w:val="00B830F1"/>
     <w:rsid w:val="00B90729"/>
     <w:rsid w:val="00B907DA"/>
     <w:rsid w:val="00B91FFE"/>
     <w:rsid w:val="00B94CC3"/>
     <w:rsid w:val="00B950BC"/>
     <w:rsid w:val="00B95AB9"/>
     <w:rsid w:val="00B963C9"/>
     <w:rsid w:val="00B9714C"/>
     <w:rsid w:val="00BA29AD"/>
     <w:rsid w:val="00BA33CF"/>
     <w:rsid w:val="00BA3F8D"/>
     <w:rsid w:val="00BB7A10"/>
+    <w:rsid w:val="00BC1E4F"/>
     <w:rsid w:val="00BC41B6"/>
     <w:rsid w:val="00BC60BE"/>
     <w:rsid w:val="00BC7468"/>
     <w:rsid w:val="00BC7D4F"/>
     <w:rsid w:val="00BC7ED7"/>
     <w:rsid w:val="00BD2850"/>
     <w:rsid w:val="00BD4F22"/>
     <w:rsid w:val="00BD6049"/>
     <w:rsid w:val="00BE28D2"/>
     <w:rsid w:val="00BE4A64"/>
     <w:rsid w:val="00BE5E43"/>
     <w:rsid w:val="00BF004F"/>
     <w:rsid w:val="00BF557D"/>
     <w:rsid w:val="00BF7F58"/>
     <w:rsid w:val="00C01381"/>
     <w:rsid w:val="00C01AB1"/>
     <w:rsid w:val="00C026A0"/>
     <w:rsid w:val="00C03EA4"/>
     <w:rsid w:val="00C04F42"/>
     <w:rsid w:val="00C06137"/>
     <w:rsid w:val="00C06929"/>
     <w:rsid w:val="00C079B8"/>
     <w:rsid w:val="00C10037"/>
     <w:rsid w:val="00C123EA"/>
     <w:rsid w:val="00C12A49"/>
@@ -9325,50 +9363,51 @@
     <w:rsid w:val="00F52D09"/>
     <w:rsid w:val="00F52E08"/>
     <w:rsid w:val="00F53A66"/>
     <w:rsid w:val="00F5462D"/>
     <w:rsid w:val="00F55B21"/>
     <w:rsid w:val="00F56EF6"/>
     <w:rsid w:val="00F60082"/>
     <w:rsid w:val="00F61A9F"/>
     <w:rsid w:val="00F61B5F"/>
     <w:rsid w:val="00F64696"/>
     <w:rsid w:val="00F65AA9"/>
     <w:rsid w:val="00F6768F"/>
     <w:rsid w:val="00F72115"/>
     <w:rsid w:val="00F72C2C"/>
     <w:rsid w:val="00F741F2"/>
     <w:rsid w:val="00F76CAB"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F868E3"/>
     <w:rsid w:val="00F86C9E"/>
     <w:rsid w:val="00F938BA"/>
     <w:rsid w:val="00F95939"/>
     <w:rsid w:val="00F972B1"/>
     <w:rsid w:val="00F97919"/>
+    <w:rsid w:val="00FA068D"/>
     <w:rsid w:val="00FA2C46"/>
     <w:rsid w:val="00FA3525"/>
     <w:rsid w:val="00FA5A53"/>
     <w:rsid w:val="00FB3501"/>
     <w:rsid w:val="00FB46E5"/>
     <w:rsid w:val="00FB4769"/>
     <w:rsid w:val="00FB4CDA"/>
     <w:rsid w:val="00FB5B4E"/>
     <w:rsid w:val="00FB6481"/>
     <w:rsid w:val="00FB68CA"/>
     <w:rsid w:val="00FB6D36"/>
     <w:rsid w:val="00FC082B"/>
     <w:rsid w:val="00FC0965"/>
     <w:rsid w:val="00FC0F81"/>
     <w:rsid w:val="00FC252F"/>
     <w:rsid w:val="00FC395C"/>
     <w:rsid w:val="00FC5E8E"/>
     <w:rsid w:val="00FD3766"/>
     <w:rsid w:val="00FD47C4"/>
     <w:rsid w:val="00FE2DCF"/>
     <w:rsid w:val="00FE3FA7"/>
     <w:rsid w:val="00FF2A4E"/>
     <w:rsid w:val="00FF2FCE"/>
     <w:rsid w:val="00FF4F7D"/>
     <w:rsid w:val="00FF6D9D"/>
@@ -11213,51 +11252,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146117194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccyp.vic.gov.au/reportable-conduct-scheme/about-the-reportable-conduct-scheme/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fcav.org.au/cap" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dhhs.vic.gov.au/cims" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CIMS@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vic.gov.au/worker-and-carer-exclusion-scheme" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/vidijxv/OneDrive%20-%20DFFH,%20DH%20Victoria/CIMS/CIMS%20review/Review%20work/4.%20Web%20page%20content/December%202024%20webpage%20update/Carer%20information/Final%20drafts/Carer%20development%20plan%20(-)%20-%20DFFH%20Service%20Providers" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/information-carers-involved-victoria-police-investigation-word" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman.vic.gov.au/complaints/child-welfare/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/publications/agreements-social-services-regulator" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/making-complaint" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kinshipcarersvictoria.org/contact-kcv/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/publications/agreements-social-services-regulator" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://kinshipcarersvictoria.org/contact-kcv/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fcav.org.au/cap" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ccyp.vic.gov.au/reportable-conduct-scheme/about-the-reportable-conduct-scheme/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/making-complaint" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dhhs.vic.gov.au/cims" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CIMS@dffh.vic.gov.au" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vic.gov.au/worker-and-carer-exclusion-scheme" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ombudsman.vic.gov.au/complaints/child-welfare/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:/Users/vidijxv/OneDrive%20-%20DFFH,%20DH%20Victoria/CIMS/CIMS%20review/Review%20work/4.%20Web%20page%20content/December%202024%20webpage%20update/Carer%20information/Final%20drafts/Carer%20development%20plan%20(-)%20-%20DFFH%20Service%20Providers" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -11522,65 +11561,76 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="ec1398ba-5a60-46a3-8146-eb897584b7aa">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ec1398ba-5a60-46a3-8146-eb897584b7aa" xmlns:ns3="69a4a4bc-c101-4486-8aee-c67e58ed4746" xmlns:ns4="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b1ae11484e899e80b749766a50462091" ns2:_="" ns3:_="" ns4:_="">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101002034AE7E069AEE4FB0313CB30B42D859" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="c8eab360b9897d9a0f827f94ece3da4d">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ec1398ba-5a60-46a3-8146-eb897584b7aa" xmlns:ns3="69a4a4bc-c101-4486-8aee-c67e58ed4746" xmlns:ns4="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c8d5999ef6e4fb35f6e9ae2fd7ce8063" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="ec1398ba-5a60-46a3-8146-eb897584b7aa"/>
     <xsd:import namespace="69a4a4bc-c101-4486-8aee-c67e58ed4746"/>
     <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
@@ -11800,138 +11850,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C30E650E-AC1E-48EA-81B8-1F904E97E90D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C30E650E-AC1E-48EA-81B8-1F904E97E90D}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="69a4a4bc-c101-4486-8aee-c67e58ed4746"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="ec1398ba-5a60-46a3-8146-eb897584b7aa"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0239758-73B2-4DAC-A6DB-E4CF928363D3}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F5021334-3174-4771-A310-CB140EEACB7E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ec1398ba-5a60-46a3-8146-eb897584b7aa"/>
     <ds:schemaRef ds:uri="69a4a4bc-c101-4486-8aee-c67e58ed4746"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2935</Words>
-  <Characters>16733</Characters>
+  <Words>2368</Words>
+  <Characters>17211</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>2</DocSecurity>
-  <Lines>139</Lines>
+  <Lines>143</Lines>
   <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Information for carers involved in a CIMS investigation </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19629</CharactersWithSpaces>
+  <CharactersWithSpaces>19540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="234" baseType="variant">
       <vt:variant>
         <vt:i4>6684799</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>186</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://providers.dhhs.vic.gov.au/cims</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4653178</vt:i4>
       </vt:variant>