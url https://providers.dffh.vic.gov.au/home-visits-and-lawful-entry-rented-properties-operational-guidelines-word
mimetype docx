--- v0 (2026-02-14)
+++ v1 (2026-03-07)
@@ -13,51 +13,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="7598" w:type="dxa"/>
         <w:tblInd w:w="1701" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7598"/>
       </w:tblGrid>
       <w:tr w:rsidR="000A11C3" w14:paraId="22217DB1" w14:textId="77777777" w:rsidTr="004025BB">
         <w:trPr>
@@ -401,67 +401,87 @@
           </w:p>
           <w:p w14:paraId="48A49346" w14:textId="1D006648" w:rsidR="00866C08" w:rsidRPr="006A2717" w:rsidRDefault="00866C08" w:rsidP="001C7128">
             <w:pPr>
               <w:pStyle w:val="Body"/>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="87189D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F2182" w14:paraId="2657A1D9" w14:textId="77777777" w:rsidTr="004025BB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="6410"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9247" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="188D9ED0" w14:textId="419937A2" w:rsidR="00E14C72" w:rsidRPr="000920F7" w:rsidRDefault="00E14C72" w:rsidP="002C3855">
+          <w:p w14:paraId="0A4F0D86" w14:textId="77777777" w:rsidR="00C647FD" w:rsidRDefault="00C647FD" w:rsidP="002C3855">
+            <w:pPr>
+              <w:pStyle w:val="Imprint"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DD5E040" w14:textId="2E7A2F39" w:rsidR="00C647FD" w:rsidRDefault="00C647FD" w:rsidP="008E6749">
+            <w:pPr>
+              <w:pStyle w:val="Heading2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+              <w:ind w:left="576" w:hanging="576"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Toc222164659"/>
+            <w:r>
+              <w:t>More Information</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w14:paraId="188D9ED0" w14:textId="0015C5F2" w:rsidR="00E14C72" w:rsidRPr="000920F7" w:rsidRDefault="00E14C72" w:rsidP="002C3855">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
             </w:pPr>
             <w:r w:rsidRPr="000920F7">
               <w:t xml:space="preserve">To receive this publication in an accessible format contact </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="000920F7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Homes Victoria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000920F7">
-              <w:t xml:space="preserve"> &lt;enquiries@homes.vic.gov.au&gt;.</w:t>
+              <w:t xml:space="preserve"> enquiries@homes.vic.gov.au.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C125D9E" w14:textId="547FFF23" w:rsidR="00E14C72" w:rsidRPr="000920F7" w:rsidRDefault="00E14C72" w:rsidP="002C3855">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
             </w:pPr>
             <w:r w:rsidRPr="000920F7">
               <w:t xml:space="preserve">This guideline </w:t>
             </w:r>
             <w:r w:rsidR="00536508">
               <w:t xml:space="preserve">may </w:t>
             </w:r>
             <w:r w:rsidRPr="000920F7">
               <w:t>contain some links to internal resources which will not be accessible for external parties reading this document.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="379E37E3" w14:textId="77777777" w:rsidR="00E14C72" w:rsidRPr="000920F7" w:rsidRDefault="00E14C72" w:rsidP="002C3855">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
             </w:pPr>
             <w:r w:rsidRPr="000920F7">
               <w:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BD2CFDD" w14:textId="580A32A8" w:rsidR="00E14C72" w:rsidRPr="000920F7" w:rsidRDefault="6BA70D3F" w:rsidP="002C3855">
@@ -481,74 +501,74 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="717D274D" w14:textId="7DA64D80" w:rsidR="00E14C72" w:rsidRPr="000920F7" w:rsidRDefault="00E14C72" w:rsidP="002C3855">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
             </w:pPr>
             <w:r w:rsidRPr="3D4B2AA1">
               <w:t xml:space="preserve">ISBN: </w:t>
             </w:r>
             <w:r w:rsidR="005661E0" w:rsidRPr="005661E0">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">978-1-76130-941-0 </w:t>
             </w:r>
             <w:r w:rsidRPr="3D4B2AA1">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>(MS word)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6959A2E4" w14:textId="77777777" w:rsidR="00E14C72" w:rsidRPr="000920F7" w:rsidRDefault="00E14C72" w:rsidP="002C3855">
+          <w:p w14:paraId="6959A2E4" w14:textId="5DD3649D" w:rsidR="00E14C72" w:rsidRPr="000920F7" w:rsidRDefault="00E14C72" w:rsidP="002C3855">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="3D4B2AA1">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>Available on the on Services Providers website &lt;</w:t>
+              <w:t xml:space="preserve">Available on the on Services Providers website </w:t>
             </w:r>
             <w:r>
               <w:t>https://providers.dffh.vic.gov.au</w:t>
             </w:r>
             <w:r w:rsidRPr="3D4B2AA1">
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>&gt;.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="55C38F31" w14:textId="2ECAF0A7" w:rsidR="009F2182" w:rsidRDefault="009F2182" w:rsidP="002C3855">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="20277F9E" w14:textId="609AF887" w:rsidR="00866C08" w:rsidRDefault="00866C08" w:rsidP="002C3855">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="41445C83" w14:textId="77777777" w:rsidR="0022603C" w:rsidRDefault="0022603C" w:rsidP="0008204A">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:sectPr w:rsidR="0022603C" w:rsidSect="00F15144">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
@@ -565,5610 +585,5678 @@
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9073"/>
       </w:tblGrid>
       <w:tr w:rsidR="0008204A" w14:paraId="657B4CC4" w14:textId="77777777" w:rsidTr="004025BB">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="851"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9073" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14002AEC" w14:textId="3438FB28" w:rsidR="0008204A" w:rsidRPr="0055119B" w:rsidRDefault="0022603C" w:rsidP="0022603C">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_Toc209523051"/>
+            <w:bookmarkStart w:id="1" w:name="_Toc222164660"/>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Contents</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="56E0C011" w14:textId="1F219BDC" w:rsidR="00626635" w:rsidRDefault="00AD784C">
+    <w:p w14:paraId="0A434577" w14:textId="51C73F30" w:rsidR="00BB3830" w:rsidRDefault="00AD784C">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r>
+        <w:instrText xml:space="preserve"> TOC \h \z \t "Heading 1,1,Heading 2,2" </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:hyperlink w:anchor="_Toc222164659" w:history="1">
+        <w:r w:rsidR="00BB3830" w:rsidRPr="00CA43FF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>More Information</w:t>
+        </w:r>
+        <w:r w:rsidR="00BB3830">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00BB3830">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00BB3830">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164659 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00BB3830">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00BB3830">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00BB3830">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidR="00BB3830">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="51CC8CBE" w14:textId="3C2B5D80" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164660" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Contents</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164660 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="07352259" w14:textId="27E6ECBA" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="2F403CCD" w14:textId="581B30E2" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523052" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164661" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Revision history</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164661 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C735F77" w14:textId="68D7CF97" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="4E694DE7" w14:textId="7E3DEAA1" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523053" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164662" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Overview</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164662 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11221560" w14:textId="550EAD6F" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="38DE710F" w14:textId="61A39600" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523054" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164663" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Occupational Health and Safety</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164663 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="639ABFBE" w14:textId="077E31C7" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="48A413A2" w14:textId="306D8294" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523055" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164664" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>4.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Mandatory incident reporting and support</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164664 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42BABAE2" w14:textId="63FB287B" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="5991F6C1" w14:textId="07CB3E40" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523056" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164665" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Lawful entry</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164665 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="10A0484C" w14:textId="5EEE3617" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="4FB44033" w14:textId="2F047C54" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523057" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164666" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>5.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Lawful entry methods</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164666 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70023711" w14:textId="10A09EA0" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="510FC88E" w14:textId="777F86EF" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523058" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164667" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>5.2</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>With consent</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164667 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20076E81" w14:textId="7081AE9C" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="658DDC3B" w14:textId="2EB2B7B9" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523059" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164668" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>5.3</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Without consent</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164668 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="582710EC" w14:textId="43545C77" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="0E46ABD0" w14:textId="1E92A781" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523060" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164669" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times"/>
             <w:bCs/>
           </w:rPr>
           <w:t>5.4</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times"/>
           </w:rPr>
           <w:t>Manner of entry</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164669 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6DC10134" w14:textId="4E14DF2A" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="4839FF03" w14:textId="1AA13123" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523061" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164670" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>5.5</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Behaviours of concern</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164670 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20580F12" w14:textId="627A6261" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="73F8F59F" w14:textId="143E8118" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523062" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164671" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Key drivers for home visits</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164671 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D46DDA8" w14:textId="5178BF2B" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="30F3C54E" w14:textId="27ABD167" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523063" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164672" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Types of home visits</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164672 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52B2781B" w14:textId="6AA6A6F6" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="12E51496" w14:textId="12D7F123" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523064" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164673" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>7.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Initial home visit</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164673 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="23B68A3D" w14:textId="00550A28" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="79536A66" w14:textId="24C16CA9" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523065" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164674" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>7.2</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Renter participation home visit</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164674 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2CE20540" w14:textId="3A16EF22" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="1025B5D5" w14:textId="5CB81CF0" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523066" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164675" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>7.3</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Event driven home visit</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164675 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75F03FD7" w14:textId="72480505" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="11BD59B7" w14:textId="5A867A9B" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523067" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164676" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>7.4</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Periodic home visit</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164676 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1CCE01E9" w14:textId="16EF4ADA" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="282770D6" w14:textId="35713E99" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523068" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164677" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>7.5</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Home visits for the purpose of conducting a property assessment</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164677 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="262C0337" w14:textId="17248327" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="0C2093CB" w14:textId="1556A7F3" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523069" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164678" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>The role of HiiP in home visit management</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164678 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="018417F8" w14:textId="0F981D99" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="58D28240" w14:textId="1AF69687" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523070" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164679" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>8.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>HiiP record management</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164679 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43984768" w14:textId="71A13D64" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="1EDBB13C" w14:textId="7D90E74B" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523071" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164680" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Preparing and arranging a home visit</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164680 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43F8311B" w14:textId="5FFF6808" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="6D2B186C" w14:textId="75256E40" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523072" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164681" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>9.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Preparing for a home visit</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164681 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2380B353" w14:textId="0E9E3B11" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="2954C7F8" w14:textId="7BE9065D" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523073" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164682" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>9.2</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Worker safety assessment</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164682 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1B6C3AD1" w14:textId="061C9417" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="34883BC1" w14:textId="401E6D23" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523074" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164683" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>9.3</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Vehicle tool kits</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164683 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2219183A" w14:textId="2847B606" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="6969199A" w14:textId="438CF025" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523075" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164684" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>9.4</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Scheduling a home visit</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164684 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37C33AAB" w14:textId="5535579E" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="00081585" w14:textId="506C360C" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523076" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164685" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>9.5</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Before leaving the office</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164685 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="57AE848B" w14:textId="150E297F" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="512E4A5C" w14:textId="6E804E77" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523077" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164686" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>9.6</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Making informed decisions before entering a property and during a home visit</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164686 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D1F9AD7" w14:textId="42FDC899" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="77E78A5B" w14:textId="349311E8" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523078" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164687" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>9.7</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
           </w:rPr>
           <w:t>Sta</w:t>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ndards for conduct during home visits</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164687 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20841BD9" w14:textId="74B89218" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="08B3B1DC" w14:textId="14E5EC4F" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523079" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164688" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Potential impacts of home visits and inspections on renters' rights</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164688 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="072D2356" w14:textId="3A852BA0" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="70BAEE81" w14:textId="56863820" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523080" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164689" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>10.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Considering human rights</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164689 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="69B14300" w14:textId="447D7E92" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="4E5CC3CC" w14:textId="60B38DE3" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523081" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164690" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Information sharing, support and referral</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164690 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>21</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="50645002" w14:textId="0C40F190" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="57D0498A" w14:textId="23646C20" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523082" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164691" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>11.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Information sharing</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164691 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>21</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="335E43FB" w14:textId="6BABCB38" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="6CA22A91" w14:textId="0D0E0CC6" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523083" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164692" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>11.2</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Support engagement and referrals</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164692 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4262B333" w14:textId="6F250A32" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="2447EB0C" w14:textId="561C9AD9" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523084" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164693" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
           </w:rPr>
           <w:t>11.3</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
           </w:rPr>
           <w:t>Duty of Care referrals</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164693 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5F817C26" w14:textId="0F55A0DC" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="7610F443" w14:textId="5A6B7DBC" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523085" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164694" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>11.4</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Identifying and managing Family Violence risk</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164694 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0584A8BB" w14:textId="65FF3C3D" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="0377A46E" w14:textId="30E0F178" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523086" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164695" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>11.5</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Encountering unattended minors</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164695 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>23</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D49C920" w14:textId="014A52D4" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="1FEBCDA1" w14:textId="47BBAD8D" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523087" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164696" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Proactively addressing potential barriers to entry</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164696 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>23</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22B5BD7F" w14:textId="2246C11B" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="343C5FC6" w14:textId="76E26E4A" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523088" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164697" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Exercising a right of entry</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164697 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>24</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3133880E" w14:textId="151C9564" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="0B32F0F2" w14:textId="1B66D4AC" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523089" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164698" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
           </w:rPr>
           <w:t>13.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
           </w:rPr>
           <w:t>Legal context</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164698 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>24</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20F74F8A" w14:textId="6C1468FF" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="3C52285D" w14:textId="4AFA1A2A" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523090" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164699" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>13.2</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Part 2 Division 5</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164699 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>24</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4AB31B6D" w14:textId="19B4F5AF" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="36E35752" w14:textId="3313403F" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523091" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164700" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>13.3</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Part 2 Division 5a</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164700 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54300A93" w14:textId="546A0278" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="4A99AEF8" w14:textId="4E537901" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523092" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164701" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>13.4</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Part 2 Division 8</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164701 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52128B68" w14:textId="124DFF5E" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="04DA3331" w14:textId="45B7C606" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523093" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164702" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>13.5</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Circumstances for issuing a Notice of Entry</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164702 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>25</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C7B051A" w14:textId="26F353BC" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="41EAA323" w14:textId="2088AA86" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523094" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164703" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>13.6</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Notice requirements</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164703 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>26</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="067F74A4" w14:textId="3613AAAE" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="6181425D" w14:textId="1A0DB71F" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523095" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164704" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Behaviours of concern and non-compliance with a Notice of Entry</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164704 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>26</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62AA61E9" w14:textId="0FAF5342" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="36DBE305" w14:textId="21CD46AE" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523096" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164705" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Failure to comply with a Notice of Entry</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164705 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>27</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3D7B1989" w14:textId="7DD6D557" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="2CA10C9C" w14:textId="0B2D4D98" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523097" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164706" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>15.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Determining what action to take</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164706 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>29</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="368F7A35" w14:textId="2324ED1F" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="396D95B0" w14:textId="68742F9B" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523098" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164707" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>15.2</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Trauma informed practice</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164707 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>31</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39500A23" w14:textId="36D293E7" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="3C1452AF" w14:textId="327B3025" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523099" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164708" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Safety checks and failed access</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164708 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>33</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4EA1B41C" w14:textId="35B7EC9B" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="72B4E3EE" w14:textId="0C63B114" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523100" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164709" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>16.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Upcoming RTA safety checks</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164709 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>34</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C877662" w14:textId="5CF53189" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="209911EE" w14:textId="29751417" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523101" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164710" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>16.2</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Head contractor failed access</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164710 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>34</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63D549C4" w14:textId="7D888F40" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="2B51A3AA" w14:textId="425AB276" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523102" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164711" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial"/>
             <w:bCs/>
           </w:rPr>
           <w:t>16.3</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Arial"/>
           </w:rPr>
           <w:t>Notice of Entry</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164711 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>34</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="087BDEF0" w14:textId="6062CC0F" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="7600802E" w14:textId="56EFFF61" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523103" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164712" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Notifying renters entry occurred in their absence</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164712 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>35</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="132464E6" w14:textId="7F83A909" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="0C42533C" w14:textId="368C88C4" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523104" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164713" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Entry in emergencies</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164713 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>35</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="763F7882" w14:textId="772656EE" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="677FD546" w14:textId="4B7A2A95" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523105" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164714" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>18.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Emergencies</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164714 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>35</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7BFF12D3" w14:textId="367CF7FA" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="2E25CC47" w14:textId="775568A1" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523106" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164715" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>18.2</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Welfare checks</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164715 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>36</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="038235BF" w14:textId="44AFA7A2" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="7B1A7E34" w14:textId="4F3282F7" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523107" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164716" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>18.3</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Flooding</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164716 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>37</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35549510" w14:textId="2CE73603" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="42689CDB" w14:textId="5AAFE233" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523108" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164717" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>18.4</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Fires, gas leaks or other serious safety risks</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164717 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>37</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="08E754E4" w14:textId="25614D65" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="42566316" w14:textId="2AA8A380" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523109" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164718" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>18.5</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Abandoned or distressed animals</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164718 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>37</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2DB06CA5" w14:textId="3C03CA53" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="0724218E" w14:textId="4F9541D7" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523110" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164719" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>18.6</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Entrapment or lockout</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164719 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>38</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6444CA29" w14:textId="52406461" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="102800E8" w14:textId="5A4E488A" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523111" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164720" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Incident reporting</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164720 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>38</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E0C6707" w14:textId="41843001" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="69B78039" w14:textId="5A539D46" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523112" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164721" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
           </w:rPr>
           <w:t>19.1</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>HiiP incident reporting</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164721 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>38</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7CD9531A" w14:textId="33CB1ACA" w:rsidR="00626635" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="3FBEF089" w14:textId="376376B1" w:rsidR="00BB3830" w:rsidRDefault="00BB3830">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc209523113" w:history="1">
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+      <w:hyperlink w:anchor="_Toc222164722" w:history="1">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635" w:rsidRPr="007327A8">
+        <w:r w:rsidRPr="00CA43FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Master key sign out – Police requests for entry</w:t>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00626635">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...10 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc222164722 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00626635">
-[...5 lines deleted...]
-        <w:r w:rsidR="00626635">
+        <w:r>
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>39</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42C49055" w14:textId="38560B4D" w:rsidR="00FB1F6E" w:rsidRDefault="00AD784C" w:rsidP="00D079AA">
+    <w:p w14:paraId="42C49055" w14:textId="1B1E8BD7" w:rsidR="00FB1F6E" w:rsidRDefault="00AD784C" w:rsidP="00D079AA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D509EB" w14:textId="77777777" w:rsidR="00FB1F6E" w:rsidRPr="007A652B" w:rsidRDefault="00FB1F6E" w:rsidP="007A652B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007A652B">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="794B97E0" w14:textId="19241113" w:rsidR="00D07BD8" w:rsidRDefault="00D07BD8" w:rsidP="23943097">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc209523052"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc222164661"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Revision history</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9387" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1095"/>
         <w:gridCol w:w="1877"/>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="4572"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B65B68" w14:paraId="6BADC2A3" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52507073" w14:textId="77777777" w:rsidR="00B65B68" w:rsidRDefault="00B65B68" w:rsidP="007A652B">
+          <w:p w14:paraId="52507073" w14:textId="77777777" w:rsidR="00B65B68" w:rsidRPr="00C647FD" w:rsidRDefault="00B65B68" w:rsidP="00C647FD">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:r w:rsidRPr="007A652B">
+            <w:r w:rsidRPr="00C647FD">
               <w:t>Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72F6DB7E" w14:textId="77777777" w:rsidR="00B65B68" w:rsidRDefault="00B65B68" w:rsidP="007A652B">
+          <w:p w14:paraId="72F6DB7E" w14:textId="77777777" w:rsidR="00B65B68" w:rsidRPr="00C647FD" w:rsidRDefault="00B65B68" w:rsidP="00C647FD">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:r w:rsidRPr="007A652B">
+            <w:r w:rsidRPr="00C647FD">
               <w:t>Amended section</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="034F6A50" w14:textId="77777777" w:rsidR="00B65B68" w:rsidRDefault="00B65B68" w:rsidP="007A652B">
+          <w:p w14:paraId="034F6A50" w14:textId="77777777" w:rsidR="00B65B68" w:rsidRPr="00C647FD" w:rsidRDefault="00B65B68" w:rsidP="00C647FD">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:r w:rsidRPr="007A652B">
+            <w:r w:rsidRPr="00C647FD">
               <w:t>Effective</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4572" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18AE2428" w14:textId="77777777" w:rsidR="00B65B68" w:rsidRDefault="00B65B68" w:rsidP="007A652B">
+          <w:p w14:paraId="18AE2428" w14:textId="77777777" w:rsidR="00B65B68" w:rsidRPr="00C647FD" w:rsidRDefault="00B65B68" w:rsidP="00C647FD">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:r w:rsidRPr="007A652B">
+            <w:r w:rsidRPr="00C647FD">
               <w:t>Detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534CB3" w14:paraId="7AEA4058" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0410C93A" w14:textId="419F19EF" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="004B359E">
+          <w:p w14:paraId="0410C93A" w14:textId="419F19EF" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="130459AA" w14:textId="77777777" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="004B359E">
+          <w:p w14:paraId="130459AA" w14:textId="77777777" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28F08CF3" w14:textId="0FB2CCEE" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="004B359E">
+          <w:p w14:paraId="28F08CF3" w14:textId="0FB2CCEE" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>September 2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4572" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F5C16FA" w14:textId="4019AED8" w:rsidR="00534CB3" w:rsidRDefault="00534CB3" w:rsidP="0077510B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D605DB">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Incorporation of 'version control table'</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:br/>
               <w:t>Accessable format.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534CB3" w14:paraId="18E94889" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07B373C5" w14:textId="3132C200" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="004B359E">
+          <w:p w14:paraId="07B373C5" w14:textId="3132C200" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A6D1387" w14:textId="5F3DF514" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="004B359E">
+          <w:p w14:paraId="0A6D1387" w14:textId="5F3DF514" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1592D60C" w14:textId="24E81D2C" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="004B359E">
+          <w:p w14:paraId="1592D60C" w14:textId="24E81D2C" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>1 January 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4572" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D2A4015" w14:textId="28D87FD5" w:rsidR="00534CB3" w:rsidRDefault="00534CB3" w:rsidP="0077510B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t>Revision and incorporation of contemporary home visit practices.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00534CB3" w14:paraId="64528DA7" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1095" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4890809E" w14:textId="1D683710" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="0079338D" w:rsidP="004B359E">
+          <w:p w14:paraId="4890809E" w14:textId="1D683710" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="0079338D" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1877" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AA306DC" w14:textId="77777777" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="004B359E">
+          <w:p w14:paraId="6AA306DC" w14:textId="77777777" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00534CB3" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Throughout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4B217B" w14:textId="586B1B17" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00700309" w:rsidP="004B359E">
+          <w:p w14:paraId="0B4B217B" w14:textId="586B1B17" w:rsidR="00534CB3" w:rsidRPr="00F57856" w:rsidRDefault="00700309" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>January 2026</w:t>
             </w:r>
             <w:r w:rsidR="006F04A0" w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4572" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37AFD0B4" w14:textId="08669EA7" w:rsidR="00534CB3" w:rsidRDefault="00534CB3" w:rsidP="00F57856">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00F57856">
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidRPr="000061C3">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
@@ -6259,93 +6347,85 @@
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0091425F">
               <w:t>The Safety Checks and Access for Public Housing Properties Operational Guideline (v1.1 November 2021) has been fully integrated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D3DC15A" w14:textId="77777777" w:rsidR="00E36E70" w:rsidRPr="007A652B" w:rsidRDefault="00E36E70" w:rsidP="007A652B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:sectPr w:rsidR="00E36E70" w:rsidRPr="007A652B" w:rsidSect="00F15144">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43287790" w14:textId="6E4572A2" w:rsidR="00EE29AD" w:rsidRPr="00A71CE4" w:rsidRDefault="0045266D" w:rsidP="00510016">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc209523053"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc222164662"/>
       <w:r w:rsidRPr="0045266D">
         <w:lastRenderedPageBreak/>
         <w:t>Overview</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="38DB0B7D" w14:textId="45FB9E20" w:rsidR="003B3CB9" w:rsidRDefault="00EB0CFC" w:rsidP="003B3CB9">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00EB0CFC">
         <w:t xml:space="preserve">Under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0CFC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Housing Act 1983</w:t>
       </w:r>
       <w:r w:rsidRPr="00EB0CFC">
         <w:t>, Homes Victoria is responsible for providing well-maintained public housing that meets minimum rental standards and promotes the health, safety, and well-being of renters</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0045266D">
         <w:t>This involves engaging with renters through regular home visits to assess necessary repairs and identify potential risks to their well-being.</w:t>
       </w:r>
       <w:r w:rsidR="0053766B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B3CB9">
-        <w:t xml:space="preserve">To </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> this responsibility, it is Homes Victoria's policy</w:t>
+        <w:t>To fulfill this responsibility, it is Homes Victoria's policy</w:t>
       </w:r>
       <w:r w:rsidR="00182CBA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003B3CB9">
         <w:t>to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46549167" w14:textId="37A6C035" w:rsidR="003B3CB9" w:rsidRDefault="003F4988" w:rsidP="003B3CB9">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="003B3CB9">
         <w:t>nsure lawful and timely access to properties.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="355AF1D6" w14:textId="145BD5AE" w:rsidR="003B3CB9" w:rsidRDefault="003F4988" w:rsidP="003B3CB9">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>p</w:t>
@@ -6465,59 +6545,59 @@
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00704E6F">
         <w:t>onsider</w:t>
       </w:r>
       <w:r w:rsidR="0045266D">
         <w:t xml:space="preserve"> renters'</w:t>
       </w:r>
       <w:r w:rsidR="002E46A7">
         <w:t xml:space="preserve"> human </w:t>
       </w:r>
       <w:r w:rsidR="0045266D">
         <w:t>rights</w:t>
       </w:r>
       <w:r w:rsidR="002E46A7">
         <w:t xml:space="preserve"> when determining what action to take.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7F9BBD" w14:textId="77777777" w:rsidR="000D51D7" w:rsidRPr="0045266D" w:rsidRDefault="000D51D7" w:rsidP="00036565">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Occupational_Health_and"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkStart w:id="4" w:name="_Occupational_Health_and"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc181605140"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc222164663"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidRPr="0045266D">
         <w:t>Occupational Health and Safety</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="13867F19" w14:textId="56E616F9" w:rsidR="000D51D7" w:rsidRPr="0045266D" w:rsidRDefault="000D51D7" w:rsidP="000D51D7">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0045266D">
         <w:t xml:space="preserve">Under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00EA5844">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Occupational Health and </w:t>
       </w:r>
       <w:r w:rsidRPr="00177D6C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Safety Act 2004</w:t>
       </w:r>
       <w:r w:rsidR="00DE3794" w:rsidRPr="00177D6C">
         <w:t xml:space="preserve"> (OHS Act)</w:t>
       </w:r>
@@ -6642,239 +6722,239 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>v</w:t>
         </w:r>
         <w:r w:rsidR="4D6E8C7B" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>isit.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="4D6E8C7B" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="498E8AB3" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">Specifically, </w:t>
       </w:r>
       <w:r w:rsidR="4ECE0EA0" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">emphasis is on the </w:t>
       </w:r>
       <w:r w:rsidR="498E8AB3" w:rsidRPr="008B58E3">
         <w:t>safety procedures outlined in the following subsections:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523A01D7" w14:textId="1083D6ED" w:rsidR="00303852" w:rsidRDefault="00434D8F" w:rsidP="00303852">
+    <w:p w14:paraId="523A01D7" w14:textId="1083D6ED" w:rsidR="00303852" w:rsidRDefault="00303852" w:rsidP="00303852">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Preparing_for_a" w:history="1">
-        <w:r w:rsidR="00303852" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Section </w:t>
         </w:r>
         <w:r w:rsidR="00DD21F4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00303852" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>.1 Preparing for a home visit:</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00303852" w:rsidRPr="008B58E3">
+      <w:r w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B06A45">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="006D7B37" w:rsidRPr="008B58E3">
         <w:t>he key elements necessary for preparing</w:t>
       </w:r>
       <w:r w:rsidR="00E9617E" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> for</w:t>
       </w:r>
       <w:r w:rsidR="006D7B37" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> a home visit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F7F8510" w14:textId="6E635F93" w:rsidR="00A05B5A" w:rsidRDefault="00434D8F" w:rsidP="00656540">
+    <w:p w14:paraId="3F7F8510" w14:textId="6E635F93" w:rsidR="00A05B5A" w:rsidRDefault="00A05B5A" w:rsidP="00656540">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Worker_safety_assessment" w:history="1">
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Section </w:t>
         </w:r>
         <w:r w:rsidR="008F3289">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">.2 Worker </w:t>
         </w:r>
         <w:r w:rsidR="00C22617" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>s</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">afety </w:t>
         </w:r>
         <w:r w:rsidR="00C22617" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>a</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>ssessment</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+      <w:r w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00B06A45">
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+      <w:r w:rsidRPr="008B58E3">
         <w:t>onduct</w:t>
       </w:r>
       <w:r w:rsidR="00F571BE" w:rsidRPr="008B58E3">
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+      <w:r w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> thorough risk assessments to identify potential hazards before each visi</w:t>
       </w:r>
       <w:r w:rsidR="00474FE0" w:rsidRPr="008B58E3">
         <w:t>t.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ABC1C6A" w14:textId="0208EAEE" w:rsidR="008F3289" w:rsidRPr="008B58E3" w:rsidRDefault="00434D8F" w:rsidP="00656540">
+    <w:p w14:paraId="0ABC1C6A" w14:textId="0208EAEE" w:rsidR="008F3289" w:rsidRPr="008B58E3" w:rsidRDefault="008F3289" w:rsidP="00656540">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Vehicle_tool_kits" w:history="1">
-        <w:r w:rsidR="008F3289" w:rsidRPr="00D05E04">
+        <w:r w:rsidRPr="00D05E04">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t>9.3 Vehicle tool kits:</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="008F3289">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B06A45">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="00D05E04" w:rsidRPr="00D05E04">
         <w:t>ighlights the importance of having access to stocked vehicle tool kits, either in fleet vehicles or at local offices.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F3D1FFA" w14:textId="24FE959C" w:rsidR="001238BF" w:rsidRPr="008B58E3" w:rsidRDefault="00434D8F" w:rsidP="00656540">
+    <w:p w14:paraId="3F3D1FFA" w14:textId="24FE959C" w:rsidR="001238BF" w:rsidRPr="008B58E3" w:rsidRDefault="00A05B5A" w:rsidP="00656540">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Before_leaving_the" w:history="1">
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Section </w:t>
         </w:r>
         <w:r w:rsidR="00D05E04">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>9.5</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve"> Before </w:t>
         </w:r>
         <w:r w:rsidR="00A756FE" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>l</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">eaving the </w:t>
         </w:r>
         <w:r w:rsidR="00A756FE" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>o</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>ffice</w:t>
         </w:r>
         <w:r w:rsidR="00505FC5" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>:</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00505FC5" w:rsidRPr="008B58E3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B06A45">
         <w:t>co</w:t>
       </w:r>
       <w:r w:rsidR="009A59E0" w:rsidRPr="008B58E3">
         <w:t>nducting necessary pre-checks before leaving the office. This includes</w:t>
@@ -6919,170 +6999,170 @@
       <w:r w:rsidR="00762E5B" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">ome </w:t>
       </w:r>
       <w:r w:rsidR="000B41D1" w:rsidRPr="008B58E3">
         <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00762E5B" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">isit </w:t>
       </w:r>
       <w:r w:rsidR="000B41D1" w:rsidRPr="008B58E3">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00762E5B" w:rsidRPr="008B58E3">
         <w:t>chedule</w:t>
       </w:r>
       <w:r w:rsidR="009A59E0" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">, including details such as your name, mobile number, </w:t>
       </w:r>
       <w:r w:rsidR="001238BF" w:rsidRPr="008B58E3">
         <w:t>renters</w:t>
       </w:r>
       <w:r w:rsidR="009A59E0" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> name and address, any identified risk factors, and expected time of return.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78471445" w14:textId="382C0F6F" w:rsidR="00D16EB4" w:rsidRPr="008B58E3" w:rsidRDefault="00434D8F" w:rsidP="00656540">
+    <w:p w14:paraId="78471445" w14:textId="382C0F6F" w:rsidR="00D16EB4" w:rsidRPr="008B58E3" w:rsidRDefault="00A05B5A" w:rsidP="00656540">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Making_informed_decisions" w:history="1">
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Section </w:t>
         </w:r>
         <w:r w:rsidR="00D05E04">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>9.6</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve"> Making </w:t>
         </w:r>
         <w:r w:rsidR="004A6B69" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>i</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">nformed </w:t>
         </w:r>
         <w:r w:rsidR="004A6B69" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>d</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">ecisions </w:t>
         </w:r>
         <w:r w:rsidR="004A6B69" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>b</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">efore </w:t>
         </w:r>
         <w:r w:rsidR="004A6B69" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>e</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">ntering a </w:t>
         </w:r>
         <w:r w:rsidR="004A6B69" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>p</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>roperty</w:t>
         </w:r>
         <w:r w:rsidR="004A6B69" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve"> and during a home visit</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004A6B69" w:rsidRPr="008B58E3">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00B06A45">
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+      <w:r w:rsidRPr="008B58E3">
         <w:t>arefully evaluat</w:t>
       </w:r>
       <w:r w:rsidR="00D16EB4" w:rsidRPr="008B58E3">
         <w:t>ing</w:t>
       </w:r>
-      <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+      <w:r w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> the safety of entering a property, considering factors such as</w:t>
       </w:r>
       <w:r w:rsidR="00D16EB4" w:rsidRPr="008B58E3">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BEF09BE" w14:textId="098A0F6A" w:rsidR="00D16EB4" w:rsidRPr="008B58E3" w:rsidRDefault="003F4988" w:rsidP="00D16EB4">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="00B06AE6" w:rsidRPr="008B58E3">
         <w:t>renter’s behaviour</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71BA4B87" w14:textId="4DDDE0B6" w:rsidR="00D16EB4" w:rsidRPr="008B58E3" w:rsidRDefault="003F4988" w:rsidP="00D16EB4">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
@@ -7092,230 +7172,230 @@
         <w:t>resence of aggressive animals</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="192632A2" w14:textId="7E4FD30B" w:rsidR="00D16EB4" w:rsidRPr="008B58E3" w:rsidRDefault="003F4988" w:rsidP="00D16EB4">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">otential conflicts, or </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B9C525A" w14:textId="252247D4" w:rsidR="00A05B5A" w:rsidRPr="008B58E3" w:rsidRDefault="003F4988" w:rsidP="00D16EB4">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
         <w:t>ther safety concerns.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="237FA3D9" w14:textId="0B8641E9" w:rsidR="00561869" w:rsidRPr="008B58E3" w:rsidRDefault="00434D8F">
+    <w:p w14:paraId="237FA3D9" w14:textId="0B8641E9" w:rsidR="00561869" w:rsidRPr="008B58E3" w:rsidRDefault="00A05B5A">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Standards_for_conduct" w:history="1">
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Section </w:t>
         </w:r>
         <w:r w:rsidR="00D05E04">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:r w:rsidR="00D05E04">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r w:rsidR="00303852" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">Standards for </w:t>
         </w:r>
         <w:r w:rsidR="00B06AE6" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>c</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">onduct </w:t>
         </w:r>
         <w:r w:rsidR="00B06AE6" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>d</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">uring </w:t>
         </w:r>
         <w:r w:rsidR="00B06AE6" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>h</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t xml:space="preserve">ome </w:t>
         </w:r>
         <w:r w:rsidR="00B06AE6" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>v</w:t>
         </w:r>
-        <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+        <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
           </w:rPr>
           <w:t>isits</w:t>
         </w:r>
         <w:r w:rsidR="00561869" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>:</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00561869" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B06A45">
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+      <w:r w:rsidRPr="008B58E3">
         <w:t>mphasi</w:t>
       </w:r>
       <w:r w:rsidR="00561869" w:rsidRPr="008B58E3">
         <w:t>s on</w:t>
       </w:r>
-      <w:r w:rsidR="00A05B5A" w:rsidRPr="008B58E3">
+      <w:r w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> safe practices such as keeping shoes on</w:t>
       </w:r>
       <w:r w:rsidR="00561869" w:rsidRPr="008B58E3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51189EA4" w14:textId="27178A91" w:rsidR="008F6C8F" w:rsidRDefault="007937D8" w:rsidP="00561869">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">In situations where staff encounter threats or intimidation from renters during these visits, appropriate steps must be taken to address the behaviour. This may involve initiating remedial actions under the </w:t>
       </w:r>
       <w:r w:rsidR="00924EE0">
         <w:t>RTA</w:t>
       </w:r>
       <w:r w:rsidRPr="008B58E3">
         <w:t>, based on the severity and specific circumstances of the case.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AF803EA" w14:textId="5930C238" w:rsidR="000D51D7" w:rsidRPr="0045266D" w:rsidRDefault="008C1F40" w:rsidP="000D51D7">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="000D51D7" w:rsidRPr="0045266D">
         <w:t>anagers are responsible for collaborating with their staff to implement appropriate risk control measures and ensure their effectiveness over time.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37BAD604" w14:textId="765F9750" w:rsidR="000D51D7" w:rsidRDefault="000D51D7" w:rsidP="000D51D7">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0045266D">
         <w:t xml:space="preserve">Staff </w:t>
       </w:r>
       <w:r w:rsidR="00D421A2">
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="0045266D">
         <w:t xml:space="preserve"> communicate any safety concerns or identified risks related to home visits to their managers promptly, fostering a culture of safety and accountability.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09A1EF39" w14:textId="2CF8EFF4" w:rsidR="00557D4D" w:rsidRDefault="007F6246" w:rsidP="00557D4D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc209523055"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc222164664"/>
       <w:r>
         <w:t xml:space="preserve">Mandatory incident reporting and </w:t>
       </w:r>
       <w:r w:rsidR="00557D4D">
         <w:t>support</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="6C9C2539" w14:textId="070F4491" w:rsidR="0030176E" w:rsidRPr="008B58E3" w:rsidRDefault="006D5347" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004740AE">
         <w:rPr>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Following any incident during home visits, including but not limited to threatening behaviour, it is mandatory that staff immediately:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D4CDF4A" w14:textId="13E7A0E4" w:rsidR="0030176E" w:rsidRPr="008B58E3" w:rsidRDefault="003F4988" w:rsidP="0030176E">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
@@ -7589,103 +7669,97 @@
       </w:r>
       <w:r w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B06A45">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00096446" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">mplementing a plan to manage renter behaviours, as outlined in the department's </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00096446" w:rsidRPr="008B58E3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Guide to managing unreasonable complainants</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00240896" w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> https://dhhsvicgovau.sharepoint.com/sites/dffh/SitePages/Managing-feedback.aspx</w:t>
       </w:r>
       <w:r w:rsidR="00096446" w:rsidRPr="008B58E3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09F1BB1F" w14:textId="5CAA2432" w:rsidR="006540FF" w:rsidRPr="008B58E3" w:rsidRDefault="006540FF" w:rsidP="006D5F19">
+    <w:p w14:paraId="09F1BB1F" w14:textId="3838C71B" w:rsidR="006540FF" w:rsidRPr="008B58E3" w:rsidRDefault="006540FF" w:rsidP="006D5F19">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="008B58E3">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For more information on </w:t>
       </w:r>
       <w:hyperlink r:id="rId22">
         <w:r w:rsidRPr="008B58E3">
           <w:t>Employee Wellbeing and Support</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId23">
         <w:r w:rsidRPr="008B58E3">
           <w:rPr>
             <w:color w:val="004C97"/>
             <w:u w:val="dotted"/>
           </w:rPr>
           <w:t>Employee Wellbeing &amp; Support</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008B58E3">
         <w:t xml:space="preserve"> SharePoint page</w:t>
       </w:r>
       <w:r w:rsidR="006D5F19" w:rsidRPr="008B58E3">
-        <w:t xml:space="preserve"> &lt;</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B58E3">
-        <w:t>https://dhhsvicgovau.sharepoint.com/sites/StaffHSW-DFFH/SitePages/Employee-Wellbeing-%26-Support.aspx</w:t>
-[...5 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>https://dhhsvicgovau.sharepoint.com/sites/StaffHSW-DFFH/SitePages/Employee-Wellbeing-%26-Support.aspx.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="614F5F0C" w14:textId="2B985F6A" w:rsidR="0045266D" w:rsidRPr="00280180" w:rsidRDefault="00CD1B7D" w:rsidP="00E50CA0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc209523056"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc222164665"/>
       <w:r w:rsidRPr="00280180">
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="0045266D" w:rsidRPr="00280180">
         <w:t>awful entry</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="21032618" w14:textId="77777777" w:rsidR="006D5347" w:rsidRPr="00280180" w:rsidRDefault="00E24D41" w:rsidP="00E24D41">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00280180">
         <w:t xml:space="preserve">Lawful entry refers to the legal process of accessing a property in accordance </w:t>
       </w:r>
       <w:r w:rsidR="00625011" w:rsidRPr="00280180">
         <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r w:rsidRPr="00280180">
         <w:t>the RTA. It requires</w:t>
       </w:r>
       <w:r w:rsidR="006D5347" w:rsidRPr="00280180">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2591C056" w14:textId="05D77312" w:rsidR="006D5347" w:rsidRPr="00280180" w:rsidRDefault="003F4988" w:rsidP="006D5347">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
@@ -7726,58 +7800,58 @@
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00280180">
         <w:t xml:space="preserve">This process ensures a fair balance between the rights of renters and the responsibilities of </w:t>
       </w:r>
       <w:r w:rsidR="00254C2C" w:rsidRPr="00280180">
         <w:t>Residential Rental Providers (</w:t>
       </w:r>
       <w:r w:rsidRPr="00280180">
         <w:t>rental providers</w:t>
       </w:r>
       <w:r w:rsidR="00254C2C" w:rsidRPr="00280180">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00280180">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00DB0F86" w:rsidRPr="00280180">
         <w:t xml:space="preserve"> It also protects the interests of staff or the agency making the entry, as acting unlawfully has legal consequences.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53579ECF" w14:textId="5D1E0E76" w:rsidR="00E24D41" w:rsidRPr="00280180" w:rsidRDefault="007C6614" w:rsidP="00E24D41">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc209523057"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc222164666"/>
       <w:r w:rsidRPr="00280180">
         <w:t>Lawful</w:t>
       </w:r>
       <w:r w:rsidR="00E24D41" w:rsidRPr="00280180">
         <w:t xml:space="preserve"> entry methods</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="324AE5B6" w14:textId="713F9A45" w:rsidR="00E24D41" w:rsidRPr="00280180" w:rsidRDefault="00E24D41" w:rsidP="00E24D41">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00280180">
         <w:t>Entry to a property is lawful under various circumstances, each subject to specific requirements designed to protect the rights and responsibilities of all parties involved. For example:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C2F0969" w14:textId="36DF0CC2" w:rsidR="007C6614" w:rsidRPr="00280180" w:rsidRDefault="007C6614" w:rsidP="00ED1A31">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00280180">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>With consent:</w:t>
       </w:r>
       <w:r w:rsidRPr="00280180">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B66CA">
         <w:t>e</w:t>
@@ -7884,61 +7958,61 @@
         <w:t>revent serious damage to the property</w:t>
       </w:r>
       <w:r w:rsidR="00625011" w:rsidRPr="00280180">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A8179A" w14:textId="2D24DC13" w:rsidR="00DB0F86" w:rsidRPr="00280180" w:rsidRDefault="005926DF" w:rsidP="00DB0F86">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00DB0F86" w:rsidRPr="00280180">
         <w:t>ddress urgent hazards such as gas leaks, flooding, fire, or other critical incidents.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59C6EFFE" w14:textId="77777777" w:rsidR="00BB5612" w:rsidRPr="0093619C" w:rsidRDefault="00BB5612" w:rsidP="00BB5612">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc191627597"/>
-      <w:bookmarkStart w:id="10" w:name="_Toc209523058"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc191627597"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc222164667"/>
       <w:r w:rsidRPr="0093619C">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>With consent</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="7668BEA0" w14:textId="065E33F2" w:rsidR="001A7603" w:rsidRPr="0093619C" w:rsidRDefault="00BB5612" w:rsidP="001A7603">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0093619C">
         <w:t>Entering a rented property "with consent" refers to situations where the renter explicitly agrees to allow entry to their home.</w:t>
       </w:r>
       <w:r w:rsidR="00E27BC9" w:rsidRPr="0093619C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0093619C">
         <w:t>This consent must be</w:t>
       </w:r>
       <w:r w:rsidR="0093619C">
         <w:t xml:space="preserve"> given within 7 days before the entry occurs. It must be </w:t>
       </w:r>
       <w:r w:rsidRPr="0093619C">
         <w:t xml:space="preserve">informed, meaning that the renter understands the purpose of the entry and agrees to it without coercion. </w:t>
       </w:r>
       <w:r w:rsidR="001A7603" w:rsidRPr="0093619C">
         <w:t xml:space="preserve">This means staff must: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B750872" w14:textId="39D1659F" w:rsidR="00E27BC9" w:rsidRPr="0093619C" w:rsidRDefault="005926DF" w:rsidP="001A7603">
@@ -8061,60 +8135,60 @@
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00BB5612" w:rsidRPr="0093619C">
         <w:t>fter a Notice of Entry has been served</w:t>
       </w:r>
       <w:r w:rsidR="00E27BC9" w:rsidRPr="0093619C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307036FA" w14:textId="6DCA1DB1" w:rsidR="00BB5612" w:rsidRPr="0093619C" w:rsidRDefault="00BB5612" w:rsidP="00E27BC9">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="0093619C">
         <w:t xml:space="preserve">Gaining consent is a fundamental aspect of maintaining a respectful and cooperative relationship between staff and renters. It ensures that the rights of renters are upheld and promotes transparency in the entry process. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DC440E3" w14:textId="77777777" w:rsidR="00BB5612" w:rsidRPr="0056456A" w:rsidRDefault="00BB5612" w:rsidP="00BB5612">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc191627598"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc209523059"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc191627598"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc222164668"/>
       <w:r w:rsidRPr="0056456A">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         </w:rPr>
         <w:t>Without consent</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="7C3EE508" w14:textId="0FF2FE88" w:rsidR="007942A4" w:rsidRDefault="00DE01C5" w:rsidP="007942A4">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0056456A">
         <w:t xml:space="preserve">Taking </w:t>
       </w:r>
       <w:r w:rsidR="001F4E98" w:rsidRPr="0056456A">
         <w:t>action</w:t>
       </w:r>
       <w:r w:rsidRPr="0056456A">
         <w:t xml:space="preserve"> to enter a property 'without consent' refers to situations where the renter has denied </w:t>
       </w:r>
       <w:r w:rsidRPr="00BD017B">
         <w:t>permission for access to the</w:t>
       </w:r>
       <w:r w:rsidR="0055769C" w:rsidRPr="00BD017B">
         <w:t>ir home</w:t>
       </w:r>
       <w:r w:rsidRPr="00BD017B">
         <w:t xml:space="preserve">. </w:t>
@@ -8153,138 +8227,138 @@
           <w:rStyle w:val="BodyChar"/>
         </w:rPr>
         <w:t xml:space="preserve">Under section 89 of the RTA, renters have a legal obligation to allow entry when a right of entry is properly exercised through </w:t>
       </w:r>
       <w:r w:rsidRPr="0056456A">
         <w:t xml:space="preserve">a valid Notice of Entry. </w:t>
       </w:r>
       <w:r w:rsidR="001A7603" w:rsidRPr="0056456A">
         <w:t xml:space="preserve">Failure to allow entry after receiving proper notice constitutes a breach of their obligations. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65EBE5AF" w14:textId="6B90687F" w:rsidR="00F7695C" w:rsidRPr="0056456A" w:rsidRDefault="00F7695C" w:rsidP="00F577C0">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="0056456A">
         <w:t>For more detailed information on managing cases without consent or where a Notice of Entry is required</w:t>
       </w:r>
       <w:r w:rsidR="00082464" w:rsidRPr="0056456A">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="0056456A">
         <w:t>refer to the following sections:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D9D4A09" w14:textId="03504AE8" w:rsidR="00E82E47" w:rsidRPr="0056456A" w:rsidRDefault="00434D8F" w:rsidP="008D7D5A">
+    <w:p w14:paraId="3D9D4A09" w14:textId="03504AE8" w:rsidR="00E82E47" w:rsidRPr="0056456A" w:rsidRDefault="00E82E47" w:rsidP="008D7D5A">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Proactively_addressing_potential_1" w:history="1">
+        <w:r w:rsidRPr="0056456A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Section 12 Proactively addressing potential barriers to entry</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="20EA0485" w14:textId="39898F68" w:rsidR="005E397E" w:rsidRDefault="008D7D5A" w:rsidP="005E397E">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Exercising_a_right" w:history="1">
+        <w:r w:rsidRPr="0056456A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Section 1</w:t>
+        </w:r>
         <w:r w:rsidR="00E82E47" w:rsidRPr="0056456A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Section 12 Proactively addressing potential barriers to entry</w:t>
+          <w:t>3</w:t>
+        </w:r>
+        <w:r w:rsidRPr="0056456A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="005E397E" w:rsidRPr="0056456A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Exercising a right of entry</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="20EA0485" w14:textId="39898F68" w:rsidR="005E397E" w:rsidRDefault="00434D8F" w:rsidP="005E397E">
+    <w:p w14:paraId="43CB5A28" w14:textId="77777777" w:rsidR="00B27606" w:rsidRDefault="00B27606" w:rsidP="00B27606">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
-      <w:hyperlink w:anchor="_Exercising_a_right" w:history="1">
-        <w:r w:rsidR="008D7D5A" w:rsidRPr="0056456A">
+      <w:hyperlink w:anchor="_Behaviours_of_concern" w:history="1">
+        <w:r w:rsidRPr="00B27606">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Section 1</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00E82E47" w:rsidRPr="0056456A">
+          <w:t>Section 14 Behaviours of concern and non-compliance with a Notice of Entry</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B27606">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E75EF3" w14:textId="7B701221" w:rsidR="00B27606" w:rsidRPr="0056456A" w:rsidRDefault="00B27606" w:rsidP="00B27606">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Failure_to_comply" w:history="1">
+        <w:r w:rsidRPr="00B27606">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>3</w:t>
-[...11 lines deleted...]
-          <w:t>Exercising a right of entry</w:t>
+          <w:t>Section 15 Failure to comply with a Notice of Entry</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="43CB5A28" w14:textId="77777777" w:rsidR="00B27606" w:rsidRDefault="00434D8F" w:rsidP="00B27606">
-[...27 lines deleted...]
-    </w:p>
     <w:p w14:paraId="64400E55" w14:textId="30EFD876" w:rsidR="00017623" w:rsidRPr="00387AF2" w:rsidRDefault="00017623" w:rsidP="00017623">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc209523060"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc222164669"/>
       <w:r w:rsidRPr="00387AF2">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t>Manner of entry</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="70ACD22E" w14:textId="044CF6D8" w:rsidR="00017623" w:rsidRPr="00BC1A4D" w:rsidRDefault="00017623" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>In all circumstances whether entry is with or without consent staff must</w:t>
       </w:r>
       <w:r w:rsidR="003D068B" w:rsidRPr="00BC1A4D">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20618B2D" w14:textId="0CDB8C5A" w:rsidR="00017623" w:rsidRPr="00387AF2" w:rsidRDefault="005926DF" w:rsidP="00017623">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="00017623" w:rsidRPr="00387AF2">
         <w:t>rovid</w:t>
       </w:r>
       <w:r w:rsidR="003D068B" w:rsidRPr="00387AF2">
         <w:t>e</w:t>
       </w:r>
@@ -8324,59 +8398,59 @@
       <w:r>
         <w:t xml:space="preserve">For more information on respecting renters right to privacy comfort, and quiet enjoyment refer to </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Potential_impacts_of" w:history="1">
         <w:r w:rsidRPr="001916BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Section</w:t>
         </w:r>
         <w:r w:rsidR="0056456A" w:rsidRPr="001916BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> 10 Potential impacts of home visits and inspections on renters' rights</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0056456A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E46FC6C" w14:textId="77777777" w:rsidR="00CD3738" w:rsidRPr="008B58E3" w:rsidRDefault="77B34C4E" w:rsidP="001F6DCD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_With_Consent"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkStart w:id="15" w:name="_With_Consent"/>
+      <w:bookmarkStart w:id="16" w:name="_Without_Consent"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc222164670"/>
       <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
       <w:r w:rsidRPr="008B58E3">
         <w:t>Behaviours of concern</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:p w14:paraId="144E8BB6" w14:textId="2EB023AB" w:rsidR="00CD3738" w:rsidRDefault="00CD3738" w:rsidP="00CD3738">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="008B58E3">
         <w:t xml:space="preserve">Where renters display behaviours that prevent staff from carrying out their responsibilities, particularly behaviours posing a risk to staff or contractors conducting the home visit, their behaviour must be addressed and responded to in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="00080548">
         <w:t>the RTA</w:t>
       </w:r>
       <w:r w:rsidRPr="008B58E3">
         <w:t>. This requires staff to take appropriate immediate actions to respond to the behaviours of concern. In such cases, behaviours of concern may supersede the original reason for entry.</w:t>
       </w:r>
       <w:r w:rsidR="00792E9E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE2636F" w14:textId="44C86CC5" w:rsidR="00792E9E" w:rsidRDefault="0012521E" w:rsidP="00CD3738">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="0012521E">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">For further guidance on </w:t>
@@ -8384,55 +8458,55 @@
       <w:r w:rsidRPr="00FF50C5">
         <w:t xml:space="preserve">responding to behaviours of concern and taking appropriate action under the RTA, refer to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00FF50C5">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Residential Rental Agreement Breach Management Operational Guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00FF50C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF50C5" w:rsidRPr="00FF50C5">
         <w:t>https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF50C5">
         <w:t>, which outline key steps, escalation pathways, and compliance considerations.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DBFA4E3" w14:textId="6A5B6E43" w:rsidR="003E52B5" w:rsidRDefault="003E52B5" w:rsidP="002D4182">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc209523062"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc222164671"/>
       <w:r>
         <w:t>Key drivers for home visits</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C70BEDF" w14:textId="37E8B2DD" w:rsidR="00AD0099" w:rsidRDefault="00AD0099" w:rsidP="00906423">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="333726695"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Home visits are conducted to </w:t>
       </w:r>
       <w:r w:rsidR="003E52B5">
         <w:t>fulfil</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Homes Victoria’s obligations to ensure renter safety, maintain property standards, and comply with the </w:t>
       </w:r>
       <w:r w:rsidR="00E70E6F">
         <w:t xml:space="preserve">RTA. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The main </w:t>
       </w:r>
       <w:r w:rsidR="7B4FF5B4">
@@ -8467,59 +8541,51 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">ompliance </w:t>
       </w:r>
       <w:r w:rsidR="00075584" w:rsidRPr="00387AF2">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00387AF2">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>hecks</w:t>
       </w:r>
       <w:r w:rsidRPr="00387AF2">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="004B66CA">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00BF28EB" w:rsidRPr="00387AF2">
-        <w:t xml:space="preserve">hen contractors have been unable to complete mandatory </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> inspections required by the RTA after previous attempts, and the matter has been escalated to the local office to </w:t>
+        <w:t xml:space="preserve">hen contractors have been unable to complete mandatory safety inspections required by the RTA after previous attempts, and the matter has been escalated to the local office to </w:t>
       </w:r>
       <w:r w:rsidR="00387AF2">
         <w:t xml:space="preserve">negotiate </w:t>
       </w:r>
       <w:r w:rsidR="00BF28EB" w:rsidRPr="00387AF2">
         <w:t xml:space="preserve">entry. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="174A93A3" w14:textId="07F53FBF" w:rsidR="00AD0099" w:rsidRDefault="00AD0099" w:rsidP="00906423">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="333726695"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Establishing </w:t>
       </w:r>
       <w:r w:rsidR="00075584">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -8734,279 +8800,279 @@
       <w:r w:rsidRPr="00505D47">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>enters:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B66CA">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00E90BED" w:rsidRPr="00E90BED">
         <w:t>uilding a positive relationship with the renter, fostering open communication and trust.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446F429A" w14:textId="0C4E07F0" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="_Toc209523063"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc222164672"/>
       <w:r w:rsidRPr="0045266D">
         <w:t>Types of home visits</w:t>
-      </w:r>
-[...218 lines deleted...]
-        <w:t>Initial home visit</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="0045266D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="79FEC993" w14:textId="77777777" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The types of home visits include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E87F959" w14:textId="5375672C" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Initial </w:t>
+      </w:r>
+      <w:r w:rsidR="00075584">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ome </w:t>
+      </w:r>
+      <w:r w:rsidR="00075584">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>isit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0175A95F" w14:textId="1B97C172" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Renter </w:t>
+      </w:r>
+      <w:r w:rsidR="00075584">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">articipation </w:t>
+      </w:r>
+      <w:r w:rsidR="00075584">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ome </w:t>
+      </w:r>
+      <w:r w:rsidR="00075584">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>isit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EF536B" w14:textId="698EA16B" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Event-</w:t>
+      </w:r>
+      <w:r w:rsidR="00075584">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">riven </w:t>
+      </w:r>
+      <w:r w:rsidR="00075584">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ome </w:t>
+      </w:r>
+      <w:r w:rsidR="00075584">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>isit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5FE24D" w14:textId="34D8C3C7" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Periodic </w:t>
+      </w:r>
+      <w:r w:rsidR="00075584">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ome </w:t>
+      </w:r>
+      <w:r w:rsidR="00075584">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0045266D">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>isit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39995156" w14:textId="7A4883C1" w:rsidR="00D742FC" w:rsidRDefault="003D2FCA" w:rsidP="0045266D">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This categorisation aligns with the way home visits are organised in </w:t>
+      </w:r>
+      <w:r w:rsidR="684560D1">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:t>HiiP</w:t>
+      </w:r>
+      <w:r w:rsidR="003765AD">
+        <w:t xml:space="preserve"> home visit function.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="773D346E" w14:textId="77777777" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Toc222164673"/>
+      <w:r w:rsidRPr="0045266D">
+        <w:t>Initial home visit</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="0045266D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="02114FB8" w14:textId="605BFE08" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The initial home visit is the first meeting between staff and the renter at the rented property following the commencement of the</w:t>
       </w:r>
       <w:r w:rsidR="00141D70">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Residential Rental Agreement (rental agreement). </w:t>
       </w:r>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">These visits must be conducted within 10 weeks of the </w:t>
       </w:r>
@@ -9147,56 +9213,56 @@
         <w:t>Report</w:t>
       </w:r>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="004B66CA">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ncouraging the completion and return of the Tenancy Condition Report, ensuring it is signed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EA78DC2" w14:textId="77777777" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Toc209523065"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc222164674"/>
       <w:r w:rsidRPr="0045266D">
         <w:lastRenderedPageBreak/>
         <w:t>Renter participation home visit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="2CF647EF" w14:textId="77777777" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0045266D">
         <w:t>Renter participation home visits are conducted as a consent-based arrangement to build trust in tenancy relationships and promote sustainable tenancies. These visits focus on the renter’s needs and their capacity to maintain their tenancy effectively.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F326A6C" w14:textId="6C0C4AC9" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>When assessing the need to establish an arrangement, staff should consider</w:t>
       </w:r>
       <w:r w:rsidR="000D68B3">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
@@ -9279,55 +9345,55 @@
     </w:p>
     <w:p w14:paraId="65224729" w14:textId="19BC22FA" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="00DF07A2" w:rsidP="002A4AB2">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF07A2">
         <w:t xml:space="preserve">Additionally, staff should </w:t>
       </w:r>
       <w:r w:rsidR="00DC204C">
         <w:t>consider</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF07A2">
         <w:t xml:space="preserve"> sustainable outcomes in their decision-making regarding visit scheduling and frequency. Sustainable outcomes focus on balancing social, economic, and environmental factors to ensure long-term benefits for both renters and the overall tenancy. By emphasi</w:t>
       </w:r>
       <w:r w:rsidR="00DC204C">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF07A2">
         <w:t>ing sustainable solutions, staff can evaluate the long-term effects of their actions and work collaboratively with renters to create a mutually beneficial visit schedule. This approach not only addresses immediate concerns but also fosters stability and well-being, supporting tenancy sustainment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F10E275" w14:textId="2EC1C2DA" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Toc209523066"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc222164675"/>
       <w:r w:rsidRPr="0045266D">
         <w:t>Event driven home visit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="22"/>
     </w:p>
     <w:p w14:paraId="75CC984A" w14:textId="4B929ADF" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Event-driven home visits are conducted in response to legislative or departmental requirements to address tenancy or property issues,</w:t>
       </w:r>
       <w:r w:rsidR="004018E0">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> including requests from renters, </w:t>
       </w:r>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>such as:</w:t>
@@ -9531,55 +9597,55 @@
     </w:p>
     <w:p w14:paraId="2709BF26" w14:textId="43176230" w:rsidR="5A823B12" w:rsidRPr="004F2935" w:rsidRDefault="5A823B12" w:rsidP="047C74A8">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="004F2935">
         <w:t xml:space="preserve">Where a home visit is required for the purpose of </w:t>
       </w:r>
       <w:r w:rsidR="0093455D" w:rsidRPr="004F2935">
         <w:t>contacting</w:t>
       </w:r>
       <w:r w:rsidRPr="004F2935">
         <w:t xml:space="preserve"> a renter, staff </w:t>
       </w:r>
       <w:r w:rsidR="0093455D" w:rsidRPr="004F2935">
         <w:t>cannot</w:t>
       </w:r>
       <w:r w:rsidRPr="004F2935">
         <w:t xml:space="preserve"> enter the property or private outdoor space without renter consent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FED7138" w14:textId="5A5D01A8" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Toc209523067"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc222164676"/>
       <w:r w:rsidRPr="0045266D">
         <w:t>Periodic home visit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="731D3E84" w14:textId="61A689C6" w:rsidR="0045266D" w:rsidRPr="00387AF2" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Periodic </w:t>
       </w:r>
       <w:r w:rsidR="00075584">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">home </w:t>
       </w:r>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">visits are conducted to </w:t>
       </w:r>
       <w:r w:rsidR="00BC1A4D" w:rsidRPr="0045266D">
         <w:rPr>
@@ -9674,117 +9740,117 @@
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00BF4336" w:rsidRPr="00387AF2">
         <w:t>ddress a</w:t>
       </w:r>
       <w:r w:rsidR="0045266D" w:rsidRPr="00387AF2">
         <w:t xml:space="preserve">ny </w:t>
       </w:r>
       <w:r w:rsidR="00BF4336" w:rsidRPr="00387AF2">
         <w:t xml:space="preserve">identified </w:t>
       </w:r>
       <w:r w:rsidR="0045266D" w:rsidRPr="00387AF2">
         <w:t>health and safety risks</w:t>
       </w:r>
       <w:r w:rsidR="000F73FC" w:rsidRPr="00387AF2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="484B1182" w14:textId="6CD86426" w:rsidR="0045266D" w:rsidRPr="00C61746" w:rsidRDefault="00EA3E60" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc181605141"/>
-      <w:bookmarkStart w:id="24" w:name="_Toc209523068"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc181605141"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc222164677"/>
       <w:r>
         <w:t>Home</w:t>
       </w:r>
       <w:r w:rsidR="0045266D">
         <w:t xml:space="preserve"> visits for the purpose of conduc</w:t>
       </w:r>
       <w:r w:rsidR="71E74215">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="0045266D">
         <w:t>ing a property assessment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="10C356A4" w14:textId="77777777" w:rsidR="00C432E7" w:rsidRDefault="00C432E7" w:rsidP="00C432E7">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Staff may only legally request a property assessment during a home visit if one of the following conditions is met:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09ACF684" w14:textId="727C8603" w:rsidR="00C432E7" w:rsidRDefault="000D68B3" w:rsidP="00C432E7">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00C432E7">
         <w:t>ritten notice has been provided to the renter prior to the visit, clearly advising that part of the purpose of the inspection is to conduct a property assessment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B79D455" w14:textId="36FFF730" w:rsidR="00C432E7" w:rsidRDefault="000D68B3" w:rsidP="00C432E7">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00C432E7">
         <w:t>he renter has given consent to enter the property for this purpose, or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19074D7A" w14:textId="5C9D403B" w:rsidR="00C432E7" w:rsidRDefault="000D68B3" w:rsidP="00C432E7">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00C432E7">
         <w:t xml:space="preserve"> Notice of Entry has been issued under section 86(1)(f) of the RTA where entry is required to inspect the premises, and such an inspection has not occurred within the previous 6 months</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1942B06A" w14:textId="0304ECBE" w:rsidR="00357284" w:rsidRPr="00543347" w:rsidRDefault="00357284" w:rsidP="00543347">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc209523069"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc222164678"/>
       <w:r w:rsidRPr="00543347">
         <w:t>The role of HiiP in home visit management</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="00543347">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF36A30" w14:textId="3E1121EA" w:rsidR="00FC6B0B" w:rsidRDefault="23D9EB55" w:rsidP="00FC6B0B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="859319261"/>
       </w:pPr>
       <w:r>
         <w:t>There are mandatory actions in HiiP for</w:t>
       </w:r>
       <w:r w:rsidR="00FC6B0B">
         <w:t xml:space="preserve"> managing home visits, from scheduling to recording outcomes and issuing notices for entry. </w:t>
       </w:r>
       <w:r w:rsidR="00C37CA9">
         <w:t xml:space="preserve">Functions </w:t>
       </w:r>
       <w:r w:rsidR="00FC6B0B">
         <w:t>include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="443DA51B" w14:textId="2B65CA5F" w:rsidR="00FC6B0B" w:rsidRDefault="00FC6B0B" w:rsidP="009F7B5C">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
@@ -10051,60 +10117,60 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A5196" w:rsidRPr="00166A44">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="000F7A61">
         <w:t>ii</w:t>
       </w:r>
       <w:r w:rsidR="006A5196" w:rsidRPr="00166A44">
         <w:t>P streamlines the generation and issuance of Notices of Entry through integration with VCAT online, which facilitates automated data transfers</w:t>
       </w:r>
       <w:r w:rsidR="00166A44">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="559A00DD" w14:textId="4CD11E33" w:rsidR="008A2E65" w:rsidRPr="00870B18" w:rsidRDefault="008A2E65" w:rsidP="00870B18">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:divId w:val="859319261"/>
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc209523070"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc222164679"/>
       <w:r w:rsidRPr="00870B18">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:b/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>HiiP record management</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="4DE40E35" w14:textId="351DC61D" w:rsidR="00FC6B0B" w:rsidRDefault="00FC6B0B" w:rsidP="00FC6B0B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="859319261"/>
       </w:pPr>
       <w:r>
         <w:t>In addition to its role in home visit management, proper</w:t>
       </w:r>
       <w:r w:rsidR="2EDCDA9A">
         <w:t xml:space="preserve"> record</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> management of all applications and notices in H</w:t>
       </w:r>
       <w:r w:rsidR="009F55B0">
         <w:t>ii</w:t>
       </w:r>
       <w:r>
         <w:t>P is mandatory for reasons</w:t>
       </w:r>
       <w:r w:rsidR="00E22997">
         <w:t xml:space="preserve"> including</w:t>
       </w:r>
       <w:r>
@@ -10351,85 +10417,85 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">eliable data underpins evidence-based decision-making for strategies that </w:t>
       </w:r>
       <w:r w:rsidR="1270FCAD" w:rsidRPr="2E42DA7B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">improve </w:t>
       </w:r>
       <w:r w:rsidRPr="2E42DA7B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>housing outcomes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="326B3F59" w14:textId="741C7038" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Preparing_and_arranging"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkStart w:id="28" w:name="_Preparing_and_arranging"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc222164680"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="0045266D">
         <w:lastRenderedPageBreak/>
         <w:t>Preparing</w:t>
       </w:r>
       <w:r w:rsidR="00831CC0">
         <w:t xml:space="preserve"> and arranging </w:t>
       </w:r>
       <w:r w:rsidRPr="0045266D">
         <w:t>a home visit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="0045266D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DD93023" w14:textId="1A99C80E" w:rsidR="00831CC0" w:rsidRDefault="00831CC0" w:rsidP="00831CC0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Preparing_for_a"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkStart w:id="30" w:name="_Preparing_for_a"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc222164681"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Preparing for a home visit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="576A17F7" w14:textId="68F06A22" w:rsidR="0045266D" w:rsidRPr="0045266D" w:rsidRDefault="0045266D" w:rsidP="0045266D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">To prepare for a home visit, staff </w:t>
       </w:r>
       <w:r w:rsidR="00F85962">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidRPr="0045266D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
@@ -10649,57 +10715,57 @@
     <w:p w14:paraId="3624E150" w14:textId="0A773F60" w:rsidR="00B40B25" w:rsidRPr="00D815DE" w:rsidRDefault="000D68B3" w:rsidP="00BD766D">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:divId w:val="1094396410"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00B40B25" w:rsidRPr="114FA981">
         <w:t xml:space="preserve">ecide if a </w:t>
       </w:r>
       <w:r w:rsidR="00177D6C">
         <w:t>Notice of Entry</w:t>
       </w:r>
       <w:r w:rsidR="00B40B25" w:rsidRPr="114FA981">
         <w:t xml:space="preserve"> is required by assessing whether the visit is essential, such as for safety reasons, urgent repairs, or other critical purposes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EF0BC47" w14:textId="77777777" w:rsidR="008464C4" w:rsidRPr="008464C4" w:rsidRDefault="008464C4" w:rsidP="00A86B1E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Worker_safety_assessment"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkStart w:id="32" w:name="_Worker_safety_assessment"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc222164682"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="008464C4">
         <w:t>Worker safety assessment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="0992923E" w14:textId="7BBBE26F" w:rsidR="00E37B2B" w:rsidRDefault="00474E1A" w:rsidP="00E37B2B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="1707949666"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="s1"/>
         </w:rPr>
         <w:t>Staff</w:t>
       </w:r>
       <w:r w:rsidR="00E37B2B">
         <w:rPr>
           <w:rStyle w:val="s1"/>
         </w:rPr>
         <w:t xml:space="preserve"> must assess safety risks before and during home visits, conduct a worker safety assessment as part of planning, and collaborate with managers to address any</w:t>
       </w:r>
       <w:r w:rsidR="00B304F4">
         <w:rPr>
           <w:rStyle w:val="s1"/>
@@ -10863,350 +10929,350 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FCC850F" w14:textId="3D5F8EBC" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007A652B">
               <w:t xml:space="preserve">Description/Action </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="0028DCEA" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A7703BF" w14:textId="2F8DD430" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="2A7703BF" w14:textId="2F8DD430" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Establish and maintain communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="32D770C2" w14:textId="6F12004A" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Make multiple attempts to contact the renter before the visit via phone, email, or SMS to confirm the appointment and clarify the purpose of entry. Clear communication helps reduce misunderstandings and potential conflicts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="5E7A8A78" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AAF9E5A" w14:textId="20A20255" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="3AAF9E5A" w14:textId="20A20255" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Conducting inspections in pairs or with security support</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E5AB603" w14:textId="02403CA4" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>When risks are identified, staff should not attend alone. Arrange for at least two staff members or security personnel to accompany the visit.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="3D2CCA04" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C813EA0" w14:textId="7563172C" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="5C813EA0" w14:textId="7563172C" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Arrival and environmental awareness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="654C5A30" w14:textId="757CEAA5" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Upon arrival, observe the surroundings for signs of risk such as aggressive behaviour, weapons, substance use, or dangerous animals. If unsafe, do not enter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="44C78CB8" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6108BF92" w14:textId="5442AFDB" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="6108BF92" w14:textId="5442AFDB" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Safe parking and exit planning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27AA212D" w14:textId="1D613E66" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Park vehicles to allow a quick, unobstructed exit. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="04985AC6" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="718FF5AF" w14:textId="36A3A0BA" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="718FF5AF" w14:textId="36A3A0BA" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Entry protocols</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AD1257F" w14:textId="3E59D8F6" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Knock and wait at the door, loudly announcing your presence several times before proceeding with entry. When entering, keep the door open and continue to announce yourself clearly. Do not respond to calls to “come in” unless you have visual confirmation of the person inviting you.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="76F544F2" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B8885E2" w14:textId="17E52398" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="0B8885E2" w14:textId="17E52398" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Inside the property</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F84DBE9" w14:textId="4C9349F9" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Maintain personal space and avoid confined areas like kitchens or bedrooms if possible. Position near an exit and avoid sitting with your back to the door. Keep potential weapons out of reach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="32168E69" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4515A918" w14:textId="4989A16F" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="4515A918" w14:textId="4989A16F" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Use of personal safety devices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B04CC17" w14:textId="40030035" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Carry personal alarms, mobile phones, or duress devices and be trained in their use for emergencies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="5FB989ED" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="29A9F867" w14:textId="4E2BC5C6" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="29A9F867" w14:textId="4E2BC5C6" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Use of safety boots and appropriate Personal Protective Equipment (PPE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78AB53C4" w14:textId="004F1294" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Wear appropriate safety boots to protect your feet during property visits. Ensure other PPE is used as required, such as gloves or high-visibility clothing, depending on the environment. Avoid bringing personal handbags or unnecessary items inside the property to minimise distractions and maintain mobility and safety.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="66EE2B3B" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16C58CC4" w14:textId="74885C7A" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="16C58CC4" w14:textId="74885C7A" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Immediate termination of visit if unsafe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33B5F7BF" w14:textId="2E50B4AD" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>If staff feel threatened or unsafe at any point, they should leave immediately and document the incident thoroughly.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D71EF32" w14:textId="35ED2DA3" w:rsidR="00DC5798" w:rsidRDefault="00DC5798" w:rsidP="00DC5798">
@@ -11220,55 +11286,55 @@
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">For more information on workplace safety, including the worker safety assessment tool, visit the </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00387AF2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Keeping Safe at Work</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00387AF2">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Keeping-safe-at-work.aspx page on the Public Housing Resources SharePoint.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68502904" w14:textId="77777777" w:rsidR="00E731BC" w:rsidRPr="0052419C" w:rsidRDefault="00E731BC" w:rsidP="00E731BC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc200818193"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc200818193"/>
       <w:r w:rsidRPr="0052419C">
         <w:t>Properties presenting a risk of contamination</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="6FF955F6" w14:textId="68999E64" w:rsidR="001B7079" w:rsidRPr="00BC1A4D" w:rsidRDefault="001B7079" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>If a property is assessed to be at risk of contamination</w:t>
       </w:r>
       <w:r w:rsidR="00C645AE" w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>based on prior information or observations during a home visit (e.g., illegal drug use, pest infestations, excessive needles</w:t>
       </w:r>
       <w:r w:rsidR="0039472D" w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve"> or drug paraphernalia</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>, rubbish, or mould)</w:t>
       </w:r>
       <w:r w:rsidR="00155946" w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>staff must:</w:t>
@@ -11289,57 +11355,57 @@
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="001B7079" w:rsidRPr="001B7079">
         <w:t xml:space="preserve"> clear description of the observed hazards.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EFDCF02" w14:textId="666F7ECB" w:rsidR="001B7079" w:rsidRDefault="000D68B3" w:rsidP="001B7079">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="001B7079" w:rsidRPr="001B7079">
         <w:t>etermination of appropriate next steps to address the OHS risks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C8D899" w14:textId="19F636C6" w:rsidR="003C15D6" w:rsidRPr="00D93263" w:rsidRDefault="003C15D6" w:rsidP="006216D0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Vehicle_tool_kits"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkStart w:id="35" w:name="_Vehicle_tool_kits"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc222164683"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="00D93263">
         <w:t>Vehicle tool kits</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="2543067A" w14:textId="77777777" w:rsidR="00F23987" w:rsidRDefault="00F23987" w:rsidP="00F23987">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Vehicle tool kits should be available either in fleet vehicles or at local offices and taken out as required for property visits. These kits are intended to support staff safety and operational needs and may include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="482EEC97" w14:textId="27A8F425" w:rsidR="00F23987" w:rsidRDefault="000D68B3" w:rsidP="00F23987">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00F23987">
         <w:t>asic Personal Protective Equipment (PPE</w:t>
       </w:r>
       <w:r w:rsidR="007353ED">
         <w:t xml:space="preserve">), </w:t>
       </w:r>
       <w:r w:rsidR="007353ED" w:rsidRPr="007353ED">
         <w:t>such as face masks, gloves, and shoe coverings</w:t>
       </w:r>
@@ -11368,58 +11434,58 @@
       <w:r w:rsidR="007353ED">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79948243" w14:textId="4ACF7126" w:rsidR="00F23987" w:rsidRPr="00F23987" w:rsidRDefault="00726D7F" w:rsidP="00F23987">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:rPr>
           <w:highlight w:val="green"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Local offices</w:t>
       </w:r>
       <w:r w:rsidR="00F23987">
         <w:t xml:space="preserve"> are responsible for ensuring tool kits are stocked, accessible, and used in accordance with risk assessments and operational procedures. Regular checks should be conducted to maintain kit readiness and compliance with safety standards.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EB097CC" w14:textId="249709CD" w:rsidR="00831CC0" w:rsidRPr="00831CC0" w:rsidRDefault="00C062AF" w:rsidP="00831CC0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc209523075"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc222164684"/>
       <w:r>
         <w:t>Scheduling</w:t>
       </w:r>
       <w:r w:rsidR="00831CC0" w:rsidRPr="00831CC0">
         <w:t xml:space="preserve"> a home visit</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidR="00831CC0" w:rsidRPr="00831CC0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27BC1952" w14:textId="23FDCCDE" w:rsidR="00831CC0" w:rsidRPr="00BC1A4D" w:rsidRDefault="20CCC755" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>All</w:t>
       </w:r>
       <w:r w:rsidR="007E5446" w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve"> home </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>visits, whether periodic or event-driven,</w:t>
       </w:r>
       <w:r w:rsidR="007E5446" w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00831CC0" w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve">must be </w:t>
@@ -11625,51 +11691,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ignificant community events, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FFDA235" w14:textId="3A389875" w:rsidR="00894A33" w:rsidRDefault="000D68B3" w:rsidP="00894A33">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00352732" w:rsidRPr="00352732">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ocal customs. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B3AF863" w14:textId="01E60294" w:rsidR="00352732" w:rsidRDefault="00352732" w:rsidP="00894A33">
+    <w:p w14:paraId="4B3AF863" w14:textId="01E60294" w:rsidR="00352732" w:rsidRDefault="00352732" w:rsidP="00BB3830">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00352732">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>This approach ensures that visits are conducted respectfully and appropriately, fostering trust and cooperation between staff and families while aligning with principles such as Aboriginal cultural safety.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A06AADD" w14:textId="09B38D6B" w:rsidR="00831CC0" w:rsidRPr="00BC1A4D" w:rsidRDefault="00831CC0" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>When discussing the need for a home visit</w:t>
       </w:r>
@@ -11791,69 +11857,69 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Scheduling: </w:t>
       </w:r>
       <w:r w:rsidR="004B66CA" w:rsidRPr="00BC1A4D">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>onfirm a suitable date and time.</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C43D67" w14:textId="77777777" w:rsidR="00ED3BA5" w:rsidRPr="00BC1A4D" w:rsidRDefault="00831CC0" w:rsidP="00BC1A4D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Body"/>
+    <w:p w14:paraId="12C43D67" w14:textId="77777777" w:rsidR="00ED3BA5" w:rsidRPr="00BC1A4D" w:rsidRDefault="00831CC0" w:rsidP="008E6749">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>If the renter consents to the home visit, a letter should be sent confirming the agreed-upon date and time.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27F0CE8D" w14:textId="77777777" w:rsidR="008464C4" w:rsidRPr="00FE3B01" w:rsidRDefault="008464C4" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Before_leaving_the"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkStart w:id="38" w:name="_Before_leaving_the"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc222164685"/>
+      <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidRPr="00FE3B01">
         <w:t>Before leaving the office</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
     <w:p w14:paraId="5C30B962" w14:textId="7415201A" w:rsidR="008464C4" w:rsidRPr="00FE3B01" w:rsidRDefault="008464C4" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE3B01">
         <w:t>Staff must notify their managers of all scheduled home visits or inspections and maintain regular communication while on-site. They should provide the following information:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5444CD5A" w14:textId="5EDE0D90" w:rsidR="008464C4" w:rsidRPr="00FE3B01" w:rsidRDefault="000D68B3" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="008464C4" w:rsidRPr="00FE3B01">
         <w:t>obile contact number</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E86CCFC" w14:textId="3180B8DA" w:rsidR="008464C4" w:rsidRPr="00FE3B01" w:rsidRDefault="000D68B3" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
@@ -11874,72 +11940,70 @@
         <w:t>dentified risks and control strategies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03C29429" w14:textId="357FBE03" w:rsidR="008464C4" w:rsidRPr="00FE3B01" w:rsidRDefault="000D68B3" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="008464C4" w:rsidRPr="00FE3B01">
         <w:t>nticipated time of arrival</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ABAAA61" w14:textId="78F97BFC" w:rsidR="008464C4" w:rsidRPr="00FE3B01" w:rsidRDefault="000D68B3" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="008464C4" w:rsidRPr="00FE3B01">
         <w:t>xpected time of completion</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C941619" w14:textId="3F44E2A9" w:rsidR="008464C4" w:rsidRDefault="008464C4" w:rsidP="008464C4">
+    <w:p w14:paraId="6C941619" w14:textId="3F44E2A9" w:rsidR="008464C4" w:rsidRDefault="008464C4" w:rsidP="00BB3830">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
+      <w:r w:rsidRPr="00BB3830">
+        <w:t>If</w:t>
+      </w:r>
       <w:r w:rsidRPr="00FE3B01">
-        <w:t>If staff experience delays during home visits or inspections, they must inform their line manager of the delay and the new expected completi</w:t>
-[...4 lines deleted...]
-        <w:t>on time.</w:t>
+        <w:t xml:space="preserve"> staff experience delays during home visits or inspections, they must inform their line manager of the delay and the new expected completion time.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12B23C27" w14:textId="4E87890A" w:rsidR="00AF02DB" w:rsidRPr="00AF02DB" w:rsidRDefault="00AF02DB" w:rsidP="005442A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="40" w:name="_Making_informed_decisions"/>
-      <w:bookmarkStart w:id="41" w:name="_Toc209523077"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc222164686"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidRPr="00AF02DB">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Making informed decisions before entering </w:t>
       </w:r>
       <w:r w:rsidR="00585E1E">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF02DB">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> property and during </w:t>
       </w:r>
       <w:r w:rsidR="00A420D2">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
@@ -12393,100 +12457,86 @@
       </w:r>
       <w:r w:rsidR="00792DB1">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>taff feel comfortable continuing, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D5D357" w14:textId="6D03D44C" w:rsidR="00DF52DF" w:rsidRDefault="00A77518">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00DF52DF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">ll identified risks have been assessed, discussed, and appropriately mitigated. This includes consideration of practical strategies such as, avoiding the affected area where possible, ensuring appropriate and </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> PPE is available and used, adapting or shortening the visit to reduce exposure, and exploring remote engagement options where feasible</w:t>
+        <w:t>ll identified risks have been assessed, discussed, and appropriately mitigated. This includes consideration of practical strategies such as, avoiding the affected area where possible, ensuring appropriate and sufficient PPE is available and used, adapting or shortening the visit to reduce exposure, and exploring remote engagement options where feasible</w:t>
       </w:r>
       <w:r w:rsidR="00BD2C31">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C624856" w14:textId="25B3112E" w:rsidR="00137226" w:rsidRDefault="00A77518" w:rsidP="00792DB1">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00792DB1">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>eschedule the visit if PPE is unavailable (e.g. missing from vehicle tool kits).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07E85D95" w14:textId="77777777" w:rsidR="008464C4" w:rsidRPr="005442A5" w:rsidRDefault="008464C4" w:rsidP="005442A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Standards_for_conduct"/>
       <w:bookmarkStart w:id="43" w:name="_Toc181605146"/>
-      <w:bookmarkStart w:id="44" w:name="_Toc209523078"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc222164687"/>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="005442A5">
         <w:rPr>
           <w:rStyle w:val="Heading1Char"/>
           <w:rFonts w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Sta</w:t>
       </w:r>
       <w:r w:rsidRPr="005442A5">
         <w:t>ndards for conduct during home visits</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidRPr="005442A5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785AD194" w14:textId="319A9780" w:rsidR="008464C4" w:rsidRPr="00BC1A4D" w:rsidRDefault="00C26850" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
@@ -13264,51 +13314,51 @@
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008C0A7A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>taken:</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="008C0A7A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004B66CA">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008C0A7A">
         <w:t>taff should offer renters the opportunity to review photos to ensure that no personal possessions or identifying information have been captured.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0740DA14" w14:textId="75B124FF" w:rsidR="006712AF" w:rsidRPr="001916BE" w:rsidRDefault="006712AF" w:rsidP="001916BE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="_Potential_impacts_of"/>
-      <w:bookmarkStart w:id="46" w:name="_Toc209523079"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc222164688"/>
       <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidRPr="001916BE">
         <w:t>Potential impacts of home visits and inspections on renters' rights</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidRPr="001916BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DFAD2E8" w14:textId="77777777" w:rsidR="006712AF" w:rsidRPr="00BC1A4D" w:rsidRDefault="006712AF" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>When entering a renter’s property, whether with or without consent, certain human rights are engaged. These include the rights to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A79FD79" w14:textId="681504CE" w:rsidR="006712AF" w:rsidRPr="00BC1A4D" w:rsidRDefault="00A77518" w:rsidP="00BC1A4D">
       <w:pPr>
@@ -13348,53 +13398,53 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ecurity, and </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6F9322" w14:textId="33556102" w:rsidR="006712AF" w:rsidRPr="00BC1A4D" w:rsidRDefault="00A77518" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="006712AF" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">rotection from arbitrary interference. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6856F7F5" w14:textId="35C7F723" w:rsidR="004D428B" w:rsidRPr="00BC1A4D" w:rsidRDefault="006712AF" w:rsidP="00BC1A4D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Body"/>
+    <w:p w14:paraId="6856F7F5" w14:textId="35C7F723" w:rsidR="004D428B" w:rsidRPr="00BC1A4D" w:rsidRDefault="006712AF" w:rsidP="00BB3830">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">These rights are fundamental, ensuring renters feel safe, respected, and informed about what is happening in their homes. </w:t>
       </w:r>
       <w:r w:rsidR="00D258D0" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>When health and safety risks arise</w:t>
       </w:r>
       <w:r w:rsidR="004D428B" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D258D0" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
@@ -13555,65 +13605,51 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00545A06">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="002E781D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A06">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00117EDC" w:rsidRPr="00545A06">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Human rights and </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> legal rights p</w:t>
+        <w:t>Human rights and other legal rights p</w:t>
       </w:r>
       <w:r w:rsidRPr="00545A06">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>otential engaged</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="6883"/>
       </w:tblGrid>
       <w:tr w:rsidR="006712AF" w:rsidRPr="00545A06" w14:paraId="63EB8EF0" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
@@ -13645,53 +13681,53 @@
           </w:tcPr>
           <w:p w14:paraId="0729A6AA" w14:textId="77777777" w:rsidR="006712AF" w:rsidRPr="00545A06" w:rsidRDefault="006712AF" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A652B">
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006712AF" w:rsidRPr="006712AF" w14:paraId="07E7E91A" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED77C74" w14:textId="601E2684" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
+          <w:p w14:paraId="5ED77C74" w14:textId="601E2684" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Right to </w:t>
             </w:r>
             <w:r w:rsidR="00492721" w:rsidRPr="004B359E">
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">nformation and </w:t>
             </w:r>
             <w:r w:rsidR="00492721" w:rsidRPr="004B359E">
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">rocedural </w:t>
             </w:r>
             <w:r w:rsidR="00492721" w:rsidRPr="004B359E">
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t>airness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13700,73 +13736,73 @@
           </w:tcPr>
           <w:p w14:paraId="0BCE643B" w14:textId="25A9C7FD" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Renters should be informed about </w:t>
             </w:r>
             <w:r w:rsidR="79756639" w:rsidRPr="004B359E">
               <w:t>entry</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> to their property, either through advance notice (when possible) or by providing clear information afterward. This ensures transparency and fairness, allowing renters to understand and engage with decisions that affect their home.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006712AF" w:rsidRPr="006712AF" w14:paraId="0A7039BB" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A93A163" w14:textId="6C44F359" w:rsidR="00545A06" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
+          <w:p w14:paraId="7A93A163" w14:textId="6C44F359" w:rsidR="00545A06" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Right to </w:t>
             </w:r>
             <w:r w:rsidR="00492721" w:rsidRPr="004B359E">
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t>rivacy</w:t>
             </w:r>
             <w:r w:rsidR="00C949B1" w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> and reputation </w:t>
             </w:r>
             <w:r w:rsidR="00545A06" w:rsidRPr="004B359E">
               <w:t>(including the home)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66E650BA" w14:textId="52D27606" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="00545A06" w:rsidP="004B359E">
+          <w:p w14:paraId="66E650BA" w14:textId="52D27606" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="00545A06" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Right to quiet enjoyment </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BFA9794" w14:textId="787BBAC8" w:rsidR="00545A06" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Th</w:t>
             </w:r>
             <w:r w:rsidR="00545A06" w:rsidRPr="004B359E">
               <w:t>ese</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> right</w:t>
             </w:r>
             <w:r w:rsidR="00545A06" w:rsidRPr="004B359E">
               <w:t>s</w:t>
@@ -13786,53 +13822,53 @@
             <w:r w:rsidR="00932F60" w:rsidRPr="004B359E">
               <w:t>privacy</w:t>
             </w:r>
             <w:r w:rsidR="00545A06" w:rsidRPr="004B359E">
               <w:t xml:space="preserve">, family, home or correspondence unlawfully or arbitrarily interfered with. It ensures that renters have control over who enters their home and how their belongings are handled. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CB3D7F2" w14:textId="19B76717" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="00545A06" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Even when consent is provided for entry, renters expect a certain level of discretion and respect for their personal environment. Entry to a property should never be random or unwarranted. Renters have a right to know that any entry to their property has a clear, justifiable purpose, whether for maintenance, safety, or another valid reason as outlined in legislation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006712AF" w:rsidRPr="006712AF" w14:paraId="34A83202" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E63741B" w14:textId="6DAC809D" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
+          <w:p w14:paraId="0E63741B" w14:textId="6DAC809D" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Right to </w:t>
             </w:r>
             <w:r w:rsidR="00097B0D" w:rsidRPr="004B359E">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">ecurity of the </w:t>
             </w:r>
             <w:r w:rsidR="00097B0D" w:rsidRPr="004B359E">
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t>erson</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1869F9FE" w14:textId="77777777" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
@@ -13910,151 +13946,151 @@
           </w:tcPr>
           <w:p w14:paraId="6AEE27A3" w14:textId="77777777" w:rsidR="006712AF" w:rsidRPr="006712AF" w:rsidRDefault="006712AF" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A652B">
               <w:rPr>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006712AF" w:rsidRPr="006712AF" w14:paraId="3DD1888A" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6410309F" w14:textId="4F4D2F3E" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
+          <w:p w14:paraId="6410309F" w14:textId="4F4D2F3E" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Transparency and </w:t>
             </w:r>
             <w:r w:rsidR="00097B0D" w:rsidRPr="004B359E">
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t>ommunication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C26211F" w14:textId="1AE1F509" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Always communicate clearly with the renter about the reason, timing, and scope of entry to their home. If advance notice isn’t possible, ensure timely follow-up communication afterward. </w:t>
             </w:r>
             <w:r w:rsidR="00675581" w:rsidRPr="004B359E">
               <w:t>These fosters</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> trust and </w:t>
             </w:r>
             <w:r w:rsidR="00675581" w:rsidRPr="004B359E">
               <w:t>keep</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> renters informed, minimising feelings of intrusion.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006712AF" w:rsidRPr="006712AF" w14:paraId="5922F9C4" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A6FEDA7" w14:textId="217E7862" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
+          <w:p w14:paraId="2A6FEDA7" w14:textId="217E7862" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Respect for </w:t>
             </w:r>
             <w:r w:rsidR="00097B0D" w:rsidRPr="004B359E">
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">ersonal </w:t>
             </w:r>
             <w:r w:rsidR="00097B0D" w:rsidRPr="004B359E">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t>pace</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22FCD924" w14:textId="2B22740F" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Limit </w:t>
             </w:r>
             <w:r w:rsidR="0A4700AF" w:rsidRPr="004B359E">
               <w:t>entry</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> to only the areas necessary for the specific purpose of the visit. Avoid unnecessary handling of personal items and refrain from actions that may disturb the renter’s environment beyond what is essential.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006712AF" w:rsidRPr="006712AF" w14:paraId="6B13E06C" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD4BD2E" w14:textId="04985198" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
+          <w:p w14:paraId="2DD4BD2E" w14:textId="04985198" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Legal </w:t>
             </w:r>
             <w:r w:rsidR="00097B0D" w:rsidRPr="004B359E">
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">ompliance and </w:t>
             </w:r>
             <w:r w:rsidR="00097B0D" w:rsidRPr="004B359E">
               <w:t>j</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t>ustification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="556A538B" w14:textId="7F49E41D" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
@@ -14063,147 +14099,147 @@
               <w:t xml:space="preserve">Ensure that all </w:t>
             </w:r>
             <w:r w:rsidR="3642AC27" w:rsidRPr="004B359E">
               <w:t>entry</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> complies with relevant legislation. Documenting the purpose and actions taken during each visit helps demonstrate that </w:t>
             </w:r>
             <w:r w:rsidR="60CEF9D1" w:rsidRPr="004B359E">
               <w:t>entry</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> is justified, avoiding any perception of arbitrary or unnecessary entry.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006712AF" w:rsidRPr="006712AF" w14:paraId="323BF45E" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="749582C5" w14:textId="7B8B7CB7" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="00801C9C" w:rsidP="004B359E">
+          <w:p w14:paraId="749582C5" w14:textId="7B8B7CB7" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="00801C9C" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Respect, s</w:t>
             </w:r>
             <w:r w:rsidR="006712AF" w:rsidRPr="004B359E">
               <w:t xml:space="preserve">ensitivity and </w:t>
             </w:r>
             <w:r w:rsidR="00097B0D" w:rsidRPr="004B359E">
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="006712AF" w:rsidRPr="004B359E">
               <w:t>ignity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DB65DF5" w14:textId="504AE8C9" w:rsidR="00801C9C" w:rsidRPr="004B359E" w:rsidRDefault="00801C9C" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Renters have the right to be treated with dignity and respect during all interactions. Staff who have entered a property, whether consent has been provided or not, should always reflect this principle by handling personal items carefully and treating their space thoughtfully.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26C6C338" w14:textId="2DBAF64F" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Be aware of renters’ diverse backgrounds and experiences. Acknowledge and address any specific sensitivities, especially if the renter has expressed concerns about privacy or security. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006712AF" w:rsidRPr="006712AF" w14:paraId="471224B5" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="411A7664" w14:textId="50C64FAC" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
+          <w:p w14:paraId="411A7664" w14:textId="50C64FAC" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Safety and </w:t>
             </w:r>
             <w:r w:rsidR="00097B0D" w:rsidRPr="004B359E">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">ecurity </w:t>
             </w:r>
             <w:r w:rsidR="00097B0D" w:rsidRPr="004B359E">
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t>easures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6883" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F3CB5AB" w14:textId="77777777" w:rsidR="006712AF" w:rsidRPr="004B359E" w:rsidRDefault="006712AF" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Prioritise actions that maintain both the renter’s physical safety and sense of security. If a renter is present, take steps to reassure them throughout the visit. For unconsented entry, clearly communicate the reasons for entry to mitigate any anxieties the renter may feel.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16E53579" w14:textId="284403B4" w:rsidR="006712AF" w:rsidRPr="00BC1A4D" w:rsidRDefault="006712AF" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>By adhering to these principles, staff can balance operational needs with a respectful, human rights-based approach, ensuring that all renters feel safe, informed, and valued during property entry interactions.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D200E7" w14:textId="77777777" w:rsidR="0091425F" w:rsidRPr="00E96366" w:rsidRDefault="0091425F" w:rsidP="0091425F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="47" w:name="_Toc209523080"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc222164689"/>
       <w:r>
         <w:t>Considering human rights</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
     </w:p>
     <w:p w14:paraId="4E799B46" w14:textId="77777777" w:rsidR="0091425F" w:rsidRDefault="0091425F" w:rsidP="0091425F">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>A rental provider must exercise the right of entry reasonably in the relevant circumstances. Consideration must be given to the renter’s human rights when exercising a right of entry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A46A1ED" w14:textId="19339AD3" w:rsidR="0091425F" w:rsidRDefault="0091425F" w:rsidP="0091425F">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Staff must weigh the importance and necessity of the purpose of exercising the right of entry against the risks of entering the rented premises without consent. </w:t>
       </w:r>
       <w:r w:rsidRPr="000C2F4D">
         <w:t xml:space="preserve">It is generally recommended that entry should not occur without consent unless the circumstances constitute an emergency (e.g. where immediate entry is necessary to prevent an imminent and serious risk to a person’s safety or life). Refer to </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Entry_in_emergencies" w:history="1">
         <w:r w:rsidRPr="000C2F4D">
@@ -14230,215 +14266,215 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="72BEBE3D" w14:textId="07D4B993" w:rsidR="000244CE" w:rsidRDefault="0091425F" w:rsidP="0091425F">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Any entry conducted without consent should be justified and documented. Staff should also be able to demonstrate that all reasonable efforts to obtain consent were made prior to exercising this right.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06DFE4F1" w14:textId="77777777" w:rsidR="000244CE" w:rsidRPr="007A652B" w:rsidRDefault="000244CE" w:rsidP="007A652B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007A652B">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BDC8FC9" w14:textId="3D5EE204" w:rsidR="008464C4" w:rsidRPr="008464C4" w:rsidRDefault="00AD5BF6" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc209523081"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc222164690"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="00FD2574">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>nformation sharing</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>, support and referral</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="03C6C4FE" w14:textId="77777777" w:rsidR="00E96366" w:rsidRPr="00E96366" w:rsidRDefault="00E96366" w:rsidP="00E96366">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Toc190427412"/>
       <w:bookmarkStart w:id="50" w:name="_Toc194684515"/>
-      <w:bookmarkStart w:id="51" w:name="_Toc209523082"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc222164691"/>
       <w:r w:rsidRPr="00E96366">
         <w:t>Information sharing</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidRPr="00E96366">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B7FEB28" w14:textId="164CCF8A" w:rsidR="00E96366" w:rsidRPr="00BC1A4D" w:rsidRDefault="00E96366" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve">The Family Violence Information Sharing Scheme (FVISS) and Child Information Sharing Scheme (CISS) enable Information Sharing Entities (ISEs) to collaborate and share information to promote child wellbeing and safety, and to assess/manage family violence risk. If such concerns arise during </w:t>
       </w:r>
       <w:r w:rsidR="00C46AE2" w:rsidRPr="00BC1A4D">
         <w:t>home visits</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>, staff must use FVISS/CISS to share information with relevant ISEs, potentially involving Child Protection or specialist family violence services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054A1F2F" w14:textId="77777777" w:rsidR="00002BBC" w:rsidRPr="00B02D6E" w:rsidRDefault="00002BBC" w:rsidP="00002BBC">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">For more detailed information </w:t>
       </w:r>
       <w:r w:rsidRPr="00B02D6E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>refer to the following resources: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="079B13D6" w14:textId="747CDEDA" w:rsidR="00002BBC" w:rsidRPr="00B02D6E" w:rsidRDefault="00434D8F" w:rsidP="00002BBC">
+    <w:p w14:paraId="079B13D6" w14:textId="747CDEDA" w:rsidR="00002BBC" w:rsidRPr="00B02D6E" w:rsidRDefault="00002BBC" w:rsidP="00002BBC">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00002BBC" w:rsidRPr="00B02D6E">
+        <w:r w:rsidRPr="00B02D6E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Information Sharing</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00002BBC" w:rsidRPr="00B02D6E">
+      <w:r w:rsidRPr="00B02D6E">
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
       <w:r w:rsidR="00B02D6E" w:rsidRPr="00B02D6E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00002BBC" w:rsidRPr="00B02D6E">
+        <w:r w:rsidRPr="00B02D6E">
           <w:rPr>
             <w:rStyle w:val="BodyChar"/>
           </w:rPr>
           <w:t>https://providers.dffh.vic.gov.au/information-sharing</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00002BBC" w:rsidRPr="00B02D6E">
+      <w:r w:rsidRPr="00B02D6E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00A52D18" w14:textId="0CAE5838" w:rsidR="00B02D6E" w:rsidRPr="00B02D6E" w:rsidRDefault="00434D8F" w:rsidP="00B02D6E">
+    <w:p w14:paraId="00A52D18" w14:textId="0CAE5838" w:rsidR="00B02D6E" w:rsidRPr="00B02D6E" w:rsidRDefault="00B02D6E" w:rsidP="00B02D6E">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidR="00B02D6E" w:rsidRPr="00B02D6E">
+        <w:r w:rsidRPr="00B02D6E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Information Sharing, Privacy and Record Management Operational Guidelines</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B02D6E" w:rsidRPr="00B02D6E">
+      <w:r w:rsidRPr="00B02D6E">
         <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/business-practice-operational-guidelines. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FDCAE7" w14:textId="6543522B" w:rsidR="00002BBC" w:rsidRDefault="00434D8F" w:rsidP="00002BBC">
+    <w:p w14:paraId="42FDCAE7" w14:textId="6543522B" w:rsidR="00002BBC" w:rsidRDefault="00002BBC" w:rsidP="00002BBC">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink r:id="rId29" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="00002BBC" w:rsidRPr="00B02D6E">
+        <w:r w:rsidRPr="00B02D6E">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:color w:val="004C97"/>
             <w:szCs w:val="21"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Housing Information Sharing</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00002BBC" w:rsidRPr="00B02D6E">
+      <w:r w:rsidRPr="00B02D6E">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
-      <w:r w:rsidR="00002BBC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> https://dhhsvicgovau.sharepoint.com/:u:/r/sites/dffh/SitePages/Housing-information-sharing.aspx?csf=1&amp;web=1&amp;e=5XwOSe </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01415525" w14:textId="77777777" w:rsidR="00E96366" w:rsidRPr="00E96366" w:rsidRDefault="00E96366" w:rsidP="00E96366">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="_Toc190427413"/>
       <w:bookmarkStart w:id="53" w:name="_Toc194684516"/>
-      <w:bookmarkStart w:id="54" w:name="_Toc209523083"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc222164692"/>
       <w:r w:rsidRPr="00E96366">
         <w:t>Support engagement and referrals</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:p w14:paraId="426C301A" w14:textId="77777777" w:rsidR="00E96366" w:rsidRPr="00BC1A4D" w:rsidRDefault="00E96366" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>When engaging with renters, staff should proactively assess whether renters would benefit from additional support.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B7E301C" w14:textId="77777777" w:rsidR="00E96366" w:rsidRPr="00BC1A4D" w:rsidRDefault="00E96366" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>With renters’ informed consent, staff should facilitate referrals and engage with existing support services, such as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43087F3C" w14:textId="77777777" w:rsidR="00E96366" w:rsidRPr="00BC1A4D" w:rsidRDefault="00E96366" w:rsidP="00BC1A4D">
       <w:pPr>
@@ -14570,169 +14606,192 @@
       </w:hyperlink>
       <w:r w:rsidRPr="00E96366">
         <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/make-safe-guidance-services-working-people-living-hoarding-and-environmental-neglect-word</w:t>
       </w:r>
       <w:r w:rsidR="002E427D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="138FD885" w14:textId="77777777" w:rsidR="000244CE" w:rsidRPr="007A652B" w:rsidRDefault="000244CE" w:rsidP="007A652B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="007A652B">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D91F528" w14:textId="77777777" w:rsidR="00E96366" w:rsidRDefault="00E96366" w:rsidP="00E96366">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="55" w:name="_Toc174005346"/>
       <w:bookmarkStart w:id="56" w:name="_Toc196300555"/>
-      <w:bookmarkStart w:id="57" w:name="_Toc209523084"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc222164693"/>
       <w:r w:rsidRPr="00E96366">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Duty of Care referrals</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="06C10CB9" w14:textId="6B081ADD" w:rsidR="00103E91" w:rsidRDefault="00472EC3" w:rsidP="00103E91">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00472EC3">
         <w:t>When a renter’s behaviour or circumstances create a reasonable belief that there is a serious threat to an individual’s life, health, safety, or welfare, staff must take appropriate action to mitigate or prevent harm.</w:t>
       </w:r>
       <w:r w:rsidR="00103E91">
         <w:t xml:space="preserve"> This applies in situations where the renter's actions or inactions are likely to lead to eviction, such as: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCBB016" w14:textId="77777777" w:rsidR="00103E91" w:rsidRDefault="00103E91" w:rsidP="00103E91">
+    <w:p w14:paraId="3DCBB016" w14:textId="290C59F5" w:rsidR="00103E91" w:rsidRDefault="008E6749" w:rsidP="00103E91">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Ongoing fire safety risks where reasonable mitigation efforts have been unsuccessful </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0B1201CE" w14:textId="77777777" w:rsidR="00103E91" w:rsidRDefault="00103E91" w:rsidP="00103E91">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00103E91">
+        <w:t xml:space="preserve">ngoing fire safety risks where reasonable mitigation efforts have been unsuccessful </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B1201CE" w14:textId="59E3D5A8" w:rsidR="00103E91" w:rsidRDefault="008E6749" w:rsidP="00103E91">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Persistent and serious breaches of the rental agreement </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="2D10FAE2" w14:textId="77777777" w:rsidR="00103E91" w:rsidRDefault="00103E91" w:rsidP="00103E91">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00103E91">
+        <w:t xml:space="preserve">ersistent and serious breaches of the rental agreement </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D10FAE2" w14:textId="14887D14" w:rsidR="00103E91" w:rsidRDefault="008E6749" w:rsidP="00103E91">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The renter is unwilling or unable to engage with support services </w:t>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00103E91">
+        <w:t xml:space="preserve">he renter is unwilling or unable to engage with support services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01E45EC3" w14:textId="572C02E8" w:rsidR="00103E91" w:rsidRDefault="00103E91" w:rsidP="00103E91">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t>This is particularly relevant where a renter’s complex needs affect their ability to safely maintain a tenancy.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4290CC5C" w14:textId="77777777" w:rsidR="00B17341" w:rsidRDefault="00B17341" w:rsidP="00B17341">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Before making a duty of care referral, staff must: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FCB2F9" w14:textId="77777777" w:rsidR="00B17341" w:rsidRDefault="00B17341" w:rsidP="00B17341">
+    <w:p w14:paraId="47FCB2F9" w14:textId="53332315" w:rsidR="00B17341" w:rsidRDefault="008E6749" w:rsidP="00B17341">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Consult with their: </w:t>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17341">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>onsult with their: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="446AD439" w14:textId="77777777" w:rsidR="00B17341" w:rsidRPr="002C3855" w:rsidRDefault="00B17341" w:rsidP="002C3855">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r w:rsidRPr="002C3855">
         <w:t>Team Manager </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="515C5969" w14:textId="77777777" w:rsidR="00B17341" w:rsidRPr="002C3855" w:rsidRDefault="00B17341" w:rsidP="002C3855">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r w:rsidRPr="002C3855">
         <w:t>CSHS Manager, and  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EDEEEA7" w14:textId="77777777" w:rsidR="00B17341" w:rsidRPr="002C3855" w:rsidRDefault="00B17341" w:rsidP="002C3855">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r w:rsidRPr="002C3855">
         <w:t>Local Complex Needs Coordinator </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="297670E2" w14:textId="77777777" w:rsidR="00B17341" w:rsidRDefault="00B17341" w:rsidP="00B17341">
+    <w:p w14:paraId="297670E2" w14:textId="6BD5CD05" w:rsidR="00B17341" w:rsidRDefault="008E6749" w:rsidP="00B17341">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Document the basis for their reasonable belief, including: </w:t>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B17341">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>ocument the basis for their reasonable belief, including: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FD55D60" w14:textId="76E3B57C" w:rsidR="00B17341" w:rsidRPr="002C3855" w:rsidRDefault="00675581" w:rsidP="002C3855">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r w:rsidRPr="002C3855">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00B17341" w:rsidRPr="002C3855">
         <w:t>vidence of risk (e.g., incident reports, failed engagement attempts) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="776C0C74" w14:textId="22C4CD48" w:rsidR="00B17341" w:rsidRPr="002C3855" w:rsidRDefault="00675581" w:rsidP="002C3855">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r w:rsidRPr="002C3855">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00B17341" w:rsidRPr="002C3855">
         <w:t>n assessment of the renter’s specific circumstances </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0726C384" w14:textId="79E898B8" w:rsidR="00B17341" w:rsidRDefault="00675581" w:rsidP="002C3855">
@@ -14782,51 +14841,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> https://ovic.vic.gov.au/book/ipp-2-use-and-disclosure/#IPP_2.1(d):_Necessary_to_lessen_or_prevent_serious_threats_to_health_or_safety</w:t>
       </w:r>
       <w:r w:rsidR="002E427D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>when considering information sharing. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="497676FE" w14:textId="77777777" w:rsidR="00E96366" w:rsidRPr="00E96366" w:rsidRDefault="00E96366" w:rsidP="00DF7298">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="58" w:name="_Toc209523085"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc222164694"/>
       <w:r w:rsidRPr="00E96366">
         <w:t>Identifying and managing Family Violence risk</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
     </w:p>
     <w:p w14:paraId="60BFD5F9" w14:textId="77777777" w:rsidR="00E96366" w:rsidRPr="00E96366" w:rsidRDefault="00E96366" w:rsidP="002C3855">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00E96366">
         <w:t xml:space="preserve">As a housing provider, Homes Victoria has responsibilities under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E96366">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Family Violence Protection Act 2008 </w:t>
       </w:r>
       <w:r w:rsidRPr="00E96366">
         <w:t>and the Multi-Agency Risk Assessment and Management (MARAM) framework to safeguard the safety and well-being of clients and renters. Staff managing Homes Victoria properties and engaging with clients are designated as Information Sharing Entities (ISEs) under the MARAM framework. This designation enables staff to identify, assess, and manage family violence risks within a coordinated, multi-agency response system.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A809A48" w14:textId="77777777" w:rsidR="00E96366" w:rsidRPr="00E96366" w:rsidRDefault="00E96366" w:rsidP="002C3855">
       <w:pPr>
@@ -14877,64 +14936,64 @@
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>roactively screening for indicators of family violence to identify risk early.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AC5FCB6" w14:textId="770094C0" w:rsidR="00E96366" w:rsidRPr="00BC1A4D" w:rsidRDefault="00E96366" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Coordination of risk management (Responsibilities 9 and 10):</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00675581" w:rsidRPr="00BC1A4D">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>ollaborating with other services and agencies to manage risk and implement safety plans appropriately.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="787CBD69" w14:textId="77777777" w:rsidR="00E96366" w:rsidRPr="00BC1A4D" w:rsidRDefault="00E96366" w:rsidP="00BC1A4D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Body"/>
+    <w:p w14:paraId="787CBD69" w14:textId="77777777" w:rsidR="00E96366" w:rsidRPr="00BC1A4D" w:rsidRDefault="00E96366" w:rsidP="00BB3830">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>Staff are encouraged to utilise the family violence identification tools, risk assessment resources, and practice guides available through the Public Housing Resources SharePoint at https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Working-with-other-services.aspx, which supports compliance with MARAM and enhances staff capability in managing family violence risk.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9C114D" w14:textId="77777777" w:rsidR="008464C4" w:rsidRPr="008464C4" w:rsidRDefault="008464C4" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="59" w:name="_Toc181605150"/>
-      <w:bookmarkStart w:id="60" w:name="_Toc209523086"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc222164695"/>
       <w:r w:rsidRPr="008464C4">
         <w:lastRenderedPageBreak/>
         <w:t>Encountering unattended minors</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="1D507324" w14:textId="6EB330BD" w:rsidR="008464C4" w:rsidRPr="008464C4" w:rsidRDefault="008464C4" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="008464C4">
         <w:t xml:space="preserve">During a home visit, if staff observe a child alone or are alerted to any situation that may impact the child’s safety or well-being (such as antisocial behaviour or </w:t>
       </w:r>
       <w:r w:rsidR="0043388E">
         <w:t>rental</w:t>
       </w:r>
       <w:r w:rsidRPr="008464C4">
         <w:t xml:space="preserve"> breaches), they should assess the potential risk to the child and respond appropriately. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="325E0073" w14:textId="538C5722" w:rsidR="008464C4" w:rsidRPr="008464C4" w:rsidRDefault="008464C4" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
@@ -14997,51 +15056,51 @@
       </w:r>
       <w:r w:rsidRPr="008464C4">
         <w:t xml:space="preserve"> shared via the </w:t>
       </w:r>
       <w:r w:rsidR="00C55000">
         <w:t xml:space="preserve">FVISS </w:t>
       </w:r>
       <w:r w:rsidRPr="008464C4">
         <w:t>and C</w:t>
       </w:r>
       <w:r w:rsidR="00C55000">
         <w:t xml:space="preserve">ISS </w:t>
       </w:r>
       <w:r w:rsidRPr="008464C4">
         <w:t>to promote safety, following guidelines for referrals and collaboration with other agencies.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="325606EE" w14:textId="77777777" w:rsidR="00C747AD" w:rsidRPr="009D55AC" w:rsidRDefault="00C747AD" w:rsidP="00C747AD">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Proactively_addressing_potential_1"/>
-      <w:bookmarkStart w:id="62" w:name="_Toc209523087"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc222164696"/>
       <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidRPr="009D55AC">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Proactively addressing potential barriers to entry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
       <w:r w:rsidRPr="009D55AC">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2954B18D" w14:textId="77777777" w:rsidR="00C747AD" w:rsidRPr="004740AE" w:rsidRDefault="00C747AD" w:rsidP="00C747AD">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004740AE">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
@@ -15288,67 +15347,67 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>) may be conducted before issuing a Notice of Entry if all other contact attempts have failed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72846A71" w14:textId="77777777" w:rsidR="000244CE" w:rsidRPr="007A652B" w:rsidRDefault="000244CE" w:rsidP="007A652B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A652B">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="79BC103D" w14:textId="21AEC5D3" w:rsidR="226F7758" w:rsidRDefault="001C662C" w:rsidP="1F757227">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="63" w:name="_Notices_of_Entry"/>
       <w:bookmarkStart w:id="64" w:name="_Exercising_a_right"/>
-      <w:bookmarkStart w:id="65" w:name="_Toc209523088"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc222164697"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidRPr="001C662C">
         <w:lastRenderedPageBreak/>
         <w:t>Exercising a right of entry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w14:paraId="2198F940" w14:textId="4F63B25F" w:rsidR="00B552F2" w:rsidRPr="006B49E2" w:rsidRDefault="00C9570C" w:rsidP="00B52810">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Toc209523089"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc222164698"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve">Legal </w:t>
       </w:r>
       <w:r w:rsidR="00B552F2" w:rsidRPr="006B49E2">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
         <w:t>context</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidR="00B552F2" w:rsidRPr="006B49E2">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BDA3576" w14:textId="47D10BF8" w:rsidR="00B552F2" w:rsidRPr="00BC1A4D" w:rsidRDefault="00CA7BFE" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
@@ -15371,51 +15430,51 @@
       </w:r>
       <w:r w:rsidR="141573E8" w:rsidRPr="00BC1A4D">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00D12F51" w:rsidRPr="00BC1A4D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B552F2" w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002E45C2" w:rsidRPr="00BC1A4D">
         <w:t>Th</w:t>
       </w:r>
       <w:r w:rsidR="00B552F2" w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve">ese divisions interact by outlining the processes and requirements for entry to rented premises, balancing the rights and responsibilities of renters and </w:t>
       </w:r>
       <w:r w:rsidR="00254C2C" w:rsidRPr="00BC1A4D">
         <w:t>rental providers.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D41D9E4" w14:textId="145FD9A0" w:rsidR="00B552F2" w:rsidRPr="008B7453" w:rsidRDefault="00CA7BFE" w:rsidP="005442A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="67" w:name="_Division_5_-"/>
-      <w:bookmarkStart w:id="68" w:name="_Toc209523090"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc222164699"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
         <w:t xml:space="preserve">Part 2 </w:t>
       </w:r>
       <w:r w:rsidR="00B552F2" w:rsidRPr="008B7453">
         <w:t>Division 5</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FEC1255" w14:textId="5A66A147" w:rsidR="1C2FAC74" w:rsidRDefault="00CA7BFE" w:rsidP="1F757227">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Part 2, </w:t>
       </w:r>
       <w:r w:rsidR="1C2FAC74" w:rsidRPr="00F31383">
         <w:t>Division 5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the RTA</w:t>
       </w:r>
@@ -15542,51 +15601,51 @@
     </w:p>
     <w:p w14:paraId="0C0F4588" w14:textId="25E74881" w:rsidR="1C2FAC74" w:rsidRDefault="1C2FAC74" w:rsidP="1F757227">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If staff have a reasonable belief that a renter has failed to comply with any of these duties, it may become necessary to </w:t>
       </w:r>
       <w:r w:rsidR="00C32193">
         <w:t>arrange</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a home visit or issue a </w:t>
       </w:r>
       <w:r w:rsidR="00177D6C">
         <w:t>Notice of Entry</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BADEC49" w14:textId="3C2C9B2E" w:rsidR="00B552F2" w:rsidRPr="00B552F2" w:rsidRDefault="00CA7BFE" w:rsidP="005442A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="69" w:name="_Toc209523091"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc222164700"/>
       <w:r>
         <w:t>Part 2 Division 5a</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B01E6AB" w14:textId="66AFD0C0" w:rsidR="11987BFC" w:rsidRDefault="00CA7BFE" w:rsidP="1F757227">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Part 2, </w:t>
       </w:r>
       <w:r w:rsidR="11987BFC" w:rsidRPr="00F31383">
         <w:t>Division 5a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="55C7B4FB">
         <w:t>outlines</w:t>
       </w:r>
       <w:r>
@@ -15784,146 +15843,122 @@
     <w:p w14:paraId="37A96272" w14:textId="14531A0C" w:rsidR="55C7B4FB" w:rsidRDefault="00675581" w:rsidP="1F757227">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00FA2674">
         <w:t>hey m</w:t>
       </w:r>
       <w:r w:rsidR="55C7B4FB">
         <w:t>ust not provide a key to an excluded person</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B97FCE9" w14:textId="72D73DD3" w:rsidR="55C7B4FB" w:rsidRDefault="55C7B4FB" w:rsidP="1F757227">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If renters do not provide </w:t>
       </w:r>
       <w:r w:rsidR="07C18BC8">
         <w:t>entry</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> by consent to </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> these duties, for example a renter does not allow </w:t>
+        <w:t xml:space="preserve"> by consent to fulfill these duties, for example a renter does not allow </w:t>
       </w:r>
       <w:r w:rsidR="00470076">
         <w:t>entry for</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> contractors to perform safety checks, it may become necessary to issue a </w:t>
       </w:r>
       <w:r w:rsidR="00177D6C">
         <w:t>Notice of Entry</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FEA3B97" w14:textId="1649F533" w:rsidR="00B552F2" w:rsidRPr="00B552F2" w:rsidRDefault="003B43DB" w:rsidP="005442A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="70" w:name="_Toc209523092"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc222164701"/>
       <w:r>
         <w:t xml:space="preserve">Part 2 </w:t>
       </w:r>
       <w:r w:rsidR="00B552F2" w:rsidRPr="00B552F2">
         <w:t>Division 8</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:r w:rsidR="00B552F2" w:rsidRPr="00B552F2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FBDC49B" w14:textId="709EBA59" w:rsidR="7771FE76" w:rsidRDefault="003B43DB" w:rsidP="1F757227">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Part 2, </w:t>
       </w:r>
       <w:r w:rsidR="7771FE76" w:rsidRPr="00F31383">
         <w:t>Division 8</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the RTA</w:t>
       </w:r>
       <w:r w:rsidR="7771FE76" w:rsidRPr="1F757227">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="3290CBF2">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="7771FE76">
-        <w:t xml:space="preserve">overs the rights of entry to a </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and outlines the required manner of entry. This includes </w:t>
+        <w:t xml:space="preserve">overs the rights of entry to a rented premises. This division sets out the grounds for entry to a rented premises and outlines the required manner of entry. This includes </w:t>
       </w:r>
       <w:r w:rsidR="7771FE76">
         <w:lastRenderedPageBreak/>
         <w:t>providing minimum notice periods, compensation for damage caused during entry, and liability should entry not be conducted according to legislation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1377454B" w14:textId="5971CCF6" w:rsidR="008464C4" w:rsidRPr="00054687" w:rsidRDefault="008464C4" w:rsidP="0018712A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="71" w:name="_Circumstances_for_issuing"/>
       <w:bookmarkStart w:id="72" w:name="_Toc181605152"/>
-      <w:bookmarkStart w:id="73" w:name="_Toc209523093"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc222164702"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r w:rsidRPr="00054687">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Circumstances for issuing a </w:t>
       </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:r w:rsidR="00177D6C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Notice of Entry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
     </w:p>
     <w:p w14:paraId="29E520B0" w14:textId="7F1AFA8C" w:rsidR="008464C4" w:rsidRDefault="3BAEB120" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="008464C4" w:rsidRPr="00054687">
         <w:t xml:space="preserve"> </w:t>
@@ -16019,395 +16054,408 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1A5CBCCE" w14:textId="23DE61D3" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007A652B">
               <w:t>Minimum notice period</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C74E77" w14:paraId="211E976A" w14:textId="2ED1AEDC" w:rsidTr="00434D8F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="1B3194DD" w14:textId="6887FBAD" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="004B359E">
+          <w:p w14:paraId="1B3194DD" w14:textId="6887FBAD" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">86(1)(c) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="339E215A" w14:textId="755CB4C5" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Entry is required to enable the rental provider to carry out a duty under:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="547236C3" w14:textId="77777777" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
+          <w:p w14:paraId="547236C3" w14:textId="77777777" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="00723C75">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tablebullet2"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>the RTA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CABB21A" w14:textId="31C39DD8" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
+          <w:p w14:paraId="3CABB21A" w14:textId="31C39DD8" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="00723C75">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tablebullet2"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>the rental agreement or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21DC726E" w14:textId="3252E90E" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
+          <w:p w14:paraId="21DC726E" w14:textId="3252E90E" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="00723C75">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tablebullet2"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>any other Act</w:t>
             </w:r>
             <w:r w:rsidR="003B43DB" w:rsidRPr="004B359E">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
-            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2DF029" w14:textId="7F7C2BB2" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
+          <w:p w14:paraId="3D2DF029" w14:textId="7F7C2BB2" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="00723C75">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>24 hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C74E77" w14:paraId="2D14EC40" w14:textId="78F60A89" w:rsidTr="00434D8F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="0E572B61" w14:textId="5B77607E" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="004B359E">
+          <w:p w14:paraId="0E572B61" w14:textId="5B77607E" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>86(1)(e)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="41E94550" w14:textId="388B468E" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>There are reasonable grounds to believe that the renter has failed to comply with their duty under the RTA or the rental agreement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
-            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="11FF18AB" w14:textId="77777777" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
+          <w:p w14:paraId="11FF18AB" w14:textId="088E0114" w:rsidR="00C74E77" w:rsidRDefault="00723C75" w:rsidP="00723C75">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
+            <w:r w:rsidRPr="004B359E">
+              <w:t>24 hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C74E77" w14:paraId="70845EB0" w14:textId="535236A0" w:rsidTr="00434D8F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="37207A2D" w14:textId="20A4E539" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="004B359E">
+          <w:p w14:paraId="37207A2D" w14:textId="20A4E539" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>86(1)(g)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="437166DF" w14:textId="388BC3EF" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Entry is necessary to conduct an inspection related to an application under s</w:t>
             </w:r>
             <w:r w:rsidR="000B27DC" w:rsidRPr="004B359E">
               <w:t>ection</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> 91</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004B359E">
               <w:t>V(</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="004B359E">
               <w:t>1), as directed by VCAT.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
-            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="140682BE" w14:textId="77777777" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
+          <w:p w14:paraId="140682BE" w14:textId="4ACC1476" w:rsidR="00C74E77" w:rsidRDefault="00723C75" w:rsidP="00723C75">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
+            <w:r w:rsidRPr="004B359E">
+              <w:t>24 hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C74E77" w14:paraId="093694FB" w14:textId="2EEDA91C" w:rsidTr="00434D8F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="49CF209A" w14:textId="24175C1F" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="004B359E">
+          <w:p w14:paraId="49CF209A" w14:textId="24175C1F" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>86(1)(a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7444A9E4" w14:textId="047098F0" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Where a notice to vacate, or notice of intention to vacate has been issued, entry is required to show the premises to prospective renters.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
-            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="6E7D7401" w14:textId="736CC097" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
+          <w:p w14:paraId="6E7D7401" w14:textId="736CC097" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="00723C75">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>48 hours</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C74E77" w14:paraId="137F3304" w14:textId="24BA7610" w:rsidTr="00434D8F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="11452A8F" w14:textId="7FC13261" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="004B359E">
+          <w:p w14:paraId="11452A8F" w14:textId="7FC13261" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>86(1)(b)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="59AB1631" w14:textId="3D451DA4" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
-              <w:t>The property is to be sold, entry is required to show the premises to a prospective buyer or lender.</w:t>
+              <w:t xml:space="preserve">The property is to be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004B359E">
+              <w:t>sold,</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004B359E">
+              <w:t xml:space="preserve"> entry is required to show the premises to a prospective buyer or lender.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
-            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="205014BD" w14:textId="77777777" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
+          <w:p w14:paraId="205014BD" w14:textId="265C3B88" w:rsidR="00C74E77" w:rsidRDefault="00723C75" w:rsidP="00723C75">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
+            <w:r w:rsidRPr="004B359E">
+              <w:t>48 hours</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C74E77" w14:paraId="081B0B32" w14:textId="4B13FFBB" w:rsidTr="00434D8F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="033C379C" w14:textId="5CC869A8" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="004B359E">
+          <w:p w14:paraId="033C379C" w14:textId="5CC869A8" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>86(1)(d)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="1D7762EE" w14:textId="4852FA23" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Entry is required for valuation purposes</w:t>
             </w:r>
             <w:r w:rsidR="003B43DB" w:rsidRPr="004B359E">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
-            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="59469833" w14:textId="2D1835BC" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
+          <w:p w14:paraId="59469833" w14:textId="2D1835BC" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="00723C75">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>7 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C74E77" w14:paraId="35927F8B" w14:textId="6B2C1375" w:rsidTr="00434D8F">
         <w:trPr>
           <w:trHeight w:val="300"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="837" w:type="pct"/>
           </w:tcPr>
-          <w:p w14:paraId="6ABF0316" w14:textId="48DA21E2" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="004B359E">
+          <w:p w14:paraId="6ABF0316" w14:textId="48DA21E2" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="52B6370B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>86(1)(f)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="7AD41765" w14:textId="7B3556E1" w:rsidR="00C74E77" w:rsidRPr="004B359E" w:rsidRDefault="00C74E77" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Entry is necessary to enable inspection of the property</w:t>
             </w:r>
             <w:r w:rsidR="003B43DB" w:rsidRPr="004B359E">
               <w:t xml:space="preserve"> if an inspection has not been made within the last 6 months.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="684" w:type="pct"/>
-            <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="14F357E2" w14:textId="77777777" w:rsidR="00C74E77" w:rsidRDefault="00C74E77" w:rsidP="00C74E77">
+          <w:p w14:paraId="14F357E2" w14:textId="113683F4" w:rsidR="00C74E77" w:rsidRDefault="00723C75" w:rsidP="00723C75">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
+            <w:r>
+              <w:t>7 days</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71E7EDFD" w14:textId="1DCFB0A4" w:rsidR="0048643B" w:rsidRDefault="00F2193F" w:rsidP="0048643B">
       <w:pPr>
         <w:pStyle w:val="Bodyaftertablefigure"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F2193F">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">When the need to issue a Notice </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>of Entry</w:t>
       </w:r>
       <w:r w:rsidRPr="00F2193F">
         <w:rPr>
@@ -16629,51 +16677,51 @@
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="63CB231C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="0001293F" w:rsidRPr="63CB231C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="63CB231C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the RTA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="535AB4E2" w14:textId="416A295E" w:rsidR="00A715A1" w:rsidRPr="00163B9C" w:rsidRDefault="00A715A1" w:rsidP="00A715A1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="74" w:name="_Toc209523094"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc222164703"/>
       <w:r w:rsidRPr="00163B9C">
         <w:lastRenderedPageBreak/>
         <w:t>Notice requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
     </w:p>
     <w:p w14:paraId="59DA13FF" w14:textId="72B769AA" w:rsidR="00A715A1" w:rsidRPr="00722D9C" w:rsidRDefault="00A715A1" w:rsidP="00A715A1">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D75A40">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If it is determined that issuing a </w:t>
       </w:r>
       <w:r w:rsidR="00177D6C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Notice of Entry</w:t>
       </w:r>
@@ -16692,150 +16740,171 @@
       <w:r w:rsidRPr="00D75A40">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, staff must ensure the following </w:t>
       </w:r>
       <w:r w:rsidR="000C55B2">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>notice</w:t>
       </w:r>
       <w:r w:rsidR="008464C4" w:rsidRPr="00722D9C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D75A40">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>requirements are met:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D5C91B0" w14:textId="77777777" w:rsidR="00A715A1" w:rsidRPr="00722D9C" w:rsidRDefault="00A715A1" w:rsidP="00A715A1">
+    <w:p w14:paraId="4D5C91B0" w14:textId="059981E7" w:rsidR="00A715A1" w:rsidRPr="00722D9C" w:rsidRDefault="00EE51B0" w:rsidP="00A715A1">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722D9C">
-[...6 lines deleted...]
-    <w:p w14:paraId="143B6994" w14:textId="77777777" w:rsidR="00397747" w:rsidRDefault="003675D9" w:rsidP="00A715A1">
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00A715A1" w:rsidRPr="00722D9C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>he notice must be in writing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143B6994" w14:textId="793E140F" w:rsidR="00397747" w:rsidRDefault="00EE51B0" w:rsidP="00A715A1">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="63CB231C">
-[...3 lines deleted...]
-        <w:t>The notice</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="003675D9" w:rsidRPr="63CB231C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>he notice</w:t>
       </w:r>
       <w:r w:rsidR="00A715A1" w:rsidRPr="63CB231C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> must specify a reason for entry that aligns with one of the subsections of s</w:t>
       </w:r>
       <w:r w:rsidR="003B43DB">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ection</w:t>
       </w:r>
       <w:r w:rsidR="00A715A1" w:rsidRPr="63CB231C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> 86(1) of the RTA.</w:t>
       </w:r>
       <w:r w:rsidR="006A186D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="734DD9D0" w14:textId="34701515" w:rsidR="00A715A1" w:rsidRPr="00722D9C" w:rsidRDefault="00397747" w:rsidP="00397747">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00397747">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>If the reason for entry cannot be described within the notice itself, staff must generate the appropriate Notice of Entry cover letter using HiiP Legal, which enables staff to provide a more detailed explanation of the reason for entry.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D431B1C" w14:textId="77777777" w:rsidR="00A715A1" w:rsidRPr="00722D9C" w:rsidRDefault="00A715A1" w:rsidP="00A715A1">
+    <w:p w14:paraId="6D431B1C" w14:textId="25D06C50" w:rsidR="00A715A1" w:rsidRPr="00722D9C" w:rsidRDefault="00EE51B0" w:rsidP="00A715A1">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00722D9C">
-[...6 lines deleted...]
-    <w:p w14:paraId="2C5ECABE" w14:textId="49F25716" w:rsidR="001961DD" w:rsidRDefault="001961DD" w:rsidP="00013732">
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00A715A1" w:rsidRPr="00722D9C">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>he proposed time for entry must be between 8 am and 6 pm on any day except public holidays.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5ECABE" w14:textId="4501349E" w:rsidR="001961DD" w:rsidRDefault="00EE51B0" w:rsidP="00013732">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The notice must be served in person between 8 am and 6 pm or by post, </w:t>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="001961DD">
+        <w:t xml:space="preserve">he notice must be served in person between 8 am and 6 pm or by post, </w:t>
       </w:r>
       <w:r w:rsidR="003B43DB">
         <w:t xml:space="preserve">allowing enough time for delivery (as per Consumer Affairs Victoria guidance), </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001961DD">
         <w:t>ensuring the renter receives the minimum notice period as outlined in s</w:t>
       </w:r>
       <w:r w:rsidR="003B43DB">
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="001961DD">
         <w:t>85(b) of the RTA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ABE30EE" w14:textId="45E34D81" w:rsidR="00D065BE" w:rsidRPr="00D065BE" w:rsidRDefault="00D065BE" w:rsidP="00E332B8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D065BE">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Circumstances requiring multiple entries</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D67CADE" w14:textId="77777777" w:rsidR="00D065BE" w:rsidRDefault="00D065BE" w:rsidP="00D065BE">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -16844,51 +16913,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="61DE6729" w14:textId="77777777" w:rsidR="00D065BE" w:rsidRDefault="00D065BE" w:rsidP="00D065BE">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="1539777145"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00177D6C">
         <w:t>Notice of Entry</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> must be provided for each entry, whether to the interior of the rented premises or the land (e.g., front or rear yard), unless the renter provides consent for entry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29964673" w14:textId="77777777" w:rsidR="00D1103E" w:rsidRDefault="00D1103E" w:rsidP="00D1103E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:divId w:val="31075801"/>
       </w:pPr>
       <w:bookmarkStart w:id="75" w:name="_Proactively_addressing_potential"/>
       <w:bookmarkStart w:id="76" w:name="_Notice_of_Entry"/>
       <w:bookmarkStart w:id="77" w:name="_Behaviours_of_concern"/>
-      <w:bookmarkStart w:id="78" w:name="_Toc209523095"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc222164704"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r w:rsidRPr="0059342E">
         <w:t>Behaviours of concern and non-compliance with a Notice of Entry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="78"/>
       <w:r w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="719D04DB" w14:textId="61DB0B86" w:rsidR="005A0A56" w:rsidRPr="00BC1A4D" w:rsidRDefault="005A0A56" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="31075801"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve">Addressing renter behaviours that compromise the safety of staff or contractors, or prevent staff from carrying out their duties, must be prioritised and managed promptly. Timely action is essential to ensure safety and uphold operational responsibilities. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="237BBC01" w14:textId="7523FC6C" w:rsidR="00D1103E" w:rsidRDefault="00D1103E" w:rsidP="00D1103E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="31075801"/>
       </w:pPr>
@@ -16902,53 +16971,53 @@
         <w:t xml:space="preserve">(where the renter is in attendance only) that prevents the purpose of a home visit, their behaviour should guide next steps. For example, the following table </w:t>
       </w:r>
       <w:r w:rsidR="005408FA" w:rsidRPr="005408FA">
         <w:t>outlines common scenarios involving Notices of Entry and the corresponding staff actions required to manage behaviours of concern and access issues effectively.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0097BA64" w14:textId="60FD774D" w:rsidR="000244CE" w:rsidRDefault="000244CE" w:rsidP="000244CE">
       <w:pPr>
         <w:pStyle w:val="Tablecaption"/>
         <w:divId w:val="31075801"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t xml:space="preserve">Table 5: </w:t>
       </w:r>
       <w:r>
         <w:t>Responding to behaviours of concern and non-compliance with a Notice of Entry</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9494" w:type="dxa"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3377"/>
+        <w:gridCol w:w="3389"/>
         <w:gridCol w:w="4214"/>
-        <w:gridCol w:w="1903"/>
+        <w:gridCol w:w="1891"/>
       </w:tblGrid>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="553C2BA3" w14:textId="77777777" w:rsidTr="000244CE">
         <w:trPr>
           <w:divId w:val="31075801"/>
           <w:trHeight w:val="422"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3568" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2412D039" w14:textId="7E978339" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007A652B">
               <w:t xml:space="preserve">Situation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3987" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00CAD767" w14:textId="20EF879F" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="007A652B">
@@ -16964,163 +17033,173 @@
           <w:tcPr>
             <w:tcW w:w="1939" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00B642D8" w14:textId="4F0CE0BD" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007A652B">
               <w:t>Timeline</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="05E4BC62" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:divId w:val="31075801"/>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0062F5DE" w14:textId="03DB17C4" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="0062F5DE" w14:textId="03DB17C4" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Renter is in attendance and prevents the home visit by engaging in behaviours that threaten the safety of staff and contractors.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3987" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="072B660A" w14:textId="77777777" w:rsidR="000244CE" w:rsidRPr="0059342E" w:rsidRDefault="000244CE" w:rsidP="000244CE">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:t xml:space="preserve">Staff must prioritise their own safety and terminate the home visit. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26F64B13" w14:textId="77777777" w:rsidR="000244CE" w:rsidRPr="00E53CBF" w:rsidRDefault="000244CE" w:rsidP="000244CE">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:t xml:space="preserve">Report the events in line </w:t>
             </w:r>
             <w:r w:rsidRPr="002362B8">
               <w:t xml:space="preserve">with </w:t>
             </w:r>
-            <w:hyperlink w:anchor="_Occupational_Health_and" w:history="1">
-[...6 lines deleted...]
-            </w:hyperlink>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText>HYPERLINK \l "_Occupational_Health_and"</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E53CBF">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+              </w:rPr>
+              <w:t>Section 4 Occupational Health and Safety</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidRPr="00E53CBF">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F7EFD78" w14:textId="51AAEFA5" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="009820B0">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E53CBF">
               <w:t xml:space="preserve">Refer to the </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r w:rsidRPr="00E53CBF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Residential Rental Agreement Breach Management Operational Guidelines</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00E53CBF">
               <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines</w:t>
             </w:r>
             <w:r w:rsidRPr="0059342E">
               <w:t xml:space="preserve"> to assess whether the situation justifies issuing a Notice to Vacate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1939" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75CECACB" w14:textId="25B85B51" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="75CECACB" w14:textId="25B85B51" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Within 24 to 48 hours of Breach of Duty</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="7806B109" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:divId w:val="31075801"/>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="331BAFFA" w14:textId="2C940C1E" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="331BAFFA" w14:textId="2C940C1E" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:lastRenderedPageBreak/>
               <w:t>Renter is in attendance and prevents the home visit by refusing entry and their behaviour is non-threatening.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3987" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="46A19EA2" w14:textId="77777777" w:rsidR="000244CE" w:rsidRPr="0059342E" w:rsidRDefault="000244CE" w:rsidP="000244CE">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:t>Staff must explain:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="414F8E7C" w14:textId="77777777" w:rsidR="000244CE" w:rsidRPr="0059342E" w:rsidRDefault="000244CE" w:rsidP="000244CE">
             <w:pPr>
               <w:pStyle w:val="Tablebullet2"/>
             </w:pPr>
             <w:r>
               <w:t>t</w:t>
@@ -17143,75 +17222,75 @@
               <w:t>f</w:t>
             </w:r>
             <w:r w:rsidRPr="0059342E">
               <w:t>ailure to comply will lead to legal action, including issuing a Breach of Duty Notice and applying to VCAT for a compliance order.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="483AE263" w14:textId="135FFF7A" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>the prior contact attempts and clearly explain why the home visit cannot be delayed. For example, if an RTA safety inspection is overdue and the contractor has made reasonable but unsuccessful attempts to complete it, staff must emphasise the safety risks associated with further delays or failure to conduct the inspection.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1939" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="160BBE45" w14:textId="64D8BA25" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="160BBE45" w14:textId="64D8BA25" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>At time of refusal (during home visit).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="7C483833" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:divId w:val="31075801"/>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6AE615" w14:textId="6969FA93" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="1E6AE615" w14:textId="6969FA93" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Compliance is not achieved during the home visit, and the threshold for issuing a Notice to Vacate has not been met</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3987" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21BED124" w14:textId="77777777" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
@@ -17228,190 +17307,190 @@
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="005C5A6F">
               <w:t>ummary of original Notice of Entry, its purpose, and reasons for non-compliance.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06096C81" w14:textId="6FE518ED" w:rsidR="000244CE" w:rsidRPr="000244CE" w:rsidRDefault="000244CE" w:rsidP="00BC1A4D">
             <w:pPr>
               <w:pStyle w:val="Tablebullet2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC1A4D">
               <w:t>warn that failure to comply will result in VCAT application.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1939" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="32943F2C" w14:textId="42FA2CB7" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="32943F2C" w14:textId="42FA2CB7" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Within 24 to 48 hours of Breach of Duty and non-compliance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="43FA475C" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:divId w:val="31075801"/>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F30BD9E" w14:textId="1292429F" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="5F30BD9E" w14:textId="1292429F" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Failure to comply with the Breach of Duty.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3987" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BE734BB" w14:textId="101294F2" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Apply to VCAT to seek a compliance order.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1939" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FDEDE13" w14:textId="33E8D0D2" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="1FDEDE13" w14:textId="33E8D0D2" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Within 24 to 48 hours of non-compliance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000244CE" w:rsidRPr="000244CE" w14:paraId="5606AC54" w14:textId="77777777" w:rsidTr="000244CE">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:divId w:val="31075801"/>
           <w:trHeight w:val="318"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3568" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43481FBC" w14:textId="059FD804" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="43481FBC" w14:textId="059FD804" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>VCAT Hearing has not been scheduled within 7-14 days</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3987" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40F63A13" w14:textId="602ECF1E" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t xml:space="preserve">Follow up with VCAT by phone and email, emphasising the urgency of the matter and the request for an expedited hearing allocation. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1939" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="411ECF62" w14:textId="7ECC9E8A" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="004B359E">
+          <w:p w14:paraId="411ECF62" w14:textId="7ECC9E8A" w:rsidR="000244CE" w:rsidRPr="004B359E" w:rsidRDefault="000244CE" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Within 7-14 days following application to VCAT.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19D4EF51" w14:textId="0457B169" w:rsidR="00433703" w:rsidRDefault="00433703" w:rsidP="00433703">
       <w:pPr>
         <w:pStyle w:val="Bodyaftertablefigure"/>
       </w:pPr>
       <w:bookmarkStart w:id="79" w:name="_Notifying_renters_entry"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:t>For detailed guidance on responding to behaviours of concern and taking appropriate action under the RTA, refer to the</w:t>
       </w:r>
       <w:r w:rsidR="00E53CBF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00E53CBF" w:rsidRPr="00E53CBF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Residential Rental Agreement Breach Management Operational Guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E53CBF" w:rsidRPr="00E53CBF">
         <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines</w:t>
       </w:r>
       <w:r w:rsidR="00E53CBF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E509A60" w14:textId="74611756" w:rsidR="00433703" w:rsidRPr="00706E1C" w:rsidRDefault="00433703" w:rsidP="00433703">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="80" w:name="_Failure_to_comply"/>
-      <w:bookmarkStart w:id="81" w:name="_Toc209523096"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc222164705"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r w:rsidRPr="00706E1C">
         <w:t>Failure to comply with a Notice of Entry</w:t>
       </w:r>
       <w:bookmarkEnd w:id="81"/>
     </w:p>
     <w:p w14:paraId="5062F0BB" w14:textId="77777777" w:rsidR="007F43B7" w:rsidRDefault="004C2B5E" w:rsidP="00AD3DA1">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="004C2B5E">
         <w:t xml:space="preserve">When a renter refuses lawful entry or fails to comply with a formal notice to remedy a breach, there </w:t>
       </w:r>
       <w:r w:rsidRPr="007941F3">
         <w:t xml:space="preserve">is a structured legal process that must be followed. </w:t>
       </w:r>
       <w:r w:rsidR="0047109B" w:rsidRPr="007941F3">
         <w:t xml:space="preserve">This process is governed by the RTA and the </w:t>
       </w:r>
       <w:r w:rsidR="0047109B" w:rsidRPr="007941F3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Charter of Human Rights and Responsibilities Act 2006</w:t>
@@ -17617,53 +17696,53 @@
           </w:tcPr>
           <w:p w14:paraId="7D7CCAE3" w14:textId="4FAE8DA2" w:rsidR="008C6ECC" w:rsidRPr="008C6ECC" w:rsidRDefault="008C6ECC" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007A652B">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Legal basis/detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316738" w:rsidRPr="008C6ECC" w14:paraId="0BF319CD" w14:textId="77777777" w:rsidTr="008C6ECC">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7320C10F" w14:textId="5B04C1BE" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="004B359E">
+          <w:p w14:paraId="7320C10F" w14:textId="5B04C1BE" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>The renter refuses entry when a valid Notice of Entry has been issued.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="608984C4" w14:textId="77777777" w:rsidR="00316738" w:rsidRPr="00175ACF" w:rsidRDefault="00316738" w:rsidP="00316738">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00175ACF">
               <w:t>Issue Breach of Duty Notice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A9B5F33" w14:textId="16B73EE1" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="00316738">
@@ -17720,61 +17799,61 @@
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Staff may request access to the property as part of the remedy description within the Breach of Duty Notice, provided the original notice was valid and the request aligns with the purpose of remedying the breach.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316738" w:rsidRPr="008C6ECC" w14:paraId="791FC522" w14:textId="77777777" w:rsidTr="008C6ECC">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2190EFEC" w14:textId="77777777" w:rsidR="00316738" w:rsidRPr="004B359E" w:rsidRDefault="00316738" w:rsidP="004B359E">
+          <w:p w14:paraId="2190EFEC" w14:textId="77777777" w:rsidR="00316738" w:rsidRPr="004B359E" w:rsidRDefault="00316738" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>The renter has failed to remedy the breach by not allowing entry on the new date and time specified in the Breach of Duty Notice.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08318CB8" w14:textId="1CC2ED18" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="004B359E">
+          <w:p w14:paraId="08318CB8" w14:textId="1CC2ED18" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FF01325" w14:textId="50510314" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="00316738">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00175ACF">
               <w:t xml:space="preserve">Apply for a </w:t>
@@ -17843,53 +17922,53 @@
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D45D78">
               <w:t>A new Notice of Entry is required to lawfully attempt entry to the property.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316738" w:rsidRPr="008C6ECC" w14:paraId="291B3099" w14:textId="77777777" w:rsidTr="008C6ECC">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2FF3AD2D" w14:textId="6A987127" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="004B359E">
+          <w:p w14:paraId="2FF3AD2D" w14:textId="6A987127" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:t>renter</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t xml:space="preserve"> has failed to comply with a new Notice of Entry issued in accordance with a VCAT compliance order.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -17911,53 +17990,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3644" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75CBDE47" w14:textId="2C0F72C8" w:rsidR="00316738" w:rsidRPr="009820B0" w:rsidRDefault="00316738" w:rsidP="009820B0">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE34EC">
               <w:t>RTA s.91ZO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316738" w:rsidRPr="008C6ECC" w14:paraId="7652A124" w14:textId="77777777" w:rsidTr="008C6ECC">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A2CFB30" w14:textId="0DF350CE" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="004B359E">
+          <w:p w14:paraId="4A2CFB30" w14:textId="0DF350CE" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>The renter does not vacate by NTV date.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AAD46F1" w14:textId="4A6FB5B8" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="00316738">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
@@ -17973,53 +18052,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3644" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2487519C" w14:textId="0F9BD17E" w:rsidR="00316738" w:rsidRPr="009820B0" w:rsidRDefault="00316738" w:rsidP="009820B0">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00EE34EC">
               <w:t>RTA s.322</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316738" w:rsidRPr="008C6ECC" w14:paraId="1D36DC10" w14:textId="77777777" w:rsidTr="008C6ECC">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44560587" w14:textId="6D3D2F5E" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="004B359E">
+          <w:p w14:paraId="44560587" w14:textId="6D3D2F5E" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>A Possession Order has been granted, and all reasonable steps to sustain the tenancy have been exhausted.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="331ED64C" w14:textId="5F4F0BAD" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="00316738">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -18036,70 +18115,62 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3644" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="410FFBAC" w14:textId="2EB0EBE3" w:rsidR="00316738" w:rsidRPr="004B359E" w:rsidRDefault="00316738" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>RTA s.351</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00316738" w:rsidRPr="008C6ECC" w14:paraId="281D6C6F" w14:textId="77777777" w:rsidTr="008C6ECC">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="298"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2972" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="385B36F1" w14:textId="23C089B5" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="004B359E">
+          <w:p w14:paraId="385B36F1" w14:textId="23C089B5" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
-              <w:t xml:space="preserve">If renter </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> remain.</w:t>
+              <w:t>If renter is allowed to remain.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E578907" w14:textId="2C6FB41B" w:rsidR="00316738" w:rsidRPr="008C6ECC" w:rsidRDefault="00316738" w:rsidP="00316738">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE34EC">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Post-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18131,64 +18202,55 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3644" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="545D30FF" w14:textId="77777777" w:rsidR="00316738" w:rsidRPr="004B359E" w:rsidRDefault="00316738" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Operational decision</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F30A457" w14:textId="162D8187" w:rsidR="00316738" w:rsidRPr="004B359E" w:rsidRDefault="00316738" w:rsidP="004B359E">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>New rental agreement must be created</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0AF8DA13" w14:textId="77777777" w:rsidR="008C6ECC" w:rsidRDefault="008C6ECC" w:rsidP="008C6ECC">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="2DBD55E9" w14:textId="37440219" w:rsidR="006B4E52" w:rsidRPr="00706E1C" w:rsidRDefault="006B4E52" w:rsidP="006B4E52">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc209523097"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc222164706"/>
       <w:r w:rsidRPr="00706E1C">
         <w:t>Determining what action to take</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
     </w:p>
     <w:p w14:paraId="1C5878DF" w14:textId="51123EA7" w:rsidR="00DF3CCB" w:rsidRDefault="008B78BD" w:rsidP="00E33524">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="008B78BD">
         <w:t>When a renter refuses lawful entry and there’s no immediate risk, staff should take a proportionate, rights-based approach. The table below outlines key considerations and actions to guide decision-making.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71DD977A" w14:textId="523282C0" w:rsidR="00DF3CCB" w:rsidRDefault="005E4B24" w:rsidP="005E4B24">
       <w:pPr>
         <w:pStyle w:val="Tablecaption"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE5E76">
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="00EE5E76" w:rsidRPr="00EE5E76">
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE5E76">
         <w:t xml:space="preserve">: </w:t>
@@ -18269,53 +18331,53 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10E54A92" w14:textId="38A6FBE3" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007A652B">
               <w:t>Escalation triggers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00434D8F" w14:paraId="6ED9A04A" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B06FD0F" w14:textId="28CE8C44" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="5B06FD0F" w14:textId="28CE8C44" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Identify the nature of the breach</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16E7C294" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="008777A0">
               <w:t>Has lawful entry been refused or obstructed?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36271B2A" w14:textId="5420723E" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
@@ -18435,99 +18497,96 @@
           </w:p>
           <w:p w14:paraId="7EF0419D" w14:textId="1D4D9144" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Documented pattern of similar breaches.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00434D8F" w14:paraId="49A1A46C" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE72208" w14:textId="7EAB67BD" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="2DE72208" w14:textId="7EAB67BD" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Understand the renter’s circumstances</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10B7B6F9" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="008777A0">
               <w:t>Why is the renter refusing entry?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72F324ED" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="002E41FA">
               <w:t>Are there vulnerabilities, trauma, cultural sensitivities, or privacy concerns?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74DC9A52" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00ED1CB8">
-              <w:t xml:space="preserve">Is the renter engaging in communication </w:t>
-[...3 lines deleted...]
-              <w:t>or avoiding contact?</w:t>
+              <w:t>Is the renter engaging in communication or avoiding contact?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E19304D" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Has the renter previously raised concerns about staff, contractors, or the entry process?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17115D28" w14:textId="375EE532" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Are there support services involved (e.g. case managers, mental health services) that may help clarify or resolve the issue?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3358" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E8B863B" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
@@ -18558,52 +18617,55 @@
             <w:r>
               <w:t>missed appointments</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FBB191E" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet2"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">withdrawn communication, or </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27BF6EDD" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet2"/>
             </w:pPr>
             <w:r>
               <w:t>reports from staff or contractors.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="760CDB64" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r>
+              <w:t xml:space="preserve">Make a referral to appropriate support services if concerns </w:t>
+            </w:r>
+            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Make a referral to appropriate support services if concerns about wellbeing, safety, or capacity to engage are identified. </w:t>
+              <w:t xml:space="preserve">about wellbeing, safety, or capacity to engage are identified. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="664973A0" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r>
               <w:t>Engage with the renter respectfully, acknowledging their concerns and offering options such as:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AE5BB56" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet2"/>
             </w:pPr>
             <w:r>
               <w:t>rescheduling the entry</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A508F89" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet2"/>
             </w:pPr>
             <w:r>
               <w:t>having a support person present</w:t>
             </w:r>
@@ -18662,59 +18724,58 @@
           </w:p>
           <w:p w14:paraId="1ADC2D21" w14:textId="5CD25556" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Staff report repeated conflict or distress during entry attempts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00434D8F" w14:paraId="3B5211F9" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="592DAB15" w14:textId="58D9B989" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="592DAB15" w14:textId="58D9B989" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Attempt resolution through engagement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33AF9D94" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="008777A0">
               <w:t>Can access be negotiated informally?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="733D0450" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="008777A0">
               <w:t>Has the renter been offered alternative arrangements?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48093B64" w14:textId="06DB7132" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
@@ -18789,53 +18850,53 @@
           </w:p>
           <w:p w14:paraId="17F3EBBB" w14:textId="41541D8B" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Support services unable to assist or renter declines support.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00434D8F" w14:paraId="437A1313" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E623732" w14:textId="3B184125" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="6E623732" w14:textId="3B184125" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Make a proportionate decision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C87EDAD" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="008777A0">
               <w:t>Is escalation necessary at this stage?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75B5D964" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
@@ -18923,155 +18984,158 @@
           </w:p>
           <w:p w14:paraId="6B23477A" w14:textId="76070B66" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>No resolution achievable through informal means.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00434D8F" w14:paraId="64064064" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1839" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6713629E" w14:textId="276AE654" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="6713629E" w14:textId="276AE654" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Continue engagement and reassess</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2066" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B12E0FB" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="008777A0">
               <w:t>Has a Possession Order been granted?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E4DED6D" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="008777A0">
-              <w:lastRenderedPageBreak/>
               <w:t>Is enforcement still necessary?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6DBB2F8C" w14:textId="7E9A4C2E" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008777A0">
+              <w:lastRenderedPageBreak/>
               <w:t>Can resolution still be achieved?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3358" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00697BE6" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="008777A0">
               <w:lastRenderedPageBreak/>
               <w:t>Even after formal orders, continue lawful entry attempts and engagement.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69C2CB58" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="008777A0">
-              <w:lastRenderedPageBreak/>
               <w:t>Reassess whether enforcement remains appropriate and necessary.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="411BFA22" w14:textId="70FFCFED" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00434C76">
+              <w:lastRenderedPageBreak/>
               <w:t>Monitor for any change in renter behaviour or support involvement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20D8A0F9" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Possession Order granted and obstruction continues.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31A43D42" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r>
+              <w:t xml:space="preserve">No change in renter behaviour </w:t>
+            </w:r>
+            <w:r>
               <w:lastRenderedPageBreak/>
-              <w:t>No change in renter behaviour despite formal action.</w:t>
+              <w:t>despite formal action.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6957AFF5" w14:textId="04CEEDCA" w:rsidR="00B8199B" w:rsidRPr="00434D8F" w:rsidRDefault="00B8199B" w:rsidP="008C6ECC">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Enforcement remains necessary to protect property or service delivery.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C19E308" w14:textId="21A116E9" w:rsidR="00E33524" w:rsidRDefault="00E33524" w:rsidP="0092768E">
       <w:pPr>
         <w:pStyle w:val="Bodyaftertablefigure"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>At every</w:t>
       </w:r>
       <w:r w:rsidR="00380D55">
@@ -19289,78 +19353,81 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4A67210A" w14:textId="38283691" w:rsidR="00F37C66" w:rsidRDefault="00551E05" w:rsidP="00023564">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00F37C66">
         <w:t>he steps taken to avoid eviction</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1309F0AF" w14:textId="30600EA4" w:rsidR="00F37C66" w:rsidRDefault="00F37C66" w:rsidP="00EE5E76">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t>Eviction must not be pursued solely based on non-urgent access issues. The threshold for enforcement is met only when the refusal of entry materially obstructs Homes Victoria’s ability to fulfil its legal or operational responsibilities, and no other resolution pathway remains viable.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F078F1B" w14:textId="03FFDBEB" w:rsidR="00A5718F" w:rsidRPr="002510AA" w:rsidRDefault="0039441C" w:rsidP="00A5718F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="83" w:name="_Toc209523098"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc222164707"/>
       <w:r w:rsidRPr="002510AA">
-        <w:lastRenderedPageBreak/>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00A5718F" w:rsidRPr="002510AA">
         <w:t>rauma informed practice</w:t>
       </w:r>
       <w:bookmarkEnd w:id="83"/>
     </w:p>
     <w:p w14:paraId="1009E012" w14:textId="77777777" w:rsidR="00A5718F" w:rsidRDefault="00A5718F" w:rsidP="00A5718F">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="005754A3">
         <w:t xml:space="preserve">Trauma-informed practice recognises that renters may have experienced events that affect how they respond to authority, privacy, and communication. By applying this approach, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">staff </w:t>
       </w:r>
       <w:r w:rsidRPr="005754A3">
         <w:t>can</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005754A3">
-        <w:t>support resolution</w:t>
+        <w:t xml:space="preserve">support </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005754A3">
+        <w:lastRenderedPageBreak/>
+        <w:t>resolution</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="005754A3">
         <w:t>especially when navigating sensitive issues like access to the home.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> A trauma-informed approach helps staff:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E5BD52" w14:textId="271C2607" w:rsidR="00A5718F" w:rsidRDefault="00551E05" w:rsidP="00A5718F">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00A5718F">
         <w:t>void escalating situations unnecessarily</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="399CE821" w14:textId="53F0023E" w:rsidR="00A5718F" w:rsidRDefault="00551E05" w:rsidP="00A5718F">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
@@ -19418,54 +19485,54 @@
         </w:rPr>
         <w:t xml:space="preserve">ns </w:t>
       </w:r>
       <w:r w:rsidRPr="004D595E">
         <w:t>for</w:t>
       </w:r>
       <w:r w:rsidRPr="00F67E95">
         <w:t xml:space="preserve"> when renters are refusing or obstructing lawful entry. Each principle is paired with a real-world example to show how it can be applied in day-to-day work.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7ABAAC6B" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
       <w:pPr>
         <w:pStyle w:val="Tablecaption"/>
       </w:pPr>
       <w:r>
         <w:t>Table 8: Applying trauma informed practice</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9493" w:type="dxa"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1926"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3014"/>
+        <w:gridCol w:w="1699"/>
+        <w:gridCol w:w="1698"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3261"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00B8199B" w14:paraId="6CD73C60" w14:textId="77777777" w:rsidTr="00B8199B">
         <w:trPr>
           <w:trHeight w:val="397"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74FE78B8" w14:textId="139DF91B" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007A652B">
               <w:t>Principle</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="616A180D" w14:textId="3A5F11F6" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="007A652B">
             <w:pPr>
@@ -19492,69 +19559,69 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B33C9F2" w14:textId="2A5B0FF9" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="007A652B">
               <w:t>Example</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00B8199B" w14:paraId="3BC09A04" w14:textId="77777777" w:rsidTr="00B8199B">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18342B8F" w14:textId="70EF7CAD" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="18342B8F" w14:textId="70EF7CAD" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Safety</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2477CA05" w14:textId="2E8EFCDF" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="2477CA05" w14:textId="2E8EFCDF" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Create environments where renters feel physically and emotionally safe.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E87D2F3" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t xml:space="preserve">Avoid unannounced visits. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BB4893E" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>Use calm, non-threatening language.</w:t>
             </w:r>
@@ -19611,69 +19678,69 @@
           </w:p>
           <w:p w14:paraId="610FF1EA" w14:textId="261A2219" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">If female staff or contractors are not available, apply a trauma-informed and rights-based approach by acknowledging the renter’s concerns and working collaboratively to explore safe, practical alternatives. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00B8199B" w14:paraId="5BD8EA6B" w14:textId="77777777" w:rsidTr="00B8199B">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66E15687" w14:textId="539AE210" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="66E15687" w14:textId="539AE210" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Trustworthiness and transparency</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC17965" w14:textId="77DF5680" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="6DC17965" w14:textId="77DF5680" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Build trust through consistent, honest, and clear communication.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="325AF74D" w14:textId="4E0672C5" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>Provide detailed entry notices. Follow up with a phone call or SMS. Be honest about the purpose and necessity of entry.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -19683,69 +19750,69 @@
           </w:tcPr>
           <w:p w14:paraId="3E1F8FB5" w14:textId="686DDC96" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>A renter previously misled by services is anxious about inspections. Staff explain the process step-by-step and offer to answer questions before the visit.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00B8199B" w14:paraId="7E06E6CD" w14:textId="77777777" w:rsidTr="00B8199B">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B182F97" w14:textId="59B44B58" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="5B182F97" w14:textId="59B44B58" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Choice and control</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49E69C01" w14:textId="74BB5B89" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="49E69C01" w14:textId="74BB5B89" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Support renters by offering options and respecting autonomy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52B39E8A" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t xml:space="preserve">Offer flexible scheduling. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EFBBEA3" w14:textId="4FD5F311" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -19771,69 +19838,69 @@
           </w:p>
           <w:p w14:paraId="0ACD38C0" w14:textId="29F85AF2" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>Staff offer two afternoon options and confirm the renter’s choice.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00B8199B" w14:paraId="05080132" w14:textId="77777777" w:rsidTr="00B8199B">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10F724B3" w14:textId="37C5B741" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="10F724B3" w14:textId="37C5B741" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t xml:space="preserve">Collaboration </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74479DDF" w14:textId="3713FB13" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="74479DDF" w14:textId="3713FB13" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Work in partnership with renters, valuing their input and lived experience.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1493E62A" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>Ask renters what would help them feel comfortable.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A8072B6" w14:textId="08F1A012" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -19859,70 +19926,69 @@
           </w:p>
           <w:p w14:paraId="2CBDB651" w14:textId="7F9D9045" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>Staff coordinate the visit with the case manager.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00B8199B" w14:paraId="08C0F94A" w14:textId="77777777" w:rsidTr="00B8199B">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="785D2875" w14:textId="5AB4AF96" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="785D2875" w14:textId="5AB4AF96" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Cultural safety and responsiveness</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28E60206" w14:textId="60C0E588" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="28E60206" w14:textId="60C0E588" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Respect cultural identity and practices.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63327CA7" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>Be aware of cultural norms around privacy, gender roles, and authority.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AE85ADA" w14:textId="22E5023D" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -19963,69 +20029,70 @@
           </w:p>
           <w:p w14:paraId="5EF21949" w14:textId="28F02D3D" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>Staff arrange this and adjust entry procedures accordingly.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B8199B" w:rsidRPr="00B8199B" w14:paraId="1567E228" w14:textId="77777777" w:rsidTr="00B8199B">
         <w:tblPrEx>
           <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1699" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F0B731B" w14:textId="210444F2" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="6F0B731B" w14:textId="210444F2" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Minimising re-traumatisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1698" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="254BBD6F" w14:textId="3BD5ABD7" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="004B359E">
+          <w:p w14:paraId="254BBD6F" w14:textId="3BD5ABD7" w:rsidR="00B8199B" w:rsidRPr="004B359E" w:rsidRDefault="00B8199B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Avoid actions that may trigger past trauma or distress.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65AF1115" w14:textId="0F2E2C3A" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>Avoid repeated entry attempts without explanation. Be sensitive to renters’ reactions and avoid punitive language.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -20033,697 +20100,106 @@
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79636DBB" w14:textId="77777777" w:rsidR="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>A renter becomes distressed after receiving multiple entry notices.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="082F3098" w14:textId="767595C4" w:rsidR="00B8199B" w:rsidRPr="00B8199B" w:rsidRDefault="00B8199B" w:rsidP="00B8199B">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00980B7D">
               <w:t>Staff pause further notices and arrange a meeting with a support worker to co-design a plan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3CE0E590" w14:textId="77777777" w:rsidR="00A5718F" w:rsidRDefault="00A5718F" w:rsidP="00A5718F">
-[...590 lines deleted...]
-    </w:tbl>
     <w:p w14:paraId="0D486293" w14:textId="70E5CE48" w:rsidR="00A5718F" w:rsidRPr="00F14694" w:rsidRDefault="00A5718F" w:rsidP="00A5718F">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">For more information on Trauma informed practice refer to </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00F14694">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Department of Families Fairness and Housing Victoria | Framework for trauma-informed practice</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F14694">
         <w:t>https://www.dffh.vic.gov.au/publications/framework-trauma-informed-practice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0EF0AB" w14:textId="44EEFD66" w:rsidR="008F35C3" w:rsidRPr="0059342E" w:rsidRDefault="002B5394" w:rsidP="008F35C3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="85" w:name="_Toc209523099"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc222164708"/>
       <w:r w:rsidRPr="0059342E">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="008F35C3" w:rsidRPr="0059342E">
         <w:t>afety checks</w:t>
       </w:r>
       <w:r w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> and failed access</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="84"/>
     </w:p>
     <w:p w14:paraId="1AB470F8" w14:textId="4F71082F" w:rsidR="00CB20B3" w:rsidRPr="0059342E" w:rsidRDefault="00CB20B3" w:rsidP="00D87E3B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t>Safety checks, as mandated by the RTA, includes a range of inspections designed to ensure rental properties meet minimum safety standards and protect renters’ health and safety. Specifically, these safety checks include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="334757E2" w14:textId="378652D9" w:rsidR="00CB20B3" w:rsidRPr="0059342E" w:rsidRDefault="00CB20B3" w:rsidP="00CB20B3">
       <w:pPr>
         <w:pStyle w:val="Tablecaption"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Table </w:t>
       </w:r>
       <w:r w:rsidR="00633D24">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="0059342E">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00054A52" w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> Safety checks</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2047"/>
         <w:gridCol w:w="5036"/>
         <w:gridCol w:w="2205"/>
       </w:tblGrid>
       <w:tr w:rsidR="002F7CA1" w:rsidRPr="0059342E" w14:paraId="56080B62" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
@@ -20780,508 +20256,516 @@
             <w:tcW w:w="2205" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1AAF66D0" w14:textId="3E6BC210" w:rsidR="002F7CA1" w:rsidRPr="0059342E" w:rsidRDefault="002F7CA1" w:rsidP="007A652B">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t xml:space="preserve">Frequency </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0029767B" w:rsidRPr="0059342E" w14:paraId="1FE0924F" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0DA995EE" w14:textId="03EB9BC9" w:rsidR="0029767B" w:rsidRPr="004B359E" w:rsidRDefault="0029767B" w:rsidP="004B359E">
+          <w:p w14:paraId="0DA995EE" w14:textId="03EB9BC9" w:rsidR="0029767B" w:rsidRPr="004B359E" w:rsidRDefault="0029767B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Electrical safety check</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5036" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DE99172" w14:textId="1FE92778" w:rsidR="0029767B" w:rsidRPr="004B359E" w:rsidRDefault="0029767B" w:rsidP="004B359E">
+          <w:p w14:paraId="3DE99172" w14:textId="1FE92778" w:rsidR="0029767B" w:rsidRPr="004B359E" w:rsidRDefault="0029767B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Inspection of all electrical installations, appliances, wiring, fittings, and safety switches by a licensed electrician. Includes testing for faults and compliance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2205" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="190782B6" w14:textId="77777777" w:rsidR="0029767B" w:rsidRPr="0059342E" w:rsidRDefault="0029767B" w:rsidP="004B359E">
+          <w:p w14:paraId="190782B6" w14:textId="77777777" w:rsidR="0029767B" w:rsidRPr="0059342E" w:rsidRDefault="0029767B" w:rsidP="008E6749">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:t>Every 2 years</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="447D8EEA" w14:textId="5241D00D" w:rsidR="0029767B" w:rsidRPr="0059342E" w:rsidRDefault="0029767B" w:rsidP="004B359E">
+          <w:p w14:paraId="447D8EEA" w14:textId="5241D00D" w:rsidR="0029767B" w:rsidRPr="0059342E" w:rsidRDefault="0029767B" w:rsidP="008E6749">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:t>*Must be conducted before a new tenancy if not done in the prior 2 years</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0029767B" w:rsidRPr="0059342E" w14:paraId="6278D3D5" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05599860" w14:textId="5B767AE5" w:rsidR="0029767B" w:rsidRPr="004B359E" w:rsidRDefault="0029767B" w:rsidP="004B359E">
+          <w:p w14:paraId="05599860" w14:textId="5B767AE5" w:rsidR="0029767B" w:rsidRPr="004B359E" w:rsidRDefault="0029767B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Gas safety check</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5036" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59374CC7" w14:textId="77777777" w:rsidR="0029767B" w:rsidRPr="004B359E" w:rsidRDefault="0029767B" w:rsidP="004B359E">
+          <w:p w14:paraId="59374CC7" w14:textId="77777777" w:rsidR="0029767B" w:rsidRPr="004B359E" w:rsidRDefault="0029767B" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Inspection and servicing of all gas installations, appliances, and fittings by a licensed gas fitter endorsed for Type A appliances. Includes verification of compliance with gas safety regulations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2205" w:type="dxa"/>
-            <w:vMerge/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39894715" w14:textId="3DB30FC8" w:rsidR="0029767B" w:rsidRPr="0059342E" w:rsidRDefault="0029767B" w:rsidP="004B359E">
+          <w:p w14:paraId="25BB585D" w14:textId="77777777" w:rsidR="00BB3830" w:rsidRPr="0059342E" w:rsidRDefault="00BB3830" w:rsidP="00BB3830">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
+            <w:r w:rsidRPr="0059342E">
+              <w:t>Every 2 years</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39894715" w14:textId="1F39B766" w:rsidR="0029767B" w:rsidRPr="0059342E" w:rsidRDefault="00BB3830" w:rsidP="00BB3830">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0059342E">
+              <w:t>*Must be conducted before a new tenancy if not done in the prior 2 years</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7CA1" w:rsidRPr="0059342E" w14:paraId="25F10BCB" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50637F19" w14:textId="35087C80" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="50637F19" w14:textId="35087C80" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Smoke alarm testing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5036" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="140FD16E" w14:textId="77777777" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="140FD16E" w14:textId="77777777" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Testing and maintenance of smoke alarms to ensure functionality and compliance with safety standards.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2205" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3DE2194A" w14:textId="45651ABB" w:rsidR="002F7CA1" w:rsidRPr="0059342E" w:rsidRDefault="0029767B" w:rsidP="004B359E">
+          <w:p w14:paraId="3DE2194A" w14:textId="45651ABB" w:rsidR="002F7CA1" w:rsidRPr="0059342E" w:rsidRDefault="0029767B" w:rsidP="008E6749">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="002F7CA1" w:rsidRPr="0059342E">
               <w:t>nnually</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7CA1" w:rsidRPr="0059342E" w14:paraId="41292B65" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42CB48B2" w14:textId="2ED9CB49" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="42CB48B2" w14:textId="2ED9CB49" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>Hot-</w:t>
             </w:r>
             <w:r w:rsidR="0029767B" w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t xml:space="preserve">ater </w:t>
             </w:r>
             <w:r w:rsidR="0029767B" w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t xml:space="preserve">afety </w:t>
             </w:r>
             <w:r w:rsidR="0029767B" w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>evices</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5036" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BB0B3D4" w14:textId="77777777" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="0BB0B3D4" w14:textId="77777777" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Inspection and maintenance of hot-water safety devices to prevent scalding and other hazards.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2205" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14EF735B" w14:textId="1707C1E5" w:rsidR="002F7CA1" w:rsidRPr="0059342E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="14EF735B" w14:textId="1707C1E5" w:rsidR="002F7CA1" w:rsidRPr="0059342E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:t>As required by regulations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7CA1" w:rsidRPr="0059342E" w14:paraId="75A32DCF" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6372AA84" w14:textId="232A8EB7" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="6372AA84" w14:textId="232A8EB7" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t xml:space="preserve">Fire </w:t>
             </w:r>
             <w:r w:rsidR="00C23A94" w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t xml:space="preserve">afety </w:t>
             </w:r>
             <w:r w:rsidR="00C23A94" w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>quipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5036" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="41046837" w14:textId="77777777" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="41046837" w14:textId="77777777" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Inspection of fire sprinklers, hose reels, extinguishers, fire blankets, and emergency lighting where installed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2205" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="611ECCC9" w14:textId="799CFFA1" w:rsidR="002F7CA1" w:rsidRPr="0059342E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="611ECCC9" w14:textId="799CFFA1" w:rsidR="002F7CA1" w:rsidRPr="0059342E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:t>As required by regulations and property type</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002F7CA1" w:rsidRPr="002F7CA1" w14:paraId="7EDB6A12" w14:textId="77777777" w:rsidTr="00434D8F">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10214288" w14:textId="00C2CDFB" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="10214288" w14:textId="00C2CDFB" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t xml:space="preserve">Structural and </w:t>
             </w:r>
             <w:r w:rsidR="00C23A94" w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t xml:space="preserve">nvironmental </w:t>
             </w:r>
             <w:r w:rsidR="00C23A94" w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="004B359E">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
               </w:rPr>
               <w:t>afety</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5036" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67021746" w14:textId="77777777" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="67021746" w14:textId="77777777" w:rsidR="002F7CA1" w:rsidRPr="004B359E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
-              <w:pStyle w:val="Tablebullet1"/>
+              <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r w:rsidRPr="004B359E">
               <w:t>Ensuring the property is structurally sound, weatherproof, free from mould/damp, and adequately ventilated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2205" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E842EF0" w14:textId="77777777" w:rsidR="0029767B" w:rsidRPr="0059342E" w:rsidRDefault="002F7CA1" w:rsidP="004B359E">
+          <w:p w14:paraId="5E842EF0" w14:textId="77777777" w:rsidR="0029767B" w:rsidRPr="0059342E" w:rsidRDefault="002F7CA1" w:rsidP="008E6749">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:t xml:space="preserve">Ongoing </w:t>
             </w:r>
             <w:r w:rsidR="0029767B" w:rsidRPr="0059342E">
               <w:t>maintenance</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5643B74A" w14:textId="117E995C" w:rsidR="002F7CA1" w:rsidRPr="0059342E" w:rsidRDefault="0029767B" w:rsidP="004B359E">
+          <w:p w14:paraId="5643B74A" w14:textId="117E995C" w:rsidR="002F7CA1" w:rsidRPr="0059342E" w:rsidRDefault="0029767B" w:rsidP="008E6749">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="0059342E">
               <w:t>*M</w:t>
             </w:r>
             <w:r w:rsidR="002F7CA1" w:rsidRPr="0059342E">
               <w:t xml:space="preserve">inimum standards </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="002F7CA1" w:rsidRPr="0059342E">
               <w:t>apply at all times</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="64754FAF" w14:textId="77777777" w:rsidR="00B07BDF" w:rsidRDefault="00B07BDF" w:rsidP="00B07BDF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="86" w:name="_Toc209523100"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc222164709"/>
       <w:r>
         <w:t>Upcoming RTA safety checks</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="86"/>
+      <w:bookmarkEnd w:id="85"/>
     </w:p>
     <w:p w14:paraId="037EDD32" w14:textId="02C1BB90" w:rsidR="00B07BDF" w:rsidRDefault="00B07BDF" w:rsidP="00B07BDF">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Before visiting a renter at home, </w:t>
       </w:r>
       <w:r w:rsidR="006B7C25">
         <w:t xml:space="preserve">staff must </w:t>
       </w:r>
       <w:r w:rsidR="00025C85">
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">informed and prepared </w:t>
       </w:r>
       <w:r w:rsidR="00C249BB">
         <w:t xml:space="preserve">to discuss </w:t>
       </w:r>
       <w:r>
         <w:t>safety and compliance matters.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34F87ADE" w14:textId="6461CABC" w:rsidR="00B07BDF" w:rsidRDefault="00B07BDF" w:rsidP="00B07BDF">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Staff should proactively </w:t>
       </w:r>
       <w:r w:rsidR="00E4173C">
         <w:t>review</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> HiiP property records to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B8E56DD" w14:textId="31056E7C" w:rsidR="00B07BDF" w:rsidRPr="00B07BDF" w:rsidRDefault="00551E05" w:rsidP="00B07BDF">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00B07BDF" w:rsidRPr="00B07BDF">
         <w:t>onfirm the status and due dates of RTA-mandated safety checks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EA7294F" w14:textId="2ED207E2" w:rsidR="00B07BDF" w:rsidRPr="00B07BDF" w:rsidRDefault="00551E05" w:rsidP="00B07BDF">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00B07BDF" w:rsidRPr="00B07BDF">
         <w:t>ate of the last safety check (gas, electrical, smoke alarm)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DE8B169" w14:textId="73A57D65" w:rsidR="00B07BDF" w:rsidRPr="00B07BDF" w:rsidRDefault="00551E05" w:rsidP="00B07BDF">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00B07BDF" w:rsidRPr="00B07BDF">
@@ -21344,93 +20828,94 @@
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00B07BDF" w:rsidRPr="00B07BDF">
         <w:t>eassure renters that safety is a priority and their home is being actively maintained, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C92267C" w14:textId="6FB4CC80" w:rsidR="00B07BDF" w:rsidRPr="00B07BDF" w:rsidRDefault="00551E05" w:rsidP="00B07BDF">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00B07BDF" w:rsidRPr="00B07BDF">
         <w:t>educe the need for follow-up visits or renter uncertainty.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2009C65E" w14:textId="7A88451B" w:rsidR="007456BC" w:rsidRPr="0059342E" w:rsidRDefault="001714C9" w:rsidP="007456BC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="87" w:name="_Toc209523101"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc222164710"/>
       <w:r w:rsidRPr="0059342E">
         <w:t>Head contractor f</w:t>
       </w:r>
       <w:r w:rsidR="007978B0" w:rsidRPr="0059342E">
         <w:t>ailed access</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:p w14:paraId="6F0F784A" w14:textId="2741FD6B" w:rsidR="00026DF7" w:rsidRPr="0059342E" w:rsidRDefault="00026DF7" w:rsidP="0036518B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t>When safety checks are due, the H</w:t>
       </w:r>
       <w:r w:rsidR="00C67897" w:rsidRPr="0059342E">
         <w:t xml:space="preserve">ousing Call Centre </w:t>
       </w:r>
       <w:r w:rsidRPr="0059342E">
         <w:t>raises a work order in HiiP Repairs</w:t>
       </w:r>
       <w:r w:rsidR="00C67897" w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> on behalf of Homes Victoria</w:t>
       </w:r>
       <w:r w:rsidRPr="0059342E">
         <w:t>. This work order triggers HiiP to automatically generate a letter informing renters that the</w:t>
       </w:r>
       <w:r w:rsidR="00C67897" w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> departments</w:t>
       </w:r>
       <w:r w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> Head contractor will contact them to schedule a safety check. </w:t>
       </w:r>
       <w:r w:rsidR="00C67897" w:rsidRPr="0059342E">
         <w:t>This letter is viewable in the Safety and Compliance document tab in HiiP following its generation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3549AC9C" w14:textId="00A30F7D" w:rsidR="009B2126" w:rsidRPr="0059342E" w:rsidRDefault="007978B0" w:rsidP="0036518B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
+        <w:lastRenderedPageBreak/>
         <w:t>When safety checks fall due, the Head contractor must make</w:t>
       </w:r>
       <w:r w:rsidR="001714C9" w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> two</w:t>
       </w:r>
       <w:r w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> reasonable attempts to gain entry to the property to complete the required inspections and maintenance. These attempts include</w:t>
       </w:r>
       <w:r w:rsidR="009B2126" w:rsidRPr="0059342E">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="608B746C" w14:textId="1CF832B3" w:rsidR="009B2126" w:rsidRPr="0059342E" w:rsidRDefault="00551E05" w:rsidP="009B2126">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="009B2126" w:rsidRPr="0059342E">
         <w:t>ontacting</w:t>
       </w:r>
       <w:r w:rsidR="007978B0" w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> the renter</w:t>
       </w:r>
@@ -21497,58 +20982,58 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="11AD724C" w14:textId="67B2F8AF" w:rsidR="001714C9" w:rsidRPr="0059342E" w:rsidRDefault="00CF0A2D" w:rsidP="006612F7">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t xml:space="preserve">On-hold jobs will also appear in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0059342E">
         <w:t>HiiP’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> Tenancy Task List. Staff are required to manage these safety check-related tasks by regularly reviewing their list. Managers are equally accountable and must monitor the task list to ensure timely follow-up by staff.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EE5D45D" w14:textId="7C939A24" w:rsidR="00746830" w:rsidRPr="0059342E" w:rsidRDefault="00940395" w:rsidP="00746830">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc209523102"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc222164711"/>
       <w:r w:rsidRPr="0059342E">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
         </w:rPr>
         <w:t>Notice of Entry</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="88"/>
+      <w:bookmarkEnd w:id="87"/>
     </w:p>
     <w:p w14:paraId="2C781443" w14:textId="01BEE17E" w:rsidR="007C41FC" w:rsidRPr="0059342E" w:rsidRDefault="007C41FC" w:rsidP="007C41FC">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:spacing w:line="270" w:lineRule="atLeast"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">When a suitable time is agreed upon between the Head contractor and the renter, a follow-up letter, accompanied by a Notice of Entry, must be sent to the renter confirming the date and time of the safety check. The follow-up letter </w:t>
       </w:r>
       <w:r w:rsidR="00C67897" w:rsidRPr="0059342E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">can be </w:t>
       </w:r>
       <w:r w:rsidRPr="0059342E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -21589,96 +21074,112 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>record</w:t>
       </w:r>
       <w:r w:rsidRPr="0059342E">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32111932" w14:textId="13B779C3" w:rsidR="00FD6217" w:rsidRPr="0059342E" w:rsidRDefault="00FD6217" w:rsidP="00FD6217">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t>For more detailed information on Notice of Entry</w:t>
       </w:r>
       <w:r w:rsidR="0083297B" w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="0059342E">
         <w:t>, refer to the following sections:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55007039" w14:textId="77777777" w:rsidR="00FD6217" w:rsidRPr="0059342E" w:rsidRDefault="00434D8F" w:rsidP="00FD6217">
+    <w:p w14:paraId="55007039" w14:textId="77777777" w:rsidR="00FD6217" w:rsidRPr="0059342E" w:rsidRDefault="00FD6217" w:rsidP="00FD6217">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Proactively_addressing_potential_1" w:history="1">
-        <w:r w:rsidR="00FD6217" w:rsidRPr="0059342E">
+        <w:r w:rsidRPr="0059342E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Section 12 Proactively addressing potential barriers to entry</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CDE2B7A" w14:textId="77777777" w:rsidR="00FD6217" w:rsidRDefault="00434D8F" w:rsidP="00FD6217">
+    <w:p w14:paraId="0CDE2B7A" w14:textId="77777777" w:rsidR="00FD6217" w:rsidRDefault="00FD6217" w:rsidP="00FD6217">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:hyperlink w:anchor="_Exercising_a_right" w:history="1">
-        <w:r w:rsidR="00FD6217" w:rsidRPr="0059342E">
+        <w:r w:rsidRPr="0059342E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Section 13 Exercising a right of entry</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AC07156" w14:textId="6EC3A027" w:rsidR="006C2AB8" w:rsidRDefault="006C2AB8" w:rsidP="00E10871">
+    <w:p w14:paraId="7AC07156" w14:textId="28BFD991" w:rsidR="006C2AB8" w:rsidRDefault="006C2AB8" w:rsidP="00E10871">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="006C2AB8">
-        <w:t>If the renter fails to comply with the Notice of Entry, a breach must be initiated following the procedures set out in the Residential Rental Agreement Breach Management Operational Guidelines.</w:t>
+        <w:t xml:space="preserve">If the renter fails to comply with the Notice of Entry, a breach must be initiated following the procedures set out in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="00BB3830">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Residential Rental Agreement Breach Management Operational Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00BB3830">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3830" w:rsidRPr="00BB3830">
+        <w:t>https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3830">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="300400A8" w14:textId="7D7D5618" w:rsidR="00571979" w:rsidRDefault="00571979" w:rsidP="00571979">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Notifying_renters_entry_1"/>
-      <w:bookmarkStart w:id="90" w:name="_Toc209523103"/>
+      <w:bookmarkStart w:id="88" w:name="_Notifying_renters_entry_1"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc222164712"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:t>Notifying renters entry occurred in their absence</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="89"/>
-      <w:r>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="90"/>
     </w:p>
     <w:p w14:paraId="2499FF88" w14:textId="77777777" w:rsidR="00571979" w:rsidRPr="00774180" w:rsidRDefault="00571979" w:rsidP="00571979">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00774180">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>If the renter was not home when entry was made</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00774180">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">whether through a </w:t>
@@ -21847,162 +21348,163 @@
       </w:r>
       <w:r w:rsidR="00571979">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>securely a</w:t>
       </w:r>
       <w:r w:rsidR="00571979" w:rsidRPr="003E0604">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ttached to the front of the property. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79AF265A" w14:textId="107A2C86" w:rsidR="00571979" w:rsidRDefault="00551E05" w:rsidP="00571979">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00571979" w:rsidRPr="00774180">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ecord the lockbox code in a </w:t>
       </w:r>
       <w:r w:rsidR="00571979" w:rsidRPr="114FA981">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">high </w:t>
       </w:r>
       <w:r w:rsidR="00571979" w:rsidRPr="00774180">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>priority property note in HiiP Repairs to ensure the renter can access the keys after hours.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F5F3ADD" w14:textId="77777777" w:rsidR="00571979" w:rsidRPr="00BC1A4D" w:rsidRDefault="00571979" w:rsidP="00BC1A4D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Body"/>
+    <w:p w14:paraId="4F5F3ADD" w14:textId="77777777" w:rsidR="00571979" w:rsidRPr="00BC1A4D" w:rsidRDefault="00571979" w:rsidP="00BB3830">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>Where entry occurred for RTA safety checks, staff must leave an ‘Entry to Your Home’ fact sheet prominently attached to the front door. This fact sheet should explain the reason for the entry and provide information on how the renter can obtain the lockbox code to retrieve the keys.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="535EC220" w14:textId="2240359A" w:rsidR="001E52DA" w:rsidRDefault="001E52DA" w:rsidP="008464C4">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="91" w:name="_Entry_in_emergencies"/>
-      <w:bookmarkStart w:id="92" w:name="_Toc209523104"/>
+      <w:bookmarkStart w:id="90" w:name="_Entry_in_emergencies"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc222164713"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="00E30DD5">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ntry </w:t>
+      </w:r>
+      <w:r w:rsidR="00672C43">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in </w:t>
+      </w:r>
+      <w:r w:rsidR="001C1C60">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>mergenc</w:t>
+      </w:r>
+      <w:r w:rsidR="00434B67">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>ies</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="91"/>
+      <w:r w:rsidR="00407EA2">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BFE6B48" w14:textId="528EB3AB" w:rsidR="003B43DB" w:rsidRDefault="003B43DB" w:rsidP="003B43DB">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B43DB">
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>The following sections are to be read and applied holistically. For example, if there is a flooding incident or abandoned/distressed animal, staff should also consider whether the procedures for Welfare Checks may also apply in the circumstances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66507AAD" w14:textId="5EBA4D8C" w:rsidR="003B43DB" w:rsidRDefault="003B43DB" w:rsidP="003B43DB">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="_Toc222164714"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>E</w:t>
-[...29 lines deleted...]
-        <w:t>ies</w:t>
+        <w:t>Emergencies</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
-      <w:r w:rsidR="00407EA2">
-[...34 lines deleted...]
-      <w:bookmarkEnd w:id="93"/>
     </w:p>
     <w:p w14:paraId="58BC99B4" w14:textId="6561FD57" w:rsidR="002A68F4" w:rsidRPr="002A68F4" w:rsidRDefault="002A68F4" w:rsidP="00F24D39">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="339699255"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="63CB231C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>In certain emergency situations</w:t>
       </w:r>
       <w:r w:rsidR="00AC78AB" w:rsidRPr="63CB231C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> where there is an immediate and serious risk to renter or other person or property inside the rented premises</w:t>
       </w:r>
       <w:r w:rsidRPr="63CB231C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -22309,51 +21811,50 @@
           </w:rPr>
           <w:t xml:space="preserve"> Notifying renters entry occurred in their absence</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B54317">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>, to ensure they are appropriately informed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28F10278" w14:textId="77777777" w:rsidR="004C1C99" w:rsidRDefault="004C1C99" w:rsidP="004C1C99">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:divId w:val="339699255"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F125F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Staff should ensure that entry is only facilitated when it is safe to do so, both for the renter and staff.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> If staff are unsure whether entry is safe, they should consult their line manager or emergency services on 000 for guidance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A2DD8CF" w14:textId="74182E3A" w:rsidR="00C10398" w:rsidRDefault="002A68F4" w:rsidP="00F24D39">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="339699255"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A68F4">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>The primary goal of emergency entry is to manage the immediate issue, prevent further damage, and ensure the safety and well-being of the renter and the property. Once the emergency is resolved, follow-up actions, such as repairs or further assessments, can be arranged with the renter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61DC1D41" w14:textId="34C48897" w:rsidR="00A33DA0" w:rsidRPr="002A68F4" w:rsidRDefault="002004D6" w:rsidP="00F24D39">
@@ -22432,66 +21933,66 @@
         </w:rPr>
         <w:t>offence</w:t>
       </w:r>
       <w:r w:rsidR="008B04A0" w:rsidRPr="63CB231C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and may result in </w:t>
       </w:r>
       <w:r w:rsidR="002D7DE3" w:rsidRPr="63CB231C">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Homes Victoria being fined 60 penalty units. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27A97569" w14:textId="10A8715F" w:rsidR="001F2599" w:rsidRDefault="001F2599" w:rsidP="00D24541">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:divId w:val="1807817702"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="94" w:name="_Toc209523106"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc222164715"/>
       <w:r w:rsidRPr="001F2599">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Welfare </w:t>
       </w:r>
       <w:r w:rsidR="00624BD5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>checks</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="93"/>
       <w:r w:rsidR="00624BD5">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="331E17EC" w14:textId="77777777" w:rsidR="00A825CF" w:rsidRPr="00A825CF" w:rsidRDefault="00A825CF" w:rsidP="00290CD8">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="2128988"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A825CF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Welfare checks may be initiated when there are concerns about a renter or household member’s well-being, such as unexplained absence. In such cases, staff should:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="248888C3" w14:textId="48690F41" w:rsidR="00A825CF" w:rsidRPr="00A825CF" w:rsidRDefault="00551E05" w:rsidP="00480BBA">
       <w:pPr>
@@ -22558,50 +22059,51 @@
       <w:r w:rsidR="00A825CF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>authorised</w:t>
       </w:r>
       <w:r w:rsidR="00A825CF" w:rsidRPr="00A825CF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> supports or emergency contacts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4276E5E9" w14:textId="47764D2C" w:rsidR="00A825CF" w:rsidRPr="00A825CF" w:rsidRDefault="00A825CF" w:rsidP="00480BBA">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:divId w:val="2128988"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A825CF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If the renter’s welfare or whereabouts cannot be confirmed, staff may initiate a home visit. If there is no response, check with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>neighbours</w:t>
       </w:r>
       <w:r w:rsidRPr="00A825CF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> for any information or signs of neglect, such as uncollected mail or lights left on.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="665EE85E" w14:textId="77777777" w:rsidR="00A825CF" w:rsidRPr="00A825CF" w:rsidRDefault="00A825CF" w:rsidP="00290CD8">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="2128988"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A825CF">
         <w:rPr>
@@ -22850,84 +22352,83 @@
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>he severity of the situation and advice from authorities, CSHS managers, and/or standby managers will guide the decision.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05B4854F" w14:textId="7F72DA68" w:rsidR="00193F9F" w:rsidRDefault="00193F9F" w:rsidP="00113BAB">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:divId w:val="1502352976"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Once the investigation is complete, staff will be notified to arrange for a professional industrial clean to restore the property to a safe and habitable condition.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C0A3AE1" w14:textId="70FEB462" w:rsidR="00AF724A" w:rsidRDefault="008E04DB" w:rsidP="00342DD8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc209523107"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc222164716"/>
       <w:r>
         <w:t>Flooding</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="94"/>
     </w:p>
     <w:p w14:paraId="58425F73" w14:textId="77777777" w:rsidR="00820DDB" w:rsidRPr="00820DDB" w:rsidRDefault="00820DDB" w:rsidP="00820DDB">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="1270968597"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00820DDB">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Staff must promptly investigate flooding reports, which typically fall into two categories:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0554A0F1" w14:textId="77777777" w:rsidR="00820DDB" w:rsidRPr="00820DDB" w:rsidRDefault="00820DDB" w:rsidP="00820DDB">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="1270968597"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00820DDB">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Flooding in a single house or unit, with the renter not at home.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AAEDFB8" w14:textId="3C2AB6C1" w:rsidR="00820DDB" w:rsidRPr="00820DDB" w:rsidRDefault="00820DDB" w:rsidP="00820DDB">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="1270968597"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00820DDB">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Flooding in multiple properties (e.g., high-rise), affecting other units, with or without the renter at home.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04A55C2F" w14:textId="387AA881" w:rsidR="00E73A67" w:rsidRDefault="69B67AB9" w:rsidP="00E73A67">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:divId w:val="1236554009"/>
       </w:pPr>
       <w:r w:rsidRPr="00E0176A">
         <w:t>Before entering a property, staff should ascertain if the flooding can be resolved by turning</w:t>
@@ -23202,100 +22703,101 @@
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>mould</w:t>
       </w:r>
       <w:r w:rsidRPr="005E12AF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and ensure proper drying and sanitation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4FC8C9" w14:textId="45CBB693" w:rsidR="005E12AF" w:rsidRPr="00B61817" w:rsidRDefault="005E12AF" w:rsidP="00601439">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="760487327"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF7DC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">On-Site </w:t>
       </w:r>
       <w:r w:rsidR="00A32199" w:rsidRPr="00EF7DC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF7DC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>resence</w:t>
       </w:r>
       <w:r w:rsidR="00A32199" w:rsidRPr="00EF7DC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00650BF4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005E12AF">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>If the property is unoccupied, staff must remain on-site with contractors during the cleaning process and ensure the property is secured once the issue is resolved.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="423D338D" w14:textId="513DB67E" w:rsidR="005E12AF" w:rsidRPr="005E12AF" w:rsidRDefault="00A5701D" w:rsidP="005E12AF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Toc209523108"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc222164717"/>
       <w:r>
         <w:t>Fires, gas leaks or other serious safety risks</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA9A7DB" w14:textId="77777777" w:rsidR="00134AA2" w:rsidRDefault="00A5701D" w:rsidP="00134AA2">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>In emergencies such as fires, gas leaks, or other serious safety risks, staff must immediately contact 000. Information sharing may be necessary in these situations to protect individuals and prevent further harm. Any information shared must comply with relevant privacy laws</w:t>
       </w:r>
       <w:r w:rsidR="00134AA2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06EC9E07" w14:textId="4C6BA059" w:rsidR="00137F8E" w:rsidRDefault="00131381" w:rsidP="63CB231C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>If fire services atten</w:t>
       </w:r>
       <w:r w:rsidR="00A664D0">
         <w:t xml:space="preserve">d, staff </w:t>
       </w:r>
@@ -23321,61 +22823,61 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F86588">
         <w:t>their name, position and phone number.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CF5A2BA" w14:textId="52FF8E61" w:rsidR="003A2EED" w:rsidRPr="00B804BD" w:rsidRDefault="00B804BD" w:rsidP="00E73A67">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:divId w:val="955671548"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B804BD">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Once fire services have completed their work, coordinate with contractors to address any remaining health and safety risks, such as gas leaks or electrical faults, ensuring timely entry for necessary repairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1D122B" w14:textId="634D97F4" w:rsidR="01820909" w:rsidRPr="007F44F3" w:rsidRDefault="00362B10" w:rsidP="00764943">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="97" w:name="_Toc209523109"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc222164718"/>
       <w:r w:rsidRPr="007F44F3">
         <w:t>Abandoned or d</w:t>
       </w:r>
       <w:r w:rsidR="009A42EB" w:rsidRPr="007F44F3">
         <w:t>istressed</w:t>
       </w:r>
       <w:r w:rsidR="522E8EAB" w:rsidRPr="007F44F3">
         <w:t xml:space="preserve"> animals</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="96"/>
     </w:p>
     <w:p w14:paraId="01C05A9B" w14:textId="65C92353" w:rsidR="00BC4953" w:rsidRPr="007F44F3" w:rsidRDefault="00BC4953" w:rsidP="00A3343C">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="1189373261"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007F44F3">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">When reports are received about </w:t>
       </w:r>
       <w:r w:rsidR="000D09A0" w:rsidRPr="007F44F3">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">distressed or abandoned </w:t>
       </w:r>
       <w:r w:rsidRPr="007F44F3">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -23597,59 +23099,58 @@
         <w:t>acilitate</w:t>
       </w:r>
       <w:r w:rsidR="00BC4953" w:rsidRPr="007F44F3">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> entry to the property as necessary to </w:t>
       </w:r>
       <w:r w:rsidR="00EF7DC3">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>address</w:t>
       </w:r>
       <w:r w:rsidR="00BC4953" w:rsidRPr="007F44F3">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> the safety and wellbeing of the animals.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E455D94" w14:textId="3327868A" w:rsidR="00C75438" w:rsidRPr="00C75438" w:rsidRDefault="000B157D" w:rsidP="00C75438">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="98" w:name="_Toc209523110"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc222164719"/>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Entrapment</w:t>
       </w:r>
       <w:r w:rsidR="7D2FF6BB">
         <w:t xml:space="preserve"> or lockout</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="97"/>
     </w:p>
     <w:p w14:paraId="5468112B" w14:textId="1BC16156" w:rsidR="00DC1420" w:rsidRPr="00DC1420" w:rsidRDefault="00DC1420" w:rsidP="00044A5F">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="213390119"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DC1420">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Staff may arrange entry if a household member is locked inside and at risk of harm. If the situation is unknown, staff should </w:t>
       </w:r>
       <w:r w:rsidR="00727717">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">follow the procedures for welfare checks and </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC1420">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -23787,120 +23288,121 @@
       <w:r w:rsidR="0061002B" w:rsidRPr="00410D0F">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>contacted;</w:t>
       </w:r>
       <w:r w:rsidR="0061002B">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A14A0A">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00410D0F">
         <w:t>taff should report the situation to the police.</w:t>
       </w:r>
       <w:r w:rsidR="0061002B">
         <w:t xml:space="preserve"> I</w:t>
       </w:r>
       <w:r w:rsidR="009A28D4">
         <w:t xml:space="preserve">f the child is able, they may assist in contacting others (e.g., household members, relatives, school, or support worker) who can help reach the renter, give consent for entry, or collect the child. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2613DB65" w14:textId="10784C59" w:rsidR="001776FE" w:rsidRPr="00BC1A4D" w:rsidRDefault="009A28D4" w:rsidP="00BC1A4D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Body"/>
+    <w:p w14:paraId="2613DB65" w14:textId="10784C59" w:rsidR="001776FE" w:rsidRPr="00BC1A4D" w:rsidRDefault="009A28D4" w:rsidP="008E6749">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve"> There is no legal minimum age for leaving a child </w:t>
       </w:r>
       <w:r w:rsidR="004B6EF9" w:rsidRPr="00BC1A4D">
         <w:t>alone but</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t xml:space="preserve"> concerns about child wellbeing can be reported to Child Protection under the </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Children, Youth, and Families Act 2005</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC1A4D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07DD3E43" w14:textId="77777777" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00023D7B" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="_Toc209523111"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc222164720"/>
       <w:r w:rsidRPr="0059342E">
         <w:rPr>
           <w:rStyle w:val="Heading2Char"/>
           <w:b w:val="0"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Incident</w:t>
       </w:r>
       <w:r w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> reporting</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:p w14:paraId="4DAA4F5B" w14:textId="77777777" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00023D7B" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t>The Client Incident Management System (CIMS) is a framework for reporting and managing incidents, enabling collaboration between clients, service providers, and the department.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19B326AF" w14:textId="334F40FD" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00023D7B" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t xml:space="preserve">Incidents that meet the CIMS threshold must be reported according to the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId38" w:history="1">
         <w:r w:rsidRPr="0059342E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Client incident management policy and guidance (CIMS) (word)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0059342E">
         <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/cims#CimsGuides. Examples include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08DFCC23" w14:textId="0FCC5C86" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00257349" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00023D7B" w:rsidRPr="0059342E">
         <w:t>lient’s whereabouts unknown or unauthorised absence likely causing harm.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA715E9" w14:textId="3D4E3F41" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00257349" w:rsidP="00023D7B">
       <w:pPr>
@@ -23909,55 +23411,55 @@
       </w:pPr>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00023D7B" w:rsidRPr="0059342E">
         <w:t>ntentional self-harm to end life.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01005228" w14:textId="313FED63" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00257349" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidR="00023D7B" w:rsidRPr="0059342E">
         <w:t>nexpected client death, including substance-related cases.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="045C7917" w14:textId="77777777" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00023D7B" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
-      <w:bookmarkStart w:id="100" w:name="_Toc209523112"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc222164721"/>
       <w:r w:rsidRPr="0059342E">
         <w:t>HiiP incident reporting</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="99"/>
     </w:p>
     <w:p w14:paraId="6A9E0F71" w14:textId="77777777" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00023D7B" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t>HiiP incident reporting is an additional mandatory process that enables the documentation and recording of incidents linked to properties and any involved clients in HiiP. Reportable incident types include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E2B49A4" w14:textId="77777777" w:rsidR="00CE22D7" w:rsidRDefault="00023D7B" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t>Acts of nature, such as</w:t>
       </w:r>
       <w:r w:rsidR="00CE22D7">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CC34E34" w14:textId="4DB4D63E" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00023D7B" w:rsidP="00CE22D7">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
@@ -24017,51 +23519,50 @@
     </w:p>
     <w:p w14:paraId="06D1709D" w14:textId="77777777" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00023D7B" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t>Squatters</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BD9F095" w14:textId="77777777" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00023D7B" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
         <w:t>Vandalism</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62EF4AC9" w14:textId="77777777" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00023D7B" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r w:rsidRPr="0059342E">
-        <w:lastRenderedPageBreak/>
         <w:t>Incident categories align with the CIMS policy and support recording of detailed information such as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1114E5E0" w14:textId="730D17E0" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00257349" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00023D7B" w:rsidRPr="0059342E">
         <w:t>ncident category (e.g., Category 1 or 2)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69C38895" w14:textId="0DBE90F7" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00257349" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00023D7B" w:rsidRPr="0059342E">
         <w:t>escription of the incident</w:t>
@@ -24071,149 +23572,147 @@
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00023D7B" w:rsidRPr="0059342E">
         <w:t>afety and security details, including:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EB76FB5" w14:textId="7B4BD570" w:rsidR="00023D7B" w:rsidRPr="0059342E" w:rsidRDefault="00257349" w:rsidP="00023D7B">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:divId w:val="1405764679"/>
       </w:pPr>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00023D7B" w:rsidRPr="0059342E">
         <w:t xml:space="preserve">ompletion of </w:t>
       </w:r>
       <w:r w:rsidR="004B7A92">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B917E1">
         <w:t>OurSafety</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E0783F">
         <w:t xml:space="preserve"> Incident </w:t>
       </w:r>
       <w:r w:rsidR="004B7A92">
         <w:t>Report</w:t>
       </w:r>
       <w:r w:rsidR="00023D7B" w:rsidRPr="0059342E">
         <w:t>, evaluations, injuries, police investigations, client involvement, estimated damage costs, work notes, and photo evidence uploads.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09FCFE69" w14:textId="37E4DBE2" w:rsidR="007D75F6" w:rsidRDefault="009F2F49" w:rsidP="00362B10">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="101" w:name="_Toc209523113"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc222164722"/>
       <w:r>
         <w:t>Master key</w:t>
       </w:r>
       <w:r w:rsidR="00351CD1">
         <w:t xml:space="preserve"> sign out</w:t>
       </w:r>
       <w:r w:rsidR="00E17A75">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00616750">
         <w:t>– Police</w:t>
       </w:r>
       <w:r w:rsidR="00C95F4A">
         <w:t xml:space="preserve"> requests for </w:t>
       </w:r>
       <w:r w:rsidR="00616750">
         <w:t>entry</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="100"/>
       <w:r w:rsidR="00E17A75">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29547267" w14:textId="7E038A14" w:rsidR="00714FE5" w:rsidRPr="00714FE5" w:rsidRDefault="00E311F5" w:rsidP="00714FE5">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="457531107"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Staff </w:t>
       </w:r>
       <w:r w:rsidRPr="00714FE5">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="00714FE5">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> provide master keys to police </w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="00D5732B">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>through a sign-out process if the</w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="00714FE5">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> following conditions are met:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B5ADDD" w14:textId="6642D812" w:rsidR="00714FE5" w:rsidRPr="00C3073A" w:rsidRDefault="007724F8" w:rsidP="00E311F5">
+    <w:p w14:paraId="27B5ADDD" w14:textId="5FED6FE2" w:rsidR="00714FE5" w:rsidRPr="00C3073A" w:rsidRDefault="00310882" w:rsidP="00E311F5">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="457531107"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>p</w:t>
+        <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00616750" w:rsidRPr="00C3073A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">olice </w:t>
       </w:r>
       <w:r w:rsidR="00A32199">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="003103DE" w:rsidRPr="00C3073A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">resent a </w:t>
       </w:r>
@@ -24286,62 +23785,62 @@
     </w:p>
     <w:p w14:paraId="2D463D91" w14:textId="63DE4541" w:rsidR="00714FE5" w:rsidRPr="00714FE5" w:rsidRDefault="007724F8" w:rsidP="00E311F5">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
         <w:divId w:val="457531107"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="114FA981">
         <w:t xml:space="preserve">he address specified in the warrant matches a </w:t>
       </w:r>
       <w:r w:rsidR="0038403D" w:rsidRPr="114FA981">
         <w:t>Home’s</w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="114FA981">
         <w:t xml:space="preserve"> Victoria-owned or managed </w:t>
       </w:r>
       <w:r w:rsidR="0025146B" w:rsidRPr="114FA981">
         <w:t>property or</w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="114FA981">
         <w:t xml:space="preserve"> permits police to enter any location where the named individual is suspected to be.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D182E3" w14:textId="6E78464E" w:rsidR="00714FE5" w:rsidRPr="00BC1A4D" w:rsidRDefault="007724F8" w:rsidP="00BC1A4D">
+    <w:p w14:paraId="02D182E3" w14:textId="5C589BAE" w:rsidR="00714FE5" w:rsidRPr="00BC1A4D" w:rsidRDefault="00310882" w:rsidP="00BC1A4D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="457531107"/>
       </w:pPr>
-      <w:r w:rsidRPr="00BC1A4D">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>h</w:t>
+        <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ousehold </w:t>
       </w:r>
       <w:r w:rsidR="00A32199" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ember </w:t>
       </w:r>
@@ -24355,71 +23854,72 @@
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>erification</w:t>
       </w:r>
       <w:r w:rsidR="00A32199" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00136258" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BC1A4D">
+      <w:r w:rsidR="007724F8" w:rsidRPr="00BC1A4D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="00BC1A4D">
         <w:t>he person named on the warrant is a listed household member of the property</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38AC0473" w14:textId="5F05E980" w:rsidR="008759D7" w:rsidRPr="00714FE5" w:rsidRDefault="008759D7" w:rsidP="00601439">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="457531107"/>
       </w:pPr>
       <w:r w:rsidRPr="00136258">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">CSHS </w:t>
       </w:r>
       <w:r w:rsidR="00A32199" w:rsidRPr="00136258">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidRPr="00136258">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>anager </w:t>
       </w:r>
       <w:r w:rsidR="00A32199" w:rsidRPr="00136258">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>o</w:t>
@@ -24544,66 +24044,58 @@
         </w:rPr>
         <w:t>ecord appropriate contact details of the</w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="00714FE5">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> police officer signing out the key</w:t>
       </w:r>
       <w:r w:rsidR="00165917">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="001B764D">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BE2E93" w:rsidRPr="00BE2E93">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">in </w:t>
-[...6 lines deleted...]
-        <w:t>HiiP</w:t>
+        <w:t>in HiiP</w:t>
       </w:r>
       <w:r w:rsidR="00BE2E93">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE2E93" w:rsidRPr="00BE2E93">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> key register, which forms part of the tenancy record.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783A4AB0" w14:textId="18B92441" w:rsidR="00714FE5" w:rsidRDefault="007724F8">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
         <w:divId w:val="457531107"/>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00714FE5" w:rsidRPr="00714FE5">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
@@ -24642,53 +24134,53 @@
       <w:r w:rsidR="003E4434" w:rsidRPr="003E4434">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00124142">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">no later than </w:t>
       </w:r>
       <w:r w:rsidR="003E4434" w:rsidRPr="003E4434">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>4pm on the same day</w:t>
       </w:r>
       <w:r w:rsidR="00124142">
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632BBCFC" w14:textId="1A494ED6" w:rsidR="00455323" w:rsidRDefault="007948D5" w:rsidP="00BC1A4D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Body"/>
+    <w:p w14:paraId="632BBCFC" w14:textId="1A494ED6" w:rsidR="00455323" w:rsidRDefault="007948D5" w:rsidP="008E6749">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
         <w:divId w:val="457531107"/>
       </w:pPr>
       <w:r w:rsidRPr="63CB231C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00455323">
         <w:t>Police may enter properties without a warrant under the</w:t>
       </w:r>
       <w:r w:rsidR="00455323" w:rsidRPr="00BC1A4D">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00455323" w:rsidRPr="63CB231C">
         <w:rPr>
           <w:rStyle w:val="Emphasis"/>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Crimes Act 1958 (Vic)</w:t>
@@ -24710,85 +24202,85 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="2910170F" w14:textId="77777777" w:rsidR="00EE31A2" w:rsidRPr="007A652B" w:rsidRDefault="00EE31A2" w:rsidP="007A652B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="457531107"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72F0032F" w14:textId="2E86342B" w:rsidR="005B7E29" w:rsidRPr="007A652B" w:rsidRDefault="005B7E29" w:rsidP="007A652B">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:divId w:val="457531107"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005B7E29" w:rsidRPr="007A652B" w:rsidSect="00F15144">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5FC4F85B" w14:textId="77777777" w:rsidR="003002CE" w:rsidRDefault="003002CE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2278ABAE" w14:textId="77777777" w:rsidR="003002CE" w:rsidRDefault="003002CE"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="75A70238" w14:textId="77777777" w:rsidR="003002CE" w:rsidRDefault="003002CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="230D11BC" w14:textId="77777777" w:rsidR="003002CE" w:rsidRDefault="003002CE"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="681A297D" w14:textId="77777777" w:rsidR="003002CE" w:rsidRDefault="003002CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -24827,94 +24319,95 @@
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
+    <w:altName w:val="Ebrima"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="-webkit-standard">
     <w:altName w:val="Cambria"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="21E06AB0" w14:textId="3FA2AEC0" w:rsidR="00434D8F" w:rsidRDefault="00434D8F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5F16E52C" wp14:editId="181E78CF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189845</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="MSIPCM9dd54572b391b968e538fedc" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -24962,86 +24455,86 @@
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5F16E52C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM9dd54572b391b968e538fedc" o:spid="_x0000_s1027" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAF+QKrGgMAAD8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB02Gmp7cRO7KxOkabL&#10;ViBtA6RDz4ok18ZsyZOUxF3R/z5KttOP7TAMu0gUSVHk4xNPz5qqRHuudCFFioMTHyMuqGSFuE/x&#10;t9vlIMZIGyIYKaXgKX7gGp/N3r87PdRTPpS5LBlXCIIIPT3UKc6Nqaeep2nOK6JPZM0FGDOpKmLg&#10;qO49psgBolelN/T9sXeQitVKUq41aC9aI565+FnGqbnJMs0NKlMMuRm3Krdu7erNTsn0XpE6L2iX&#10;BvmHLCpSCHj0GOqCGIJ2qvgtVFVQJbXMzAmVlSezrKDc1QDVBP6bajY5qbmrBcDR9REm/f/C0uv9&#10;WqGCpXiCkSAVtOhqc7leXCWMRWE0GW5HSbBNxjGPRnHGGcWIcU0BwccPP3bSfPpKdL6QjLenaeKH&#10;kygejYOPnZkX97npjHEIBOkMdwUzeaePkuioX5eE8oqL/k7rspTScNXKXYBLwXjTBWi3G8bmgn3e&#10;c/HKcQMkAHZ2rn1it7LuNP7x7RXP+mdB+WTJcaj1FDDa1ICSac5lAyTv9RqUtudNpiq7QzcR2IFm&#10;D0dq8cYgCspJNPZHAZgo2EZBMIkjG8Z7vl0rbb5wWSErpFhB1o5RZL/SpnXtXexjQi6LsnT0LQU6&#10;pHg8inx34WiB4KWwvpAExOiklpaPSTAM/fNhMliO48kgXIbRIJn48cAPkvNk7IdJeLF8svGCcJoX&#10;jHGxKgTvv0gQ/h0Fu8/aktt9klepalkWzNZhc7PVLUqF9gT+6hZo8L1D6IWX9zodByBU1++uSs/2&#10;rO2NlUyzbRzBj33bSvYA7VQSYIaO6JouC3h7RbRZEwXfH5Qw0swNLFkpAVvZSRjlUv38k976AyRg&#10;xegA4yTF+seOKI5ReSngvyZBGEJY4w4gqJfaba8Vu2ohofrAZeVE62vKXsyUrO5g4s3ta2AigsKb&#10;AFcvLgycwAATk/L53MkwaWpiVmJTUxu6x/q2uSOq7uhmAMVr2Q8cMn3DutbX3hRyvjMyKxwlLb4t&#10;mtABe4Ap5XrRTVQ7Bl+endfz3J/9AgAA//8DAFBLAwQUAAYACAAAACEAL5BIl+AAAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcaN2SwltGqeqQFyQEKKgnp1489PE6yh22+Tt&#10;cU5w3JnR7DfJfjAtu2LvaksSlgsBDCm3uqZSws/328MGmPOKtGotoYQRHezT2V2iYm1v9IXXoy9Z&#10;KCEXKwmV913MucsrNMotbIcUvML2Rvlw9iXXvbqFctPylRARN6qm8KFSHb5UmDfHi5Gw/txmBT83&#10;5vwxvo9j3RSn16yQ8n4+HHbAPA7+LwwTfkCHNDBl9kLasVZCGOKDGon1M7DJX25FBCybtKfHDfA0&#10;4f83pL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEABfkCqxoDAAA/BgAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAL5BIl+AAAAALAQAADwAAAAAA&#10;AAAAAAAAAAB0BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIEGAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCM9dd54572b391b968e538fedc" o:spid="_x0000_s1027" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqG+r9FgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEWB&#10;IAngFDnTFGkRoLgsSVtyv75Lyi+kPRW9UMvd1T5mhrP7vtVkJ5xXYCpajHJKhOFQK7Op6I+35Zdb&#10;SnxgpmYajKjoXnh6P//8adbZUlxBA7oWjmAR48vOVrQJwZZZ5nkjWuZHYIXBoATXsoBXt8lqxzqs&#10;3ursKs+nWQeutg648B69j0OQzlN9KQUPL1J6EYiuKM4W0unSuY5nNp+xcuOYbRQ/jMH+YYqWKYNN&#10;T6UeWWBk69QfpVrFHXiQYcShzUBKxUXaAbcp8g/brBpmRdoFwfH2BJP/f2X5825lXx0J/VfokcAI&#10;SGd96dEZ9+mla+MXJyUYRwj3J9hEHwhH581kmo8LDHGMjYvi5nYSy2Tnv63z4ZuAlkSjog5pSWix&#10;3ZMPQ+oxJTYzsFRaJ2q0IV1Fp+NJnn44RbC4NtjjPGu0Qr/uiaov9lhDvcf1HAzMe8uXCmd4Yj68&#10;ModU49go3/CCh9SAveBgUdKA+/U3f8xHBjBKSYfSqaj/uWVOUKK/G+Tmrri+jlpLFzTcpXd99Jpt&#10;+wCoygIfiOXJjLlBH03poH1HdS9iNwwxw7FnRddH8yEMQsbXwcVikZJQVZaFJ7OyPJaOaEZk3/p3&#10;5uwB/oDEPcNRXKz8wMKQO/Cw2AaQKlEU8R3QPMCOikwkH15PlPzlPWWd3/j8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3Gj&#10;dksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFOcNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vD&#10;BpjzirRqLaGEER3s09ldomJtb/SF16MvWSghFysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT&#10;8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC&#10;2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOob6v0WAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="55F389B9" w14:textId="31CAAB1A" w:rsidR="00434D8F" w:rsidRPr="00EB4BC7" w:rsidRDefault="00434D8F" w:rsidP="00EB4BC7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="795C27F3" w14:textId="735E2BCF" w:rsidR="00434D8F" w:rsidRDefault="00434D8F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="47C005B9" wp14:editId="033DE9C0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189687</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="MSIPCM36724fdbb2a52fcfc05f86a5" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
@@ -25090,86 +24583,86 @@
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="47C005B9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM36724fdbb2a52fcfc05f86a5" o:spid="_x0000_s1028" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLeDMDGAMAADwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfzB02Gmp7cRO4qxOkabI&#10;ViBtA6RDz4osxcJsyZWUxFnR/z5KttOP7TAMu0gUSVHk4xPPL+qy8PZUaS5FisKzAHlUEJlxsU3R&#10;9/tFb4w8bbDIcCEFTdGRanQx/fjh/FBNaF/mssio8iCI0JNDlaLcmGri+5rktMT6TFZUgJFJVWID&#10;R7X1M4UPEL0s/H4QDP2DVFmlJKFag/aqMaKpi88YJeaOMU2NV6QIcjNuVW7d2NWfnuPJVuEq56RN&#10;A/9DFiXmAh49hbrCBns7xX8LVXKipJbMnBFZ+pIxTqirAaoJg3fVrHNcUVcLgKOrE0z6/4Ult/uV&#10;8niWohh5ApfQopv19Wp+MxiO+hHLNps+jvuMMBLEbDzE4JVRTQDBp0+PO2m+fMM6n8uMNqdJEkSj&#10;eDwYhp9bM+Xb3LTGcQQEaQ0PPDN5q4+T+KRfFZjQkoruTuOykNJQ1chtgGuR0boN0GwrxUusjm+8&#10;1sAAoGbr12V1L6tWE5weXlLWvQnKZ8uMQ6UnANC6AohMfSlrYHin16C0Da+ZKu0OrfTADhw7nnhF&#10;a+MRUI7iYTAIwUTANgjD0Ti2YfyX25XS5iuVpWeFFCnI2tEJ75faNK6di31MyAUvCsfdQniHFA0H&#10;ceAunCwQvBDWF5KAGK3UcPIpCftRcNlPeovheNSLFlHcS0bBuBeEyWUyDKIkulo823hhNMl5llGx&#10;5IJ2/yOM/o5/7U9tmO1+yJtUtSx4Zuuwudnq5oXy9hg+6gY48KNF6JWX/zYdByBU1+2uSt/2rOmN&#10;lUy9qR27+13fNjI7QjuVBJihI7oiCw5vL7E2K6zg74MS5pm5g4UVErCVrYS8XKqff9Jbf4AErMg7&#10;wCxJkX7cYUWRV1wL+KxJGEUQ1rgDCOq1dtNpxa6cS6g+dFk50fqaohOZkuUDjLuZfQ1MWBB4E+Dq&#10;xLmBExhgXBI6mzkZxkyFzVKsK2JDd1jf1w9YVS3dDKB4K7tpgyfvWNf42ptCznZGMu4oafFt0IQO&#10;2AOMKNeLdpzaGfj67Lxehv70FwAAAP//AwBQSwMEFAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3GjdksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFO&#10;cNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vDBpjzirRqLaGEER3s09ldomJtb/SF16MvWSgh&#10;FysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8&#10;Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/&#10;N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMt4MwMYAwAAPAYAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAcgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB/BgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCM36724fdbb2a52fcfc05f86a5" o:spid="_x0000_s1028" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jRm/GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gChbYRoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4sxVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1Kxmk6S1qwpbHAhXPofeiDdBHrSym4f5LSCU9UQXE2H08bz204k8Wc5TvLTFXz0xjsA1M0rNbY&#10;9FzqgXlG9rb+p1RTcwsOpB9xaBKQsuYi7oDbZOm7bTYVMyLuguA4c4bJfV5Z/njYmGdLfPcdOiQw&#10;ANIalzt0hn06aZvwxUkJxhHC4xk20XnC0Xk9naWTDEMcY5Msu76ZhjLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6GwyTeMP5wgWVxp7XGYNlu+2HanLgo6HPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6ugtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEAL5BIl+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2sr&#10;caN2SwltGqeqQFyQEKKgnp1489PE6yh22+TtcU5w3JnR7DfJfjAtu2LvaksSlgsBDCm3uqZSws/3&#10;28MGmPOKtGotoYQRHezT2V2iYm1v9IXXoy9ZKCEXKwmV913MucsrNMotbIcUvML2Rvlw9iXXvbqF&#10;ctPylRARN6qm8KFSHb5UmDfHi5Gw/txmBT835vwxvo9j3RSn16yQ8n4+HHbAPA7+LwwTfkCHNDBl&#10;9kLasVZCGOKDGon1M7DJX25FBCybtKfHDfA04f83pL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAu40ZvxgCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAL5BIl+AAAAALAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6C8B923F" w14:textId="188DBC95" w:rsidR="00434D8F" w:rsidRPr="00EB4BC7" w:rsidRDefault="00434D8F" w:rsidP="002C5B7C">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4ED4B1DC" w14:textId="660D8273" w:rsidR="00434D8F" w:rsidRDefault="00434D8F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="70BA23E7" wp14:editId="2F526DE4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189845</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="MSIPCMf6504bf684e4519137a7274a" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -25217,116 +24710,116 @@
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="70BA23E7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMf6504bf684e4519137a7274a" o:spid="_x0000_s1030" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC2A4SdGAMAAD4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB02Gmp7cSPOGtSpCmy&#10;FUjbAOnQsyLLsTFbciWlcVf0v4+S5fSxHYZhF4kiKYr8+ImnZ21doQcmVSn4FAcnPkaMU5GVfDfF&#10;32+XgzFGShOekUpwNsWPTOGz2ccPp4dmwoaiEFXGJIIgXE0OzRQXWjcTz1O0YDVRJ6JhHIy5kDXR&#10;cJQ7L5PkANHryhv6fuwdhMwaKShTCrQXnRHPbPw8Z1Tf5LliGlVTDLlpu0q7bs3qzU7JZCdJU5TU&#10;pUH+IYualBwePYa6IJqgvSx/C1WXVAolcn1CRe2JPC8pszVANYH/rppNQRpmawFwVHOESf2/sPT6&#10;YS1RmU1xjBEnNbToanO5XlzlceSH2zwehyyMgjQYJSQZJiHBKGOKAoJPn+73Qn/5RlSxEBnrTpPU&#10;D5NoPIqDz87Myl2hnXEcAkGc4a7MdOH0URod9euKUFYz3t/pXJZCaCY72QW45BlrXQDnVEql12Tn&#10;cnF+G+AAkNN59nndisZp/OPTK5b3r4Ly2XDj0KgJQLRpACTdnosWON7rFShNy9tc1maHZiKwA8se&#10;j8xirUYUlEkU+6MATBRsoyBIxpEJ473cbiD3r0zUyAhTLCFrSyjysFK6c+1dzGNcLMuqsuytODpA&#10;+0aRby8cLRC84sYXkoAYTupY+ZQGw9A/H6aDZTxOBuEyjAZp4o8HfpCep7EfpuHF8tnEC8JJUWYZ&#10;46uSs/6HBOHfMdD91Y7b9o+8SVWJqsxMHSY3U92ikuiBwFfdAgt+OIReeXlv07EAQnX9bqv0TM+6&#10;3hhJt9vW8jvs+7YV2SO0UwqAGTqiGro0xFkRQx4Jvx+UMNH0DSx5JQBb4SSMCiF//klv/AESsGJ0&#10;gGkyxep+TyTDqLrk8F3TIAwhrLYHEORr7bbX8n29EFB9YLOyovHVVS/mUtR3MPDm5jUwEU7hTYCr&#10;FxcaTmCAgUnZfG5lGDQN0Su+aagJ3WN9294R2Ti6aUDxWvTzhkzesa7zNTe5mO+1yEtLSYNvhyZ0&#10;wBxgSNleuIFqpuDrs/V6GfuzXwAAAP//AwBQSwMEFAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3GjdksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFO&#10;cNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vDBpjzirRqLaGEER3s09ldomJtb/SF16MvWSgh&#10;FysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8&#10;Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/&#10;N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALYDhJ0YAwAAPgYAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAcgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB/BgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCMf6504bf684e4519137a7274a" o:spid="_x0000_s1030" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZof46GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LiRxLBcuAmcFHA&#10;SAI4Rc40RVoCKC5L0pbcr++Ssuwg7SnIhVrurvYxM5zfdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4srqECVwhIsol3emoJW3ps8SRyvRMPcCIzQGJRgG+bxandJaVmL&#10;1RuVXKXpLGnBlsYCF86h96EP0kWsL6Xg/klKJzxRBcXZfDxtPLfhTBZzlu8sM1XNT2OwD0zRsFpj&#10;03OpB+YZ2dv6n1JNzS04kH7EoUlAypqLuANuk6XvttlUzIi4C4LjzBkm93ll+eNhY54t8d136JDA&#10;AEhrXO7QGfbppG3CFyclGEcIj2fYROcJR+f1dJaOMwxxjI2z7PpmGsokl7+Ndf6HgIYEo6AWaYlo&#10;scPa+T51SAnNNKxqpSI1SpO2oLPxNI0/nCNYXGnscZk1WL7bdqQuCzoZ9thCecT1LPTMO8NXNc6w&#10;Zs4/M4tU49goX/+Eh1SAveBkUVKB/fM/f8hHBjBKSYvSKaj7vWdWUKJ+auTmNptMgtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEAL5BIl+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2sr&#10;caN2SwltGqeqQFyQEKKgnp1489PE6yh22+TtcU5w3JnR7DfJfjAtu2LvaksSlgsBDCm3uqZSws/3&#10;28MGmPOKtGotoYQRHezT2V2iYm1v9IXXoy9ZKCEXKwmV913MucsrNMotbIcUvML2Rvlw9iXXvbqF&#10;ctPylRARN6qm8KFSHb5UmDfHi5Gw/txmBT835vwxvo9j3RSn16yQ8n4+HHbAPA7+LwwTfkCHNDBl&#10;9kLasVZCGOKDGon1M7DJX25FBCybtKfHDfA04f83pL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAGaH+OhgCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAL5BIl+AAAAALAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
                   <w:p w14:paraId="4086DCEE" w14:textId="7687AF4A" w:rsidR="00434D8F" w:rsidRPr="00EB4BC7" w:rsidRDefault="00434D8F" w:rsidP="00EB4BC7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="56E0ABD7" w14:textId="77777777" w:rsidR="003002CE" w:rsidRDefault="003002CE" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="559EB25F" w14:textId="77777777" w:rsidR="003002CE" w:rsidRDefault="003002CE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="442DCA8B" w14:textId="77777777" w:rsidR="003002CE" w:rsidRDefault="003002CE"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="7F5146AA" w14:textId="77777777" w:rsidR="003002CE" w:rsidRDefault="003002CE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="17929FDA" w14:textId="11932120" w:rsidR="00434D8F" w:rsidRDefault="00434D8F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3C78BBE3" wp14:editId="545083FE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7529830" cy="792480"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="804578616" name="PowerPlusWaterMarkObject1467436063"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1" noResize="1"/>
@@ -25402,51 +24895,51 @@
                       <a:prstTxWarp prst="textPlain">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 50000"/>
                         </a:avLst>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3C78BBE3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="PowerPlusWaterMarkObject1467436063" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:592.9pt;height:62.4pt;rotation:-45;z-index:-251658237;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTdRf/zAIAAHUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1zmzAUvHem/0HD3QEcjIEJzjgfTg9J&#10;42ncyVlGwigBSZWEwe30v/dJ4Hy0l06nPmDxJFa7b1c6O++bGu2p0kzw3AtPAg9RXgjC+C73vm5W&#10;k8RD2mBOcC04zb0D1d754uOHs05mdCoqUROqEIBwnXUy9ypjZOb7uqhog/WJkJTDZClUgw28qp1P&#10;FO4Avan9aRDEficUkUoUVGuoXg2T3sLhlyUtzH1ZampQnXvAzbincs+tffqLM5ztFJYVK0Ya+B9Y&#10;NJhx2PQF6gobjFrF/oBqWKGEFqU5KUTji7JkBXUaQE0Y/KbmocKSOi3QHC1f2qT/H2zxeb9WiJHc&#10;S4JoNk/iMPYQxw1YtRYdVeu61Y/YUHWH1fP99gkaGkbxPDqNg/jUdq+TOgOQBwkwpr8QPaTAdULL&#10;W1E8a8TFjQJjQ4AVXwQY4EaXFeY7utQSAI+TVLPvsK+bvybMrAXjBrS6wpI8tdp8giTV9FgbQZQS&#10;XUUxeV92zdsc5BFxQ3tjUS0e8PbfEB9UaCth290JAp/g1ggnoy9Vg5TjnaSB/bkyOIdAKkTq8BIj&#10;2AAVUJzPpmlyClMFzM3TaZS4nPk4s2A2JVJpc0NFg+wg9xQ0waHi/a02ltzrErscgKE+joZY/UjD&#10;aRRcTNPJKk7mk2gVzSbpPEgmQZhepHEQpdHV6qcFDaOsYoRQfss4PUY8jP4uQuNhG8LpQo663Etn&#10;05njq0XNyIrVteWm1W57WSu0x/asDa0atLxbpkTLCdRxZj27HscGs3oY++8Zu2ZAA47/rhHOPOvX&#10;4Jzptz0gWke3ghzAxg5OdO7pby1WFILXNpcCSEGQSiWaR7gylsoFwdKwHmz6R6zkaIeB7db18UQ7&#10;T+y6HRkPBiZPANTUcFGAVjRzoRiUjotH/wZU+y0XSwhUyZy5rzzHGMLZdvLGe8heHm/f3arX23Lx&#10;CwAA//8DAFBLAwQUAAYACAAAACEAkmvCKN0AAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/C&#10;QBCF7yb+h82YeDGyhYhpardESDjJReDgcegObWN3tnS3UP31Dl70MpnJe3nzvXwxuladqQ+NZwPT&#10;SQKKuPS24crAfrd+TEGFiGyx9UwGvijAori9yTGz/sLvdN7GSkkIhwwN1DF2mdahrMlhmPiOWLSj&#10;7x1GOftK2x4vEu5aPUuSZ+2wYflQY0ermsrP7eAMVMeP03B62Kze1vuxJL9Zfs+bpTH3d+PrC6hI&#10;Y/wzwxVf0KEQpoMf2AbVGpAi8XdetWk6lx4H2WZPKegi1//xix8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAk3UX/8wCAAB1BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAkmvCKN0AAAAGAQAADwAAAAAAAAAAAAAAAAAmBQAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAADAGAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
+            <v:shape id="PowerPlusWaterMarkObject1467436063" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:592.9pt;height:62.4pt;rotation:-45;z-index:-251658237;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCu87YOGgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fy0zAQvTPDP2h0J04CpYknTie0UA4t&#10;ZNowPSuSHLtYWrFSYoevZ6U4CYUbgw8aeVd+eu/t8+yqMw3bafQ12IKPBkPOtJWgarsp+LfVpzcT&#10;znwQVokGrC74Xnt+NX/9ata6XI+hgkZpZARifd66glchuDzLvKy0EX4ATltqloBGBHrFTaZQtIRu&#10;mmw8HL7PWkDlEKT2nqo3hyafJ/yy1DJ8LUuvA2sKTtxCWjGt67hm85nINyhcVcuehvgHFkbUli49&#10;Qd2IINgW67+gTC0RPJRhIMFkUJa11EkDqRkN/1DzWAmnkxYyx7uTTf7/wcovu0e3RBa6D9DRAJMI&#10;7+5AfvfMwi3STEacdg9A3qXddSXsRi+8I3OPTe3rnzTd1P+o6rCE2gaimQoL9bz14TOFoNHHWg+C&#10;CG2lhXpZTrpXe3dEXOkuRNSIRwPLWufznngctM99lLBu70HRJ2IbIMnoSjQME+/JdBifVCbTGUml&#10;NOxPCaALmKTi5cV4OnlLLUm9y+n43SRFJBN5BIsDdujDrQbD4qbgSCYkVLG78yGSOx/pmUZyB5qh&#10;W3d0JDJeg9oT55aSV3D/YytQk8tbcw0UVHKtRDBPFO0FJtXHm1fdk0DX3x2I9bI5Ji8RSBFUzAoT&#10;jVDPBGQaCvRONOwiOXCg2B/uyR5Q47cWFuReWSclZ569EspgEtj/LzHkv7+nU+e/ev4LAAD//wMA&#10;UEsDBBQABgAIAAAAIQCSa8Io3QAAAAYBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAEIXvJv6H&#10;zZh4MbKFiGlqt0RIOMlF4OBx6A5tY3e2dLdQ/fUOXvQymcl7efO9fDG6Vp2pD41nA9NJAoq49Lbh&#10;ysB+t35MQYWIbLH1TAa+KMCiuL3JMbP+wu903sZKSQiHDA3UMXaZ1qGsyWGY+I5YtKPvHUY5+0rb&#10;Hi8S7lo9S5Jn7bBh+VBjR6uays/t4AxUx4/TcHrYrN7W+7Ekv1l+z5ulMfd34+sLqEhj/DPDFV/Q&#10;oRCmgx/YBtUakCLxd161aTqXHgfZZk8p6CLX//GLHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCu87YOGgIAAB0EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCSa8Io3QAAAAYBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
               <v:stroke joinstyle="round"/>
               <o:lock v:ext="edit" rotation="t" aspectratio="t" verticies="t" adjusthandles="t" grouping="t" shapetype="t"/>
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="0B61D601" w14:textId="77777777" w:rsidR="00434D8F" w:rsidRDefault="00434D8F" w:rsidP="00994463">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:color w:val="C0C0C0"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-GB"/>
                         <w14:textFill>
                           <w14:solidFill>
                             <w14:srgbClr w14:val="C0C0C0">
                               <w14:alpha w14:val="50000"/>
                             </w14:srgbClr>
                           </w14:solidFill>
                         </w14:textFill>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
@@ -25456,61 +24949,61 @@
                         <w:lang w:val="en-GB"/>
                         <w14:textFill>
                           <w14:solidFill>
                             <w14:srgbClr w14:val="C0C0C0">
                               <w14:alpha w14:val="50000"/>
                             </w14:srgbClr>
                           </w14:solidFill>
                         </w14:textFill>
                       </w:rPr>
                       <w:t>DRAFT DO NOT EDIT</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1BCF35DD" w14:textId="0F53FE4C" w:rsidR="00434D8F" w:rsidRDefault="00434D8F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="229B1508" w14:textId="42FD7C37" w:rsidR="00434D8F" w:rsidRDefault="00434D8F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7EA66DE8" wp14:editId="6DC0F59E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7529830" cy="792480"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1994932870" name="PowerPlusWaterMarkObject1467436062"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noGrp="1" noChangeAspect="1" noResize="1"/>
@@ -25586,51 +25079,51 @@
                       <a:prstTxWarp prst="textPlain">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 50000"/>
                         </a:avLst>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="7EA66DE8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="PowerPlusWaterMarkObject1467436062" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:592.9pt;height:62.4pt;rotation:-45;z-index:-251658235;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBi0Q400AIAAH0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAUvBfoPwi6O1osLxIiB87i9JA0&#10;RuMiZ1qkLCYSH0vSkdyi/95HSs7SXoqiPsjUIzWcNzPk6VnX1N4zU5qDyP3oJPQ9JgqgXOxy/+tm&#10;NZr7njZEUFKDYLl/YNo/W3z8cNrKjMVQQU2Z8hBE6KyVuV8ZI7Mg0EXFGqJPQDKBkyWohhh8VbuA&#10;KtIielMHcRhOgxYUlQoKpjVWL/tJf+Hwy5IV5q4sNTNenfvIzbincs+tfQaLU5LtFJEVLwYa5B9Y&#10;NIQL3PQF6pIY4u0V/wOq4YUCDaU5KaAJoCx5wVwP2E0U/tbNfUUkc72gOFq+yKT/H2zx+XmtPE7R&#10;uzRN0nE8n6FMgjTo1Rpaptb1Xj8Qw9QtUU9320dUNEqms2Q8Daexla+VOkOUe4k4pjuHDqGcFFre&#10;QPGkPQHXCp2NEBa+ADrgRhcVETu21BIBj5NM8++4r5u/otysgQuDzbrCkj7utfmEUarZsTaAKAVt&#10;xQh9X3bqbQ7yiLhhnbGoFg95B2+I911o28K2vQWKn5C9AddGV6rGU473PA3tz5XROg9bRbEOLznC&#10;DbwCi7NJnM7HOFXg3CyNk7kLWkAyC2ZjIpU21wwazw5yX6EIDpU832hjyb0uscsRGOvDqM/VjzSK&#10;k/A8Tker6Xw2SlbJZJTOwvkojNLzdBomaXK5+mlBoySrOKVM3HDBjhmPkr/L0HDa+nS6lHtt7qeT&#10;eOL4aqg5XfG6tty02m0vauU9E3vYeqn6Xt4tU7AXFOsks55dDWNDeN2Pg/eMnRgowPHfCeHMs371&#10;zplu27kQj4+J3AI9oJstnuzc19/2RDHM3765AOSGeSoVNA94dSyVy4NlY63YdA9EycEVg7uu6+PJ&#10;dtbYdTs6nA9CHxGoqfHCwJa9ictG3/CweLCxR7XfClhirkruPLYB7HkOacQz7roc7iN7ibx9d6te&#10;b83FLwAAAP//AwBQSwMEFAAGAAgAAAAhAJJrwijdAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNmHgxsoWIaWq3REg4yUXg4HHoDm1jd7Z0t1D99Q5e9DKZyXt58718MbpWnakP&#10;jWcD00kCirj0tuHKwH63fkxBhYhssfVMBr4owKK4vckxs/7C73TexkpJCIcMDdQxdpnWoazJYZj4&#10;jli0o+8dRjn7StseLxLuWj1LkmftsGH5UGNHq5rKz+3gDFTHj9Nwetis3tb7sSS/WX7Pm6Ux93fj&#10;6wuoSGP8M8MVX9ChEKaDH9gG1RqQIvF3XrVpOpceB9lmTynoItf/8YsfAAAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAGLRDjTQAgAAfQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAJJrwijdAAAABgEAAA8AAAAAAAAAAAAAAAAAKgUAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAA0BgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
+            <v:shape id="PowerPlusWaterMarkObject1467436062" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:592.9pt;height:62.4pt;rotation:-45;z-index:-251658235;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZjhMtHwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01z0zAQvTPDf9DoTp2klKaeOJ3QQjkU&#10;6NAwPSuSHKtYWrFSYodfz0pxEj5uDD5o5F3p+b23z7Pr3rZsqzEYcBUfn404006CMm5d8a/L96+m&#10;nIUonBItOF3xnQ78ev7yxazzpZ5AA63SyAjEhbLzFW9i9GVRBNloK8IZeO2oWQNaEekV14VC0RG6&#10;bYvJaPSm6ACVR5A6BKre7pt8nvHrWsv4ua6DjqytOHGLecW8rtJazGeiXKPwjZEDDfEPLKwwjj56&#10;hLoVUbANmr+grJEIAep4JsEWUNdG6qyB1IxHf6h5bITXWQuZE/zRpvD/YOWn7aN/QBb7t9DTALOI&#10;4O9BfgvMwR3STMacdl+AvMu7m0a4tV4ET+YemjqYHzTd3H+nTHwA4yLRzIWFet6E+IFC0OpDbQBB&#10;hK7RQv1ezrqXO39AXOo+JtSERwMrOh/KgXgadChDkrDqPoKiK2ITIcvoa7QMM+/p1Sg9uUymM5JK&#10;adgdE0AfYJKKlxeTq+k5tST1Lq8mr6c5IoUoE1gasMcQ7zRYljYVRzIho4rtfYiJ3OnIwDSR29OM&#10;/apnRlX8PMlIxFegdkS9owBWPHzfCNRk9sbeAOWVzKsR7BMlfIFZ/IHAsn8S6AcKkcg/tIcAZh45&#10;iYo5YZMf6pmAbEu53oqWXWQj9kyHwwPnPWq662BBJtYmCzrxHARRFLPO4bdJWf/1PZ86/dzznwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAJJrwijdAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQ&#10;he8m/ofNmHgxsoWIaWq3REg4yUXg4HHoDm1jd7Z0t1D99Q5e9DKZyXt58718MbpWnakPjWcD00kC&#10;irj0tuHKwH63fkxBhYhssfVMBr4owKK4vckxs/7C73TexkpJCIcMDdQxdpnWoazJYZj4jli0o+8d&#10;Rjn7StseLxLuWj1LkmftsGH5UGNHq5rKz+3gDFTHj9Nwetis3tb7sSS/WX7Pm6Ux93fj6wuoSGP8&#10;M8MVX9ChEKaDH9gG1RqQIvF3XrVpOpceB9lmTynoItf/8YsfAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAJmOEy0fAgAAJAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAJJrwijdAAAABgEAAA8AAAAAAAAAAAAAAAAAeQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
               <v:stroke joinstyle="round"/>
               <o:lock v:ext="edit" rotation="t" aspectratio="t" verticies="t" adjusthandles="t" grouping="t" shapetype="t"/>
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="0EB2AED1" w14:textId="77777777" w:rsidR="00434D8F" w:rsidRDefault="00434D8F" w:rsidP="00994463">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
                         <w:color w:val="C0C0C0"/>
                         <w:sz w:val="16"/>
                         <w:szCs w:val="16"/>
                         <w:lang w:val="en-GB"/>
                         <w14:textFill>
                           <w14:solidFill>
                             <w14:srgbClr w14:val="C0C0C0">
                               <w14:alpha w14:val="50000"/>
                             </w14:srgbClr>
                           </w14:solidFill>
                         </w14:textFill>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="Arial"/>
@@ -25640,51 +25133,51 @@
                         <w:lang w:val="en-GB"/>
                         <w14:textFill>
                           <w14:solidFill>
                             <w14:srgbClr w14:val="C0C0C0">
                               <w14:alpha w14:val="50000"/>
                             </w14:srgbClr>
                           </w14:solidFill>
                         </w14:textFill>
                       </w:rPr>
                       <w:t>DRAFT DO NOT EDIT</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00C06715"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B3CE87A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Quotebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Quotebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
@@ -30054,384 +29547,384 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1045645383">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2016378758">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1746604789">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1447312353">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1313369515">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1478911138">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1059865787">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1344473788">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1307776664">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="682128442">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="1800761016">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="1517302741">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="1095710771">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1515876992">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="41945458">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="1462769135">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1650477014">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="1473596912">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="1629822164">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1931427730">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="16977169">
     <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val="•"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="284" w:hanging="284"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="264776507">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="1963147352">
     <w:abstractNumId w:val="4"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="414329949">
     <w:abstractNumId w:val="25"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1191525475">
     <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="109012375">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="2064479886">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="891772366">
     <w:abstractNumId w:val="21"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val="•"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="993" w:hanging="284"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="1897666304">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="1608997159">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="442841128">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="599335852">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1901406819">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1789398462">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="195394294">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="36">
+  <w:num w:numId="36" w16cid:durableId="1404332937">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37">
+  <w:num w:numId="37" w16cid:durableId="619728701">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="38">
+  <w:num w:numId="38" w16cid:durableId="848104601">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="39">
+  <w:num w:numId="39" w16cid:durableId="1867208546">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="40">
+  <w:num w:numId="40" w16cid:durableId="1071198197">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="41">
+  <w:num w:numId="41" w16cid:durableId="1912689760">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="42">
+  <w:num w:numId="42" w16cid:durableId="1730301236">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="9"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="116"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A6272"/>
     <w:rsid w:val="00000416"/>
     <w:rsid w:val="00000719"/>
     <w:rsid w:val="00000BFE"/>
@@ -31865,50 +31358,51 @@
     <w:rsid w:val="003009A1"/>
     <w:rsid w:val="00300F31"/>
     <w:rsid w:val="00301584"/>
     <w:rsid w:val="0030176E"/>
     <w:rsid w:val="00302216"/>
     <w:rsid w:val="0030236C"/>
     <w:rsid w:val="003025CA"/>
     <w:rsid w:val="0030288C"/>
     <w:rsid w:val="00303852"/>
     <w:rsid w:val="00303C26"/>
     <w:rsid w:val="00303E53"/>
     <w:rsid w:val="00304627"/>
     <w:rsid w:val="0030466E"/>
     <w:rsid w:val="00304E34"/>
     <w:rsid w:val="00305CC1"/>
     <w:rsid w:val="00305F7C"/>
     <w:rsid w:val="0030607F"/>
     <w:rsid w:val="0030650D"/>
     <w:rsid w:val="003065F0"/>
     <w:rsid w:val="00306E5F"/>
     <w:rsid w:val="00307850"/>
     <w:rsid w:val="00307BC5"/>
     <w:rsid w:val="00307E14"/>
     <w:rsid w:val="00310122"/>
     <w:rsid w:val="003103DE"/>
+    <w:rsid w:val="00310882"/>
     <w:rsid w:val="00310AF0"/>
     <w:rsid w:val="00310BCC"/>
     <w:rsid w:val="00310DCC"/>
     <w:rsid w:val="00310DEF"/>
     <w:rsid w:val="00310F58"/>
     <w:rsid w:val="003110B2"/>
     <w:rsid w:val="00311253"/>
     <w:rsid w:val="0031154A"/>
     <w:rsid w:val="003119C1"/>
     <w:rsid w:val="00311CA0"/>
     <w:rsid w:val="00312374"/>
     <w:rsid w:val="003123CE"/>
     <w:rsid w:val="00312642"/>
     <w:rsid w:val="00312DFD"/>
     <w:rsid w:val="00312E93"/>
     <w:rsid w:val="003131C8"/>
     <w:rsid w:val="00313765"/>
     <w:rsid w:val="003137C1"/>
     <w:rsid w:val="00313B66"/>
     <w:rsid w:val="00313D6D"/>
     <w:rsid w:val="00314054"/>
     <w:rsid w:val="003148D6"/>
     <w:rsid w:val="00314A9C"/>
     <w:rsid w:val="00314AB8"/>
     <w:rsid w:val="00315096"/>
@@ -32939,50 +32433,51 @@
     <w:rsid w:val="0054750B"/>
     <w:rsid w:val="00547556"/>
     <w:rsid w:val="00547681"/>
     <w:rsid w:val="00547A95"/>
     <w:rsid w:val="00547BCD"/>
     <w:rsid w:val="00550081"/>
     <w:rsid w:val="005509C9"/>
     <w:rsid w:val="00550C17"/>
     <w:rsid w:val="00550F0A"/>
     <w:rsid w:val="0055107A"/>
     <w:rsid w:val="0055119B"/>
     <w:rsid w:val="005512D8"/>
     <w:rsid w:val="005516B4"/>
     <w:rsid w:val="00551A23"/>
     <w:rsid w:val="00551E05"/>
     <w:rsid w:val="00552184"/>
     <w:rsid w:val="005521ED"/>
     <w:rsid w:val="0055256D"/>
     <w:rsid w:val="00552A92"/>
     <w:rsid w:val="005534E5"/>
     <w:rsid w:val="005539EE"/>
     <w:rsid w:val="00553F5D"/>
     <w:rsid w:val="0055404D"/>
     <w:rsid w:val="00554CA2"/>
     <w:rsid w:val="0055563E"/>
+    <w:rsid w:val="00555CDA"/>
     <w:rsid w:val="00556749"/>
     <w:rsid w:val="005568E1"/>
     <w:rsid w:val="00557149"/>
     <w:rsid w:val="0055718C"/>
     <w:rsid w:val="0055769C"/>
     <w:rsid w:val="00557B9F"/>
     <w:rsid w:val="00557D4D"/>
     <w:rsid w:val="00560928"/>
     <w:rsid w:val="00560967"/>
     <w:rsid w:val="00560AEB"/>
     <w:rsid w:val="00560BBB"/>
     <w:rsid w:val="00560C1C"/>
     <w:rsid w:val="00560CBC"/>
     <w:rsid w:val="00560FC0"/>
     <w:rsid w:val="00561202"/>
     <w:rsid w:val="005613FD"/>
     <w:rsid w:val="005615CD"/>
     <w:rsid w:val="00561869"/>
     <w:rsid w:val="00561F73"/>
     <w:rsid w:val="0056228B"/>
     <w:rsid w:val="00562507"/>
     <w:rsid w:val="00562811"/>
     <w:rsid w:val="00562EC8"/>
     <w:rsid w:val="00563333"/>
     <w:rsid w:val="00563916"/>
@@ -33752,50 +33247,51 @@
     <w:rsid w:val="00713491"/>
     <w:rsid w:val="00713541"/>
     <w:rsid w:val="007138D5"/>
     <w:rsid w:val="00713D3E"/>
     <w:rsid w:val="00714118"/>
     <w:rsid w:val="0071466A"/>
     <w:rsid w:val="00714928"/>
     <w:rsid w:val="00714FE5"/>
     <w:rsid w:val="007169B8"/>
     <w:rsid w:val="00716EC5"/>
     <w:rsid w:val="007173CA"/>
     <w:rsid w:val="0071761A"/>
     <w:rsid w:val="00717836"/>
     <w:rsid w:val="007179D3"/>
     <w:rsid w:val="00720613"/>
     <w:rsid w:val="00721576"/>
     <w:rsid w:val="007216AA"/>
     <w:rsid w:val="007217A9"/>
     <w:rsid w:val="00721AB5"/>
     <w:rsid w:val="00721CFB"/>
     <w:rsid w:val="00721DEF"/>
     <w:rsid w:val="00722F61"/>
     <w:rsid w:val="0072337B"/>
     <w:rsid w:val="00723A2F"/>
     <w:rsid w:val="00723ABB"/>
+    <w:rsid w:val="00723C75"/>
     <w:rsid w:val="00723EC1"/>
     <w:rsid w:val="007245BE"/>
     <w:rsid w:val="007247A5"/>
     <w:rsid w:val="00724811"/>
     <w:rsid w:val="00724A43"/>
     <w:rsid w:val="00724A6C"/>
     <w:rsid w:val="0072513B"/>
     <w:rsid w:val="007258F6"/>
     <w:rsid w:val="00725B27"/>
     <w:rsid w:val="00726016"/>
     <w:rsid w:val="00726042"/>
     <w:rsid w:val="00726A78"/>
     <w:rsid w:val="00726B26"/>
     <w:rsid w:val="00726D7F"/>
     <w:rsid w:val="00726FE6"/>
     <w:rsid w:val="00727022"/>
     <w:rsid w:val="007273AC"/>
     <w:rsid w:val="00727717"/>
     <w:rsid w:val="00727D65"/>
     <w:rsid w:val="00731245"/>
     <w:rsid w:val="007315FA"/>
     <w:rsid w:val="00731AD4"/>
     <w:rsid w:val="007324FF"/>
     <w:rsid w:val="00732508"/>
     <w:rsid w:val="00732641"/>
@@ -34026,50 +33522,51 @@
     <w:rsid w:val="007A5B57"/>
     <w:rsid w:val="007A5C6A"/>
     <w:rsid w:val="007A5DD0"/>
     <w:rsid w:val="007A652B"/>
     <w:rsid w:val="007A6E3F"/>
     <w:rsid w:val="007A6FBE"/>
     <w:rsid w:val="007A7CF4"/>
     <w:rsid w:val="007A7D81"/>
     <w:rsid w:val="007A7F08"/>
     <w:rsid w:val="007B0914"/>
     <w:rsid w:val="007B1110"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B16A4"/>
     <w:rsid w:val="007B26CA"/>
     <w:rsid w:val="007B27D2"/>
     <w:rsid w:val="007B2837"/>
     <w:rsid w:val="007B2E9C"/>
     <w:rsid w:val="007B30B4"/>
     <w:rsid w:val="007B32E5"/>
     <w:rsid w:val="007B33F3"/>
     <w:rsid w:val="007B3695"/>
     <w:rsid w:val="007B384C"/>
     <w:rsid w:val="007B3DB9"/>
     <w:rsid w:val="007B3E07"/>
     <w:rsid w:val="007B3F98"/>
+    <w:rsid w:val="007B405A"/>
     <w:rsid w:val="007B45F3"/>
     <w:rsid w:val="007B4E5A"/>
     <w:rsid w:val="007B50D7"/>
     <w:rsid w:val="007B589F"/>
     <w:rsid w:val="007B6186"/>
     <w:rsid w:val="007B66E1"/>
     <w:rsid w:val="007B68D2"/>
     <w:rsid w:val="007B6AD9"/>
     <w:rsid w:val="007B6AEC"/>
     <w:rsid w:val="007B71B6"/>
     <w:rsid w:val="007B732E"/>
     <w:rsid w:val="007B73BC"/>
     <w:rsid w:val="007B77B0"/>
     <w:rsid w:val="007B78CB"/>
     <w:rsid w:val="007C016F"/>
     <w:rsid w:val="007C032A"/>
     <w:rsid w:val="007C0E60"/>
     <w:rsid w:val="007C125B"/>
     <w:rsid w:val="007C1838"/>
     <w:rsid w:val="007C1868"/>
     <w:rsid w:val="007C1CCA"/>
     <w:rsid w:val="007C20B9"/>
     <w:rsid w:val="007C2FBE"/>
     <w:rsid w:val="007C32AA"/>
     <w:rsid w:val="007C3D37"/>
@@ -34578,50 +34075,51 @@
     <w:rsid w:val="008D6DCF"/>
     <w:rsid w:val="008D6ECE"/>
     <w:rsid w:val="008D7681"/>
     <w:rsid w:val="008D7D5A"/>
     <w:rsid w:val="008D7FB5"/>
     <w:rsid w:val="008E04DB"/>
     <w:rsid w:val="008E1995"/>
     <w:rsid w:val="008E1D91"/>
     <w:rsid w:val="008E21BA"/>
     <w:rsid w:val="008E28F5"/>
     <w:rsid w:val="008E335E"/>
     <w:rsid w:val="008E3B8D"/>
     <w:rsid w:val="008E4040"/>
     <w:rsid w:val="008E4376"/>
     <w:rsid w:val="008E4FAF"/>
     <w:rsid w:val="008E50EA"/>
     <w:rsid w:val="008E51DA"/>
     <w:rsid w:val="008E52E2"/>
     <w:rsid w:val="008E5549"/>
     <w:rsid w:val="008E58A1"/>
     <w:rsid w:val="008E5980"/>
     <w:rsid w:val="008E5AA6"/>
     <w:rsid w:val="008E5B2F"/>
     <w:rsid w:val="008E5C0A"/>
     <w:rsid w:val="008E652F"/>
+    <w:rsid w:val="008E6749"/>
     <w:rsid w:val="008E6917"/>
     <w:rsid w:val="008E6C3D"/>
     <w:rsid w:val="008E6FC5"/>
     <w:rsid w:val="008E77BB"/>
     <w:rsid w:val="008E7807"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008E7B49"/>
     <w:rsid w:val="008F0281"/>
     <w:rsid w:val="008F0309"/>
     <w:rsid w:val="008F0F05"/>
     <w:rsid w:val="008F0F89"/>
     <w:rsid w:val="008F1785"/>
     <w:rsid w:val="008F19F0"/>
     <w:rsid w:val="008F1B78"/>
     <w:rsid w:val="008F1D4A"/>
     <w:rsid w:val="008F1DE6"/>
     <w:rsid w:val="008F1E3B"/>
     <w:rsid w:val="008F1E90"/>
     <w:rsid w:val="008F2613"/>
     <w:rsid w:val="008F2CFA"/>
     <w:rsid w:val="008F3289"/>
     <w:rsid w:val="008F35C3"/>
     <w:rsid w:val="008F372B"/>
     <w:rsid w:val="008F3973"/>
     <w:rsid w:val="008F39EF"/>
@@ -35145,50 +34643,51 @@
     <w:rsid w:val="00A045B6"/>
     <w:rsid w:val="00A046BB"/>
     <w:rsid w:val="00A04C3F"/>
     <w:rsid w:val="00A04CCE"/>
     <w:rsid w:val="00A05509"/>
     <w:rsid w:val="00A0557B"/>
     <w:rsid w:val="00A05B5A"/>
     <w:rsid w:val="00A05C9A"/>
     <w:rsid w:val="00A05CED"/>
     <w:rsid w:val="00A071A5"/>
     <w:rsid w:val="00A072E4"/>
     <w:rsid w:val="00A07421"/>
     <w:rsid w:val="00A0775D"/>
     <w:rsid w:val="00A0776B"/>
     <w:rsid w:val="00A07895"/>
     <w:rsid w:val="00A07993"/>
     <w:rsid w:val="00A10344"/>
     <w:rsid w:val="00A10FB9"/>
     <w:rsid w:val="00A11421"/>
     <w:rsid w:val="00A114A4"/>
     <w:rsid w:val="00A1155C"/>
     <w:rsid w:val="00A1156A"/>
     <w:rsid w:val="00A1199C"/>
     <w:rsid w:val="00A11B69"/>
     <w:rsid w:val="00A11CE9"/>
+    <w:rsid w:val="00A12001"/>
     <w:rsid w:val="00A12929"/>
     <w:rsid w:val="00A12A45"/>
     <w:rsid w:val="00A1389F"/>
     <w:rsid w:val="00A13920"/>
     <w:rsid w:val="00A13C23"/>
     <w:rsid w:val="00A13D92"/>
     <w:rsid w:val="00A14A0A"/>
     <w:rsid w:val="00A14B64"/>
     <w:rsid w:val="00A14CEF"/>
     <w:rsid w:val="00A15168"/>
     <w:rsid w:val="00A15266"/>
     <w:rsid w:val="00A157B1"/>
     <w:rsid w:val="00A1589D"/>
     <w:rsid w:val="00A15D41"/>
     <w:rsid w:val="00A16284"/>
     <w:rsid w:val="00A16467"/>
     <w:rsid w:val="00A16B80"/>
     <w:rsid w:val="00A16C2B"/>
     <w:rsid w:val="00A16E90"/>
     <w:rsid w:val="00A17098"/>
     <w:rsid w:val="00A172FE"/>
     <w:rsid w:val="00A17694"/>
     <w:rsid w:val="00A176D0"/>
     <w:rsid w:val="00A17FE2"/>
     <w:rsid w:val="00A206D7"/>
@@ -35885,50 +35384,51 @@
     <w:rsid w:val="00BA2D0C"/>
     <w:rsid w:val="00BA33CF"/>
     <w:rsid w:val="00BA376E"/>
     <w:rsid w:val="00BA3B0C"/>
     <w:rsid w:val="00BA3F8D"/>
     <w:rsid w:val="00BA48E5"/>
     <w:rsid w:val="00BA50AC"/>
     <w:rsid w:val="00BA515E"/>
     <w:rsid w:val="00BA5521"/>
     <w:rsid w:val="00BA6390"/>
     <w:rsid w:val="00BA6447"/>
     <w:rsid w:val="00BA648A"/>
     <w:rsid w:val="00BA66A0"/>
     <w:rsid w:val="00BA6C8D"/>
     <w:rsid w:val="00BA76B8"/>
     <w:rsid w:val="00BA7C90"/>
     <w:rsid w:val="00BA7D83"/>
     <w:rsid w:val="00BB045D"/>
     <w:rsid w:val="00BB0CCF"/>
     <w:rsid w:val="00BB1745"/>
     <w:rsid w:val="00BB1A51"/>
     <w:rsid w:val="00BB1E0B"/>
     <w:rsid w:val="00BB1F9F"/>
     <w:rsid w:val="00BB313A"/>
     <w:rsid w:val="00BB357C"/>
+    <w:rsid w:val="00BB3830"/>
     <w:rsid w:val="00BB39FA"/>
     <w:rsid w:val="00BB4CB5"/>
     <w:rsid w:val="00BB4D22"/>
     <w:rsid w:val="00BB5197"/>
     <w:rsid w:val="00BB5612"/>
     <w:rsid w:val="00BB59F0"/>
     <w:rsid w:val="00BB5D7D"/>
     <w:rsid w:val="00BB5F5B"/>
     <w:rsid w:val="00BB6443"/>
     <w:rsid w:val="00BB6525"/>
     <w:rsid w:val="00BB65CE"/>
     <w:rsid w:val="00BB6925"/>
     <w:rsid w:val="00BB6AD2"/>
     <w:rsid w:val="00BB6D9F"/>
     <w:rsid w:val="00BB6E00"/>
     <w:rsid w:val="00BB7327"/>
     <w:rsid w:val="00BB7A10"/>
     <w:rsid w:val="00BC0212"/>
     <w:rsid w:val="00BC06A0"/>
     <w:rsid w:val="00BC0783"/>
     <w:rsid w:val="00BC103C"/>
     <w:rsid w:val="00BC1A4D"/>
     <w:rsid w:val="00BC1CDC"/>
     <w:rsid w:val="00BC2D32"/>
     <w:rsid w:val="00BC2D4F"/>
@@ -36218,50 +35718,51 @@
     <w:rsid w:val="00C5702B"/>
     <w:rsid w:val="00C5723F"/>
     <w:rsid w:val="00C57311"/>
     <w:rsid w:val="00C57AE2"/>
     <w:rsid w:val="00C57E96"/>
     <w:rsid w:val="00C602FF"/>
     <w:rsid w:val="00C60411"/>
     <w:rsid w:val="00C604D2"/>
     <w:rsid w:val="00C61159"/>
     <w:rsid w:val="00C61174"/>
     <w:rsid w:val="00C6148F"/>
     <w:rsid w:val="00C61746"/>
     <w:rsid w:val="00C6206D"/>
     <w:rsid w:val="00C620ED"/>
     <w:rsid w:val="00C621B1"/>
     <w:rsid w:val="00C6253F"/>
     <w:rsid w:val="00C625BD"/>
     <w:rsid w:val="00C62F7A"/>
     <w:rsid w:val="00C62FC9"/>
     <w:rsid w:val="00C6310D"/>
     <w:rsid w:val="00C63B9C"/>
     <w:rsid w:val="00C641A6"/>
     <w:rsid w:val="00C644A5"/>
     <w:rsid w:val="00C645AE"/>
     <w:rsid w:val="00C64622"/>
+    <w:rsid w:val="00C647FD"/>
     <w:rsid w:val="00C65A87"/>
     <w:rsid w:val="00C65F6B"/>
     <w:rsid w:val="00C6666D"/>
     <w:rsid w:val="00C6682F"/>
     <w:rsid w:val="00C66B2C"/>
     <w:rsid w:val="00C66E9C"/>
     <w:rsid w:val="00C675E8"/>
     <w:rsid w:val="00C67897"/>
     <w:rsid w:val="00C67AF2"/>
     <w:rsid w:val="00C67BF4"/>
     <w:rsid w:val="00C707B3"/>
     <w:rsid w:val="00C70931"/>
     <w:rsid w:val="00C70BE0"/>
     <w:rsid w:val="00C712B0"/>
     <w:rsid w:val="00C7237A"/>
     <w:rsid w:val="00C7275E"/>
     <w:rsid w:val="00C72A5C"/>
     <w:rsid w:val="00C731AF"/>
     <w:rsid w:val="00C73C02"/>
     <w:rsid w:val="00C7442B"/>
     <w:rsid w:val="00C747AD"/>
     <w:rsid w:val="00C748FD"/>
     <w:rsid w:val="00C74C5D"/>
     <w:rsid w:val="00C74E77"/>
     <w:rsid w:val="00C75403"/>
@@ -37347,50 +36848,51 @@
     <w:rsid w:val="00EE11E7"/>
     <w:rsid w:val="00EE1488"/>
     <w:rsid w:val="00EE15B5"/>
     <w:rsid w:val="00EE161D"/>
     <w:rsid w:val="00EE1686"/>
     <w:rsid w:val="00EE1BB0"/>
     <w:rsid w:val="00EE1C88"/>
     <w:rsid w:val="00EE1E54"/>
     <w:rsid w:val="00EE1FEE"/>
     <w:rsid w:val="00EE285F"/>
     <w:rsid w:val="00EE29AD"/>
     <w:rsid w:val="00EE2A4B"/>
     <w:rsid w:val="00EE2BB3"/>
     <w:rsid w:val="00EE2FFA"/>
     <w:rsid w:val="00EE31A2"/>
     <w:rsid w:val="00EE32A8"/>
     <w:rsid w:val="00EE34EC"/>
     <w:rsid w:val="00EE3AEA"/>
     <w:rsid w:val="00EE3E24"/>
     <w:rsid w:val="00EE420C"/>
     <w:rsid w:val="00EE4279"/>
     <w:rsid w:val="00EE448B"/>
     <w:rsid w:val="00EE498D"/>
     <w:rsid w:val="00EE4D5D"/>
     <w:rsid w:val="00EE5131"/>
+    <w:rsid w:val="00EE51B0"/>
     <w:rsid w:val="00EE58E9"/>
     <w:rsid w:val="00EE5C11"/>
     <w:rsid w:val="00EE5C84"/>
     <w:rsid w:val="00EE5D3D"/>
     <w:rsid w:val="00EE5E76"/>
     <w:rsid w:val="00EE658C"/>
     <w:rsid w:val="00EE6AF1"/>
     <w:rsid w:val="00EE6BC2"/>
     <w:rsid w:val="00EE6DAD"/>
     <w:rsid w:val="00EE6EF2"/>
     <w:rsid w:val="00EE72DB"/>
     <w:rsid w:val="00EE79ED"/>
     <w:rsid w:val="00EF049D"/>
     <w:rsid w:val="00EF05A5"/>
     <w:rsid w:val="00EF0962"/>
     <w:rsid w:val="00EF109B"/>
     <w:rsid w:val="00EF10CB"/>
     <w:rsid w:val="00EF1376"/>
     <w:rsid w:val="00EF17F0"/>
     <w:rsid w:val="00EF1ABC"/>
     <w:rsid w:val="00EF1CD4"/>
     <w:rsid w:val="00EF201C"/>
     <w:rsid w:val="00EF29A9"/>
     <w:rsid w:val="00EF2C72"/>
     <w:rsid w:val="00EF2E3B"/>
@@ -39132,74 +38634,74 @@
     <w:rsid w:val="7F6CACB8"/>
     <w:rsid w:val="7F6E6855"/>
     <w:rsid w:val="7F76F8E5"/>
     <w:rsid w:val="7FA672EF"/>
     <w:rsid w:val="7FB09117"/>
     <w:rsid w:val="7FBE2222"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="62659081"/>
   <w15:docId w15:val="{2FF89E90-F11A-4944-A2E8-C46E033DBFFF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -39531,51 +39033,50 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00F15144"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00510016"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
@@ -39803,50 +39304,51 @@
     <w:rsid w:val="0045266D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="360"/>
       </w:tabs>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
     <w:name w:val="Body"/>
@@ -41236,99 +40738,99 @@
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
     <w:name w:val="paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00002BBC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZQuotebullets2">
     <w:name w:val="ZZ Quote bullets2"/>
     <w:basedOn w:val="ZZNumbersdigit"/>
     <w:rsid w:val="00434D8F"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZQuotebullets3">
     <w:name w:val="ZZ Quote bullets3"/>
     <w:basedOn w:val="ZZNumbersdigit"/>
     <w:rsid w:val="000244CE"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZQuotebullets4">
     <w:name w:val="ZZ Quote bullets4"/>
     <w:basedOn w:val="ZZNumbersdigit"/>
     <w:rsid w:val="000244CE"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZQuotebullets5">
     <w:name w:val="ZZ Quote bullets5"/>
     <w:basedOn w:val="ZZNumbersdigit"/>
     <w:rsid w:val="00B8199B"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZQuotebullets6">
     <w:name w:val="ZZ Quote bullets6"/>
     <w:basedOn w:val="ZZNumbersdigit"/>
     <w:rsid w:val="008C6ECC"/>
     <w:pPr>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="18901588">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="31075801">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -42496,51 +41998,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146117194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/information-sharing" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/dffh/SitePages/Managing-feedback.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Keeping-safe-at-work.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/StaffHSW-DFFH/SitePages/Employee-Wellbeing-and-Support-Program-EAP.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/:u:/r/sites/dffh/SitePages/Housing-information-sharing.aspx?csf=1&amp;web=1&amp;e=5XwOSe" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Housing-Practice-Advice-and-Support.aspx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/StaffHSW-DFFH/SitePages/Employee-Wellbeing-%26-Support.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/business-practice-operational-guidelines" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/publications/framework-trauma-informed-practice" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/StaffHSW-DFFH/SitePages/OurSafety-Incident-Reporting-%26-Investigation.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ovic.vic.gov.au/book/ipp-2-use-and-disclosure/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/StaffHSW-DFFH/SitePages/Employee-Wellbeing-%26-Support.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/information-sharing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/make-safe-guidance-services-working-people-living-hoarding-and-environmental-neglect-word" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/information-sharing" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/dffh/SitePages/Managing-feedback.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Keeping-safe-at-work.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/client-incident-management-system-policy-and-guidance-word" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/StaffHSW-DFFH/SitePages/Employee-Wellbeing-and-Support-Program-EAP.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/:u:/r/sites/dffh/SitePages/Housing-information-sharing.aspx?csf=1&amp;web=1&amp;e=5XwOSe" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Housing-Practice-Advice-and-Support.aspx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/StaffHSW-DFFH/SitePages/Employee-Wellbeing-%26-Support.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/business-practice-operational-guidelines" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dffh.vic.gov.au/publications/framework-trauma-informed-practice" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/StaffHSW-DFFH/SitePages/OurSafety-Incident-Reporting-%26-Investigation.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ovic.vic.gov.au/book/ipp-2-use-and-disclosure/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/StaffHSW-DFFH/SitePages/Employee-Wellbeing-%26-Support.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/information-sharing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/make-safe-guidance-services-working-people-living-hoarding-and-environmental-neglect-word" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/tenancy-management-operational-guidelines" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -42801,50 +42303,78 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="05a23c12-eb64-4047-9d50-c4f465f3c0dd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="13404760-8ec3-4f68-8110-bc572b2bfb09">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <Comments xmlns="05a23c12-eb64-4047-9d50-c4f465f3c0dd" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003C19E57E9B24DB41BBF1ABFB82127421" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="56b40db94667d0e878c54488b0756c73">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="05a23c12-eb64-4047-9d50-c4f465f3c0dd" xmlns:ns3="13404760-8ec3-4f68-8110-bc572b2bfb09" xmlns:ns4="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="37c49353af7ac2e8f3704c48d25238af" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="05a23c12-eb64-4047-9d50-c4f465f3c0dd"/>
     <xsd:import namespace="13404760-8ec3-4f68-8110-bc572b2bfb09"/>
     <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
@@ -43068,166 +42598,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...26 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+    <ds:schemaRef ds:uri="05a23c12-eb64-4047-9d50-c4f465f3c0dd"/>
+    <ds:schemaRef ds:uri="13404760-8ec3-4f68-8110-bc572b2bfb09"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A306E060-85A2-473B-A7C9-354315EF3772}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="05a23c12-eb64-4047-9d50-c4f465f3c0dd"/>
     <ds:schemaRef ds:uri="13404760-8ec3-4f68-8110-bc572b2bfb09"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="13404760-8ec3-4f68-8110-bc572b2bfb09"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFF7BCEE-50C4-4D35-A3F1-149FED4F4DBC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{43e64453-338c-4f93-8a4d-0039a0a41f2a}" enabled="1" method="Privileged" siteId="{c0e0601f-0fac-449c-9c88-a104c4eb9f28}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>42</Pages>
-[...1 lines deleted...]
-  <Characters>81994</Characters>
+  <Pages>39</Pages>
+  <Words>13055</Words>
+  <Characters>81254</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>683</Lines>
-  <Paragraphs>192</Paragraphs>
+  <Lines>677</Lines>
+  <Paragraphs>188</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Home Visits and Lawful Entry to Rented Properties Operational Guidelines</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>96186</CharactersWithSpaces>
+  <CharactersWithSpaces>94121</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Home Visits and Lawful Entry to Rented Properties Operational Guidelines</dc:title>
   <dc:subject>Home Visits and Lawful Entry to Rented Properties Operational Guidelines</dc:subject>
   <dc:creator>PolicyAndGuidelines@homes.vic.gov.au</dc:creator>
   <cp:keywords>Home Visits, Lawful Entry, Inspections, Operational Guidelines, Property Inspections</cp:keywords>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">