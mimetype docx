--- v0 (2025-10-18)
+++ v1 (2026-01-30)
@@ -14,51 +14,51 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="4739B500" w14:textId="14BC946A" w:rsidR="00056EC4" w:rsidRDefault="00A01FB1" w:rsidP="00056EC4">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="21966DC4" wp14:editId="33DF6721">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7562850" cy="10158730"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2" descr="Victoria State Government Families, Fairness and Housing"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -148,74 +148,74 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001758CE">
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidR="00193576">
               <w:t xml:space="preserve">perational </w:t>
             </w:r>
             <w:r w:rsidR="001758CE">
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidR="00193576">
               <w:t>uidelines</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD784C" w14:paraId="246F9CB0" w14:textId="77777777" w:rsidTr="00431F42">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14EEB3AC" w14:textId="3FB81B46" w:rsidR="00386109" w:rsidRPr="00A1389F" w:rsidRDefault="00C8557E" w:rsidP="00C12B05">
+          <w:p w14:paraId="14EEB3AC" w14:textId="47EA26CB" w:rsidR="00386109" w:rsidRPr="00A1389F" w:rsidRDefault="00387EBA" w:rsidP="00C12B05">
             <w:pPr>
               <w:pStyle w:val="Documentsubtitle"/>
             </w:pPr>
             <w:r>
-              <w:t>February 2025</w:t>
+              <w:t>January 2026</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00430393" w14:paraId="2AE57792" w14:textId="77777777" w:rsidTr="00431F42">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="68DABF30" w14:textId="77777777" w:rsidR="00430393" w:rsidRDefault="001A6272" w:rsidP="00430393">
+          <w:p w14:paraId="68DABF30" w14:textId="77777777" w:rsidR="00430393" w:rsidRDefault="009E29E0" w:rsidP="00430393">
             <w:pPr>
               <w:pStyle w:val="Bannermarking"/>
             </w:pPr>
             <w:fldSimple w:instr="FILLIN  &quot;Type the protective marking&quot; \d OFFICIAL \o  \* MERGEFORMAT">
-              <w:r>
+              <w:r w:rsidR="001A6272">
                 <w:t>OFFICIAL</w:t>
               </w:r>
             </w:fldSimple>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36665FAE" w14:textId="77777777" w:rsidR="00FE4081" w:rsidRDefault="00FE4081" w:rsidP="00FE4081">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B4B7FED" w14:textId="60FF5A32" w:rsidR="00FE4081" w:rsidRPr="00FE4081" w:rsidRDefault="007F6BF5" w:rsidP="007F6BF5">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2767"/>
         </w:tabs>
         <w:sectPr w:rsidR="00FE4081" w:rsidRPr="00FE4081" w:rsidSect="00DD5530">
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="first" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="3969" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
@@ -249,56 +249,56 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7598"/>
       </w:tblGrid>
       <w:tr w:rsidR="00431F42" w14:paraId="649C9799" w14:textId="77777777" w:rsidTr="00431F42">
         <w:trPr>
           <w:trHeight w:val="7371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7598" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ABF9062" w14:textId="29CAE417" w:rsidR="00431F42" w:rsidRDefault="00471F4F" w:rsidP="00431F42">
             <w:pPr>
               <w:pStyle w:val="Documenttitle"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Fencing</w:t>
             </w:r>
             <w:r w:rsidR="00D26C93">
               <w:t xml:space="preserve"> Work Operational Guidelines</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7627FC2B" w14:textId="327C8046" w:rsidR="00431F42" w:rsidRDefault="00C8557E" w:rsidP="00431F42">
+          <w:p w14:paraId="7627FC2B" w14:textId="56BD9B23" w:rsidR="00431F42" w:rsidRDefault="00387EBA" w:rsidP="00431F42">
             <w:pPr>
               <w:pStyle w:val="Documentsubtitle"/>
             </w:pPr>
             <w:r>
-              <w:t>February 2025</w:t>
+              <w:t>January 2026</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="237BCD81" w14:textId="77777777" w:rsidR="00C11BCE" w:rsidRDefault="00C11BCE" w:rsidP="00C11BCE">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="201547"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E232522" w14:textId="77777777" w:rsidR="00C11BCE" w:rsidRDefault="00C11BCE" w:rsidP="00C11BCE">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="201547"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="482C3FE9" w14:textId="343F2A4B" w:rsidR="00C11BCE" w:rsidRPr="00C11BCE" w:rsidRDefault="00C11BCE" w:rsidP="00C11BCE"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00431F42" w14:paraId="0BAEE86B" w14:textId="77777777" w:rsidTr="00431F42">
         <w:tc>
@@ -339,153 +339,161 @@
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9288"/>
       </w:tblGrid>
       <w:tr w:rsidR="009F2182" w14:paraId="6CB2BDC7" w14:textId="77777777" w:rsidTr="54A71CC3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="7088"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AFE1A03" w14:textId="77777777" w:rsidR="00640139" w:rsidRPr="000920F7" w:rsidRDefault="00640139" w:rsidP="00AC0F82">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="576" w:hanging="576"/>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc159340408"/>
-            <w:bookmarkStart w:id="1" w:name="_Toc184892986"/>
+            <w:bookmarkStart w:id="1" w:name="_Toc219103623"/>
             <w:r w:rsidRPr="000920F7">
               <w:lastRenderedPageBreak/>
               <w:t>More Information</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
           <w:p w14:paraId="7F201BA6" w14:textId="24851258" w:rsidR="00640139" w:rsidRPr="009B4DF5" w:rsidRDefault="00640139" w:rsidP="00640139">
             <w:pPr>
               <w:pStyle w:val="Body"/>
             </w:pPr>
             <w:r w:rsidRPr="000920F7">
               <w:t xml:space="preserve">To receive this publication in an accessible format contact </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="000920F7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Homes Victoria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="000920F7">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B4DF5">
               <w:t>enquiries@homes.vic.gov.au.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0DD19A28" w14:textId="77777777" w:rsidR="00640139" w:rsidRPr="009B4DF5" w:rsidRDefault="00640139" w:rsidP="00640139">
             <w:pPr>
               <w:pStyle w:val="Body"/>
             </w:pPr>
             <w:r w:rsidRPr="009B4DF5">
               <w:t>This guideline contains some links to internal resources which will not be accessible for external parties reading this document.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D13B04C" w14:textId="77777777" w:rsidR="00640139" w:rsidRPr="000920F7" w:rsidRDefault="00640139" w:rsidP="00640139">
             <w:pPr>
               <w:pStyle w:val="Body"/>
             </w:pPr>
             <w:r w:rsidRPr="009B4DF5">
               <w:t>Authorised and published by the Victorian</w:t>
             </w:r>
             <w:r w:rsidRPr="000920F7">
               <w:t xml:space="preserve"> Government, 1 Treasury Place, Melbourne.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="375F1D31" w14:textId="02F37A79" w:rsidR="00640139" w:rsidRPr="000920F7" w:rsidRDefault="00640139" w:rsidP="00640139">
+          <w:p w14:paraId="375F1D31" w14:textId="2CDAD716" w:rsidR="00640139" w:rsidRPr="000920F7" w:rsidRDefault="00640139" w:rsidP="00640139">
             <w:pPr>
               <w:pStyle w:val="Body"/>
             </w:pPr>
             <w:r w:rsidRPr="000920F7">
               <w:t>© State of Victoria, Department of Families, Fairness and Housing,</w:t>
             </w:r>
             <w:r w:rsidR="003F1E61">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00C8557E">
-              <w:t>February 2025</w:t>
+            <w:r w:rsidR="00387EBA">
+              <w:t>January 2026</w:t>
             </w:r>
             <w:r w:rsidRPr="000920F7">
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56EFA283" w14:textId="60F2D9E7" w:rsidR="00640139" w:rsidRPr="000920F7" w:rsidRDefault="666CC30E" w:rsidP="54A71CC3">
+          <w:p w14:paraId="56EFA283" w14:textId="5AD44CCE" w:rsidR="00640139" w:rsidRPr="000920F7" w:rsidRDefault="666CC30E" w:rsidP="54A71CC3">
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="atLeast"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="54A71CC3">
               <w:rPr>
                 <w:rStyle w:val="BodyChar"/>
               </w:rPr>
-              <w:t>ISBN 978-1-76130-763-8</w:t>
+              <w:t>ISBN</w:t>
             </w:r>
-            <w:r w:rsidR="7DBB8056" w:rsidRPr="54A71CC3">
+            <w:r w:rsidR="00122702" w:rsidRPr="00122702">
+              <w:rPr>
+                <w:rStyle w:val="BodyChar"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 978-1-76130-931-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00122702" w:rsidRPr="00122702">
               <w:rPr>
                 <w:rStyle w:val="BodyChar"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="7DBB8056" w:rsidRPr="54A71CC3">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>(pdf/online/MS word)</w:t>
+              <w:t>(MS word)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48A49346" w14:textId="03E67204" w:rsidR="009F2182" w:rsidRPr="006A2717" w:rsidRDefault="009F2182" w:rsidP="007F6BF5">
             <w:pPr>
               <w:pStyle w:val="DHHSbody"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="87189D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009F2182" w14:paraId="2657A1D9" w14:textId="77777777" w:rsidTr="54A71CC3">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="5103"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9288" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="20277F9E" w14:textId="537BCC92" w:rsidR="009F2182" w:rsidRDefault="009F2182" w:rsidP="006F6B76">
             <w:pPr>
               <w:pStyle w:val="Imprint"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0008204A" w14:paraId="657B4CC4" w14:textId="77777777" w:rsidTr="54A71CC3">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
@@ -509,55 +517,55 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="33105D5E" w14:textId="77777777" w:rsidR="00CC0295" w:rsidRDefault="00CC0295" w:rsidP="00CC0295">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:sectPr w:rsidR="00CC0295" w:rsidSect="00DD5530">
           <w:headerReference w:type="even" r:id="rId16"/>
           <w:headerReference w:type="default" r:id="rId17"/>
           <w:footerReference w:type="even" r:id="rId18"/>
           <w:footerReference w:type="default" r:id="rId19"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E9B1728" w14:textId="77777777" w:rsidR="00CC0295" w:rsidRDefault="00CC0295" w:rsidP="00CC0295">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Toc184892987"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219103624"/>
       <w:r>
         <w:t>Revision history</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="988"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="4190"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC0295" w14:paraId="1E087803" w14:textId="77777777" w:rsidTr="00487848">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2ED42EA7" w14:textId="77777777" w:rsidR="00CC0295" w:rsidRPr="00487848" w:rsidRDefault="00CC0295" w:rsidP="00487848">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="00487848">
               <w:t>Version</w:t>
             </w:r>
@@ -674,56 +682,59 @@
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>0.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78479A17" w14:textId="48382D4F" w:rsidR="00CC0295" w:rsidRDefault="00487848" w:rsidP="00487848">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:t>Throughout</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DEF5F89" w14:textId="44104FC4" w:rsidR="00CC0295" w:rsidRDefault="00C8557E" w:rsidP="00487848">
+          <w:p w14:paraId="6DEF5F89" w14:textId="26A55CBF" w:rsidR="00CC0295" w:rsidRDefault="00C8557E" w:rsidP="00487848">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
-              <w:t>February 2024</w:t>
+              <w:t>February 202</w:t>
+            </w:r>
+            <w:r w:rsidR="0052096C">
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4190" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="500BCCE0" w14:textId="2076E9F0" w:rsidR="00CC0295" w:rsidRDefault="008779C1" w:rsidP="00487848">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r>
               <w:t>Removal</w:t>
             </w:r>
             <w:r w:rsidR="009C35CB">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r>
               <w:t>‘P</w:t>
             </w:r>
             <w:r w:rsidR="009C35CB">
               <w:t>ool fencing</w:t>
             </w:r>
             <w:r>
               <w:t>’</w:t>
@@ -737,2778 +748,2843 @@
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r w:rsidRPr="00610DF2">
               <w:t>All sections have been restructured and rewritten to enhance readability and improve the logical flow of information</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1330FC4A" w14:textId="1C69F324" w:rsidR="00A0738E" w:rsidRDefault="00A0738E" w:rsidP="00487848">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">New sections have been introduced to provide </w:t>
             </w:r>
             <w:r w:rsidR="008779C1">
               <w:t>updated and relevant</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> guidance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0052096C" w14:paraId="3D19350C" w14:textId="77777777" w:rsidTr="00487848">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F464661" w14:textId="3E0BB16F" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="00487848">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>0.3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3606D294" w14:textId="4406DD97" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="00487848">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Section 12.2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0052096C">
+              <w:t>Payment by instalments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC93B5A" w14:textId="190266BD" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="00487848">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4190" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D4E46F4" w14:textId="77777777" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="0052096C">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Section 12.2 Payment by instalments has been renumbered to Section 12.2.1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48F6BF64" w14:textId="1F04E957" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="0052096C">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>A new section, 12.2 Payments by private owners, has been added.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="62A449E2" w14:textId="3B50CCAE" w:rsidR="00CC0295" w:rsidRDefault="00CC0295" w:rsidP="00CC0295">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="013ABC2B" w14:textId="64689285" w:rsidR="00CC0295" w:rsidRPr="00CC0295" w:rsidRDefault="00CC0295" w:rsidP="00CC0295">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1221"/>
         </w:tabs>
         <w:sectPr w:rsidR="00CC0295" w:rsidRPr="00CC0295" w:rsidSect="00DD5530">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4028DB6E" w14:textId="78AC4F9B" w:rsidR="00AD784C" w:rsidRPr="00B57329" w:rsidRDefault="00AD784C" w:rsidP="00AC0F82">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc184892988"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc219103625"/>
       <w:r w:rsidRPr="00B57329">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="222DF7E4" w14:textId="5EF9522D" w:rsidR="005543CE" w:rsidRDefault="00AD784C">
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="18B3161D" w14:textId="2DD05C08" w:rsidR="0052096C" w:rsidRDefault="00AD784C">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Heading 1,1,Heading 2,2" </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc184892986" w:history="1">
-        <w:r w:rsidR="005543CE" w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103623" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>More Information</w:t>
         </w:r>
-        <w:r w:rsidR="005543CE">
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="005543CE">
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="005543CE">
-[...10 lines deleted...]
-        <w:r w:rsidR="005543CE">
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103623 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="005543CE">
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="005543CE">
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="588BA13F" w14:textId="44511490" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="29640F1C" w14:textId="7190B719" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892987" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103624" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Revision history</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103624 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7FB5C94C" w14:textId="65DC1B84" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="7EA45DF7" w14:textId="72D54738" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892988" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103625" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Contents</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103625 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7BF85986" w14:textId="1675BEB5" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="02B5C0CC" w14:textId="33B66107" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892989" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103626" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Definitions</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103626 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="018F5FB2" w14:textId="5D2B013D" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="11B21386" w14:textId="1D0744B1" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892990" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103627" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Overview</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103627 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7456E66F" w14:textId="5CC700FD" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="77A3C51C" w14:textId="308928CB" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892991" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103628" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Standard fencing type, height, and variations</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103628 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44D32810" w14:textId="4E8F1F22" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="60CDB450" w14:textId="17E5381F" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892992" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103629" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Fencing work requests</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103629 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="73B4B6DD" w14:textId="521672CF" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="4E8B45B1" w14:textId="4AA2FFA4" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892993" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103630" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Assessing for repairs</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103630 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76D8404E" w14:textId="098F65F4" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="4FFD6EF7" w14:textId="35FB77BC" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892994" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103631" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Determining the need for replacement</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103631 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6127F2A2" w14:textId="7CB6D978" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="4896E780" w14:textId="61D83102" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892995" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103632" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Privately owned properties adjoining public housing</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103632 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54942C42" w14:textId="15AE1E1D" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="603BF74F" w14:textId="6073139B" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892996" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103633" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9.1</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
           </w:rPr>
           <w:t>Identifying the owner</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103633 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5372C009" w14:textId="511DDD24" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="778B7B6C" w14:textId="2FB1A507" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892997" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103634" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
           </w:rPr>
           <w:t>9.2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
           </w:rPr>
           <w:t>Fencing works initiated by private owners</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103634 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="743DEDDC" w14:textId="7FC7B0C3" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="3D0AC363" w14:textId="3289686E" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892998" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103635" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9.3</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Casual fencing contractors</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103635 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06DB13E6" w14:textId="4AB37F9F" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="60F68F32" w14:textId="079A8D75" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184892999" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103636" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times"/>
           </w:rPr>
           <w:t>9.4</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times"/>
           </w:rPr>
           <w:t>Additional fencing costs</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103636 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D972584" w14:textId="66132602" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="6DE05005" w14:textId="38E2C187" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893000" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103637" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9.5</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Preparing a Fencing notice</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103637 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4A86ECF4" w14:textId="468619C9" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="516ACE5F" w14:textId="6E5B97AC" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893001" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103638" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9.6</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Serving a Fencing notice</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103638 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="353D28BA" w14:textId="32E5FFCE" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="097BE469" w14:textId="23345AA8" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893002" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103639" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9.7</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Fencing notice is accepted</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103639 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06504A7B" w14:textId="0D8B4D96" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="70F65813" w14:textId="0BABC8FE" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893003" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103640" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9.8</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Monitoring and verifying completion of fencing works</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103640 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5145FB2B" w14:textId="0AD054CC" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="359DB921" w14:textId="393CE01F" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893004" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103641" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9.9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Fencing notice is not responded to</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103641 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="04C17A17" w14:textId="6340909B" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="7ED3F3F0" w14:textId="0BB3D725" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893005" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103642" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9.10</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Fencing notice is disputed</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103642 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D757330" w14:textId="231221F2" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="24422CEF" w14:textId="07EFFBA5" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893006" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103643" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Urgent fencing works</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103643 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6DD0C011" w14:textId="457C6888" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="19C29249" w14:textId="34FFEB20" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893007" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103644" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>10.1</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Preparing an urgent Fencing notice to recover costs</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103644 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C653EE3" w14:textId="328218E9" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="5872BC9B" w14:textId="72B04CAC" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893008" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103645" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>10.2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Adhoc invoice request</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>Ad hoc invoice request</w:t>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103645 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="532A8E43" w14:textId="5308B810" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="44BA6817" w14:textId="2325C04E" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893009" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103646" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Pursing action in the Magistrates’ Court</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103646 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22A08DAA" w14:textId="6525D62C" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="3E3815C5" w14:textId="4D3F84A4" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893010" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103647" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Invoicing and payment management</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103647 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="046766C3" w14:textId="2A311883" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="08A7F120" w14:textId="0FDC7906" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893011" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103648" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12.1</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Casual contractor invoice payments</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103648 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DDDFC91" w14:textId="54A67DE7" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="2DDA01D6" w14:textId="77E5AA8A" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893012" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103649" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>12.2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Payment by instalments</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>Payments by private owners</w:t>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103649 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="182F0338" w14:textId="15123A84" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="1F8544D6" w14:textId="7DD0670E" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893013" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103650" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Damaged fencing</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103650 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E9B4C31" w14:textId="5544D1D4" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="56AE9444" w14:textId="2A520414" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893014" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103651" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Dividing fences and works programs</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103651 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06C6CD45" w14:textId="104A3F30" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="027ADC55" w14:textId="0A5C9946" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893015" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103652" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>14.1</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Programme works</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103652 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="13BD7EE6" w14:textId="6EB42E58" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="3E63645F" w14:textId="09BB8E96" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893016" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103653" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>14.2</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>New housing</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103653 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67BA052F" w14:textId="1391DF4B" w:rsidR="005543CE" w:rsidRDefault="005543CE">
+    <w:p w14:paraId="060E72E6" w14:textId="3F9FDD2B" w:rsidR="0052096C" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc184893017" w:history="1">
-        <w:r w:rsidRPr="004D0B71">
+      <w:hyperlink w:anchor="_Toc219103654" w:history="1">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>14.3</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:kern w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="004D0B71">
+        <w:r w:rsidR="0052096C" w:rsidRPr="00766ECE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Vacant land</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219103654 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0052096C">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0052096C">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="28E5A460" w14:textId="6665CECA" w:rsidR="00537380" w:rsidRDefault="00AD784C" w:rsidP="00D079AA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:sectPr w:rsidR="00537380" w:rsidSect="00DD5530">
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="187D5983" w14:textId="77777777" w:rsidR="00765C29" w:rsidRDefault="00765C29" w:rsidP="00765C29">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc171941164"/>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc171941164"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc171941181"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc171941380"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc171941182"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc171941381"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc171941184"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc171941383"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc165447854"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc219103626"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Definitions</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2155"/>
         <w:gridCol w:w="7025"/>
       </w:tblGrid>
       <w:tr w:rsidR="00765C29" w:rsidRPr="000920F7" w14:paraId="6193E267" w14:textId="77777777" w:rsidTr="197F0926">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BDFA3C6" w14:textId="77777777" w:rsidR="00765C29" w:rsidRPr="000D4ED5" w:rsidRDefault="00765C29" w:rsidP="000D4ED5">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
             <w:r w:rsidRPr="000D4ED5">
               <w:t>Term</w:t>
@@ -3552,71 +3628,71 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7025" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15373274" w14:textId="77777777" w:rsidR="00765C29" w:rsidRPr="000D4ED5" w:rsidRDefault="00765C29" w:rsidP="000D4ED5">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D4ED5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Dividing fence means a fence that:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0197587F" w14:textId="77777777" w:rsidR="00765C29" w:rsidRPr="00B219E2" w:rsidRDefault="00765C29" w:rsidP="000D4ED5">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r>
               <w:t>is located on the common boundary of adjoining lands (</w:t>
             </w:r>
-            <w:bookmarkStart w:id="13" w:name="_Int_qiW8XiWM"/>
+            <w:bookmarkStart w:id="14" w:name="_Int_qiW8XiWM"/>
             <w:r>
               <w:t>whether or not</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="13"/>
+            <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:t xml:space="preserve"> it is continuous or extends along the entire length of the adjoining lands), or</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="262AC2A3" w14:textId="77777777" w:rsidR="00765C29" w:rsidRPr="003601FA" w:rsidRDefault="00765C29" w:rsidP="000D4ED5">
             <w:pPr>
               <w:pStyle w:val="Tablebullet1"/>
             </w:pPr>
             <w:r>
               <w:t>is not located on the common boundary of adjoining lands, but the purpose of which is to separate adjoining lands (</w:t>
             </w:r>
-            <w:bookmarkStart w:id="14" w:name="_Int_FkuKDsfA"/>
+            <w:bookmarkStart w:id="15" w:name="_Int_FkuKDsfA"/>
             <w:r>
               <w:t>whether or not</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="14"/>
+            <w:bookmarkEnd w:id="15"/>
             <w:r>
               <w:t xml:space="preserve"> it is continuous or extends along the entire length of the adjoining lands);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00765C29" w:rsidRPr="000920F7" w14:paraId="375FE280" w14:textId="77777777" w:rsidTr="197F0926">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="453F76B9" w14:textId="77777777" w:rsidR="00765C29" w:rsidRDefault="00765C29">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>Fence</w:t>
             </w:r>
           </w:p>
@@ -4207,56 +4283,56 @@
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t>or example</w:t>
             </w:r>
             <w:r w:rsidR="3477B411" w:rsidRPr="197F0926">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00765C29" w:rsidRPr="197F0926">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>where the fence has been damaged or destroyed by a falling tree, fire, or flood.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="52AE1574" w14:textId="187E4C5D" w:rsidR="00706130" w:rsidRPr="00706130" w:rsidRDefault="004E5532" w:rsidP="005806CE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc184892990"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc219103627"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Overview</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="5FBE6493" w14:textId="22A1FA78" w:rsidR="008C0C09" w:rsidRDefault="006E46B8" w:rsidP="0032024E">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Homes Victoria </w:t>
       </w:r>
       <w:r w:rsidR="008C0C09">
         <w:t>has responsibilit</w:t>
       </w:r>
       <w:r w:rsidR="00AE2409">
         <w:t>ies</w:t>
       </w:r>
       <w:r w:rsidR="00D237FA">
         <w:t xml:space="preserve"> under the</w:t>
       </w:r>
       <w:r w:rsidR="00ED2ECC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED2ECC" w:rsidRPr="00ED2ECC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
@@ -4393,55 +4469,55 @@
         <w:t>safe to live in.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ACC85C9" w14:textId="77777777" w:rsidR="005806CE" w:rsidRDefault="005806CE" w:rsidP="005806CE">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t>To fulfill these responsibilities, Homes Victoria must:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08D34E7C" w14:textId="57BECE9C" w:rsidR="005806CE" w:rsidRDefault="005806CE" w:rsidP="005806CE">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="4B20ED83">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Share costs:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="_Int_WnIkug6b"/>
+      <w:bookmarkStart w:id="17" w:name="_Int_WnIkug6b"/>
       <w:r>
         <w:t>Generally, costs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:t xml:space="preserve"> for </w:t>
       </w:r>
       <w:r w:rsidR="00AF4C71">
         <w:t>repairing or replacing</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> a dividing fence are </w:t>
       </w:r>
       <w:r w:rsidR="00AF4C71">
         <w:t xml:space="preserve">divided </w:t>
       </w:r>
       <w:r>
         <w:t>equally between property owners, unless otherwise agreed or ordered by the Magistrates' Court.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D76A09F" w14:textId="4E091FCC" w:rsidR="005806CE" w:rsidRDefault="005806CE" w:rsidP="005806CE">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="005806CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -4540,110 +4616,109 @@
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00561FC0">
         <w:t>department)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D770A">
         <w:t>manages fencing work</w:t>
       </w:r>
       <w:r w:rsidR="00AF4C71">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="002D770A">
         <w:t>on behalf of Homes Victoria.</w:t>
       </w:r>
       <w:r w:rsidR="00EF627A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47FBF2FA" w14:textId="77777777" w:rsidR="00FF1D18" w:rsidRDefault="00FF1D18" w:rsidP="00FF1D18">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc175747257"/>
-[...58 lines deleted...]
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc175747257"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc175763108"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc171941188"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc171941387"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc171941189"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc171941388"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc171941190"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc171941389"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc171941191"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc171941390"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc171941196"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc171941395"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc171941198"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc171941397"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc171941199"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc171941398"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc171941200"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc171941399"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc171941201"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc171941400"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc171941202"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc171941401"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc171941204"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc171941403"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc171941205"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc171941404"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc171941208"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc171941407"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc171941209"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc171941408"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc171941210"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc171941409"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc171941217"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc171941416"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc171941218"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc171941417"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc171941219"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc171941418"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc171941231"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc171941430"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc171941232"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc171941431"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc171941233"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc171941432"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc171941234"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc171941433"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc171941236"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc171941435"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc171941237"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc171941436"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc171941238"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc171941437"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc171941246"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc171941445"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc171941247"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc171941446"/>
+      <w:bookmarkStart w:id="74" w:name="_5.1_Fencing_standards"/>
+      <w:bookmarkStart w:id="75" w:name="_Standard_fencing_type,"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc219103628"/>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
@@ -4657,54 +4732,55 @@
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:t>Standard fencing type, height, and variations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
     </w:p>
     <w:p w14:paraId="075351F1" w14:textId="7287E9F7" w:rsidR="007349B4" w:rsidRDefault="0060438E" w:rsidP="00FF1D18">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Typically, </w:t>
       </w:r>
       <w:r w:rsidR="007349B4">
         <w:t xml:space="preserve">Homes Victoria installs timber paling fences at a standard height of 1650mm. When a fence requires replacement, the new fence </w:t>
       </w:r>
       <w:r w:rsidR="78E930A3">
         <w:t xml:space="preserve">should usually </w:t>
       </w:r>
       <w:r w:rsidR="007349B4">
         <w:t xml:space="preserve">match the existing fence in height and other characteristics. </w:t>
       </w:r>
       <w:r w:rsidR="00F449DB">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="007349B4">
         <w:t xml:space="preserve">n certain situations, variations in height may be </w:t>
       </w:r>
       <w:r w:rsidR="003006FC">
         <w:t>approved</w:t>
@@ -4829,59 +4905,59 @@
       <w:r w:rsidRPr="00C223FB">
         <w:t>Colourbond</w:t>
       </w:r>
       <w:r w:rsidR="00FF1D18" w:rsidRPr="00C223FB">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B0A913F" w14:textId="08557EA7" w:rsidR="005B5973" w:rsidRPr="00C223FB" w:rsidRDefault="00521DB0" w:rsidP="006A20B4">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t>If a fencing type is not included in the Schedule of Rates (SORs) or any agreed rate, staff must use the Not on Schedule (NoS) quotation process. In this case, staff and/or private owners are required to obtain two quotes from the department</w:t>
       </w:r>
       <w:r w:rsidR="0D388085">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s head or casual fencing contractors.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3055B45B" w14:textId="48ABAEC8" w:rsidR="003169FC" w:rsidRDefault="00272753" w:rsidP="00391E92">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="76" w:name="_Toc184892992"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc219103629"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Fencing </w:t>
       </w:r>
       <w:r w:rsidR="0066138D">
         <w:t>work requests</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
     </w:p>
     <w:p w14:paraId="1DF8F91B" w14:textId="7B78AFF1" w:rsidR="003169FC" w:rsidRDefault="003169FC" w:rsidP="003169FC">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="003169FC">
         <w:t xml:space="preserve">Public housing renters or private owners may report the need for fencing </w:t>
       </w:r>
       <w:r w:rsidR="0066138D">
         <w:t>works</w:t>
       </w:r>
       <w:r w:rsidRPr="003169FC">
         <w:t xml:space="preserve"> to the Housing Call Centre (HCC) or directly to the local office. When the HCC is contacted, they may either</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E3E6586" w14:textId="32FBD09B" w:rsidR="003169FC" w:rsidRDefault="00DB55A5" w:rsidP="003169FC">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
@@ -4945,61 +5021,61 @@
       <w:r>
         <w:t>works</w:t>
       </w:r>
       <w:r w:rsidRPr="002B779D">
         <w:t xml:space="preserve"> with support from a Field Services Officer or through an Inspect and Report via the head contractor. They can then initiate work orders in HiiP Repairs for the head contractor to address. However, if the fence adjoins a privately owned property, staff must seek agreement with the private owner and follow a different process, as outlined in </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Toc174096921" w:history="1">
         <w:r w:rsidRPr="002B779D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Section 8</w:t>
         </w:r>
         <w:r w:rsidR="0066138D" w:rsidRPr="002B779D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Privately Owned Properties Adjoining Public Housing.</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="52C3008B" w14:textId="68F16327" w:rsidR="00272753" w:rsidRDefault="00272753" w:rsidP="00272753">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="_Toc184892993"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc219103630"/>
       <w:r w:rsidRPr="00272753">
         <w:t xml:space="preserve">Assessing for </w:t>
       </w:r>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00272753">
         <w:t>epairs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
     </w:p>
     <w:p w14:paraId="76EC9843" w14:textId="77777777" w:rsidR="00272753" w:rsidRDefault="00272753" w:rsidP="00272753">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Fencing repairs may be suitable in the following scenarios:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9A3DE5" w14:textId="77777777" w:rsidR="00272753" w:rsidRDefault="00272753" w:rsidP="00272753">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00272753">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Minor Damage:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The fence has damage that can be easily fixed, such as:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51456843" w14:textId="77777777" w:rsidR="00272753" w:rsidRDefault="00272753" w:rsidP="00272753">
@@ -5015,67 +5091,67 @@
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>Fixing loose palings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2512AC5D" w14:textId="655E00DA" w:rsidR="00272753" w:rsidRDefault="00272753" w:rsidP="00272753">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00272753">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Cost-Effectiveness:</w:t>
       </w:r>
       <w:r w:rsidRPr="00272753">
         <w:t xml:space="preserve"> Repairs are more economical than replacement and can restore the fence's functionality without significant investment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F9F400" w14:textId="7520450C" w:rsidR="00272753" w:rsidRDefault="00272753" w:rsidP="0066138D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="78" w:name="_Toc184892994"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc219103631"/>
       <w:r w:rsidRPr="00272753">
         <w:t xml:space="preserve">Determining the </w:t>
       </w:r>
       <w:r>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00272753">
         <w:t xml:space="preserve">eed for </w:t>
       </w:r>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00272753">
         <w:t>eplacement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
     </w:p>
     <w:p w14:paraId="37A13002" w14:textId="77777777" w:rsidR="00272753" w:rsidRDefault="00272753" w:rsidP="00272753">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Replacement of fencing may be necessary under specific circumstances, including:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DBB8A5A" w14:textId="77777777" w:rsidR="00272753" w:rsidRDefault="00272753" w:rsidP="00272753">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00272753">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Substantial Damage:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The fence is so damaged that it cannot be repaired effectively.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB77F6D" w14:textId="77777777" w:rsidR="00272753" w:rsidRDefault="00272753" w:rsidP="00272753">
@@ -5111,77 +5187,77 @@
         <w:t>ordered</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to replace the fence by the Magistrates’ Court.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="250C111B" w14:textId="64646361" w:rsidR="00272753" w:rsidRDefault="00272753" w:rsidP="00272753">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00272753">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Health and Safety Concerns:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The condition of the fence has deteriorated to a point where it poses health and safety risks to occupants.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5491F2C6" w14:textId="3AB3B054" w:rsidR="00A50458" w:rsidRDefault="00A50458" w:rsidP="00A50458">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="_Toc174096921"/>
-[...11 lines deleted...]
-      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc174096921"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc174096923"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc174096924"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc174096925"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc174096926"/>
+      <w:bookmarkStart w:id="85" w:name="_Toc174096927"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc171941259"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc171941458"/>
+      <w:bookmarkStart w:id="88" w:name="_Standard_shared_fencing"/>
+      <w:bookmarkStart w:id="89" w:name="_Shared_fencing_-"/>
+      <w:bookmarkStart w:id="90" w:name="_Privately_owned_properties"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc219103632"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:bookmarkEnd w:id="83"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:bookmarkEnd w:id="87"/>
       <w:bookmarkEnd w:id="88"/>
       <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
       <w:r w:rsidRPr="00A50458">
         <w:t>Privately owned properties adjoining public housing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="90"/>
+      <w:bookmarkEnd w:id="91"/>
     </w:p>
     <w:p w14:paraId="07F75955" w14:textId="77777777" w:rsidR="00840CC2" w:rsidRDefault="002B779D" w:rsidP="002B779D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="002B779D">
         <w:t xml:space="preserve">If a fence inspection determines that </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">repairs or </w:t>
       </w:r>
       <w:r w:rsidRPr="002B779D">
         <w:t xml:space="preserve">replacement is necessary, staff will attempt to discuss the required works with the private owner or the real estate agent if a property manager is involved. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C31A3E" w14:textId="77777777" w:rsidR="00840CC2" w:rsidRDefault="002B779D" w:rsidP="002B779D">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="002B779D">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If no one is home at the adjoining property during the inspection, staff will leave a calling card requesting </w:t>
       </w:r>
       <w:r w:rsidR="00840CC2">
         <w:t>contact</w:t>
@@ -5209,99 +5285,99 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Fencing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="002B779D">
         <w:t xml:space="preserve"> page</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> at </w:t>
       </w:r>
       <w:r w:rsidR="00FE1C3F">
         <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidR="00FE1C3F" w:rsidRPr="00FE1C3F">
         <w:t>https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx</w:t>
       </w:r>
       <w:r w:rsidR="00FE1C3F">
         <w:t>&gt;.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09F6568A" w14:textId="77777777" w:rsidR="00840CC2" w:rsidRPr="00840CC2" w:rsidRDefault="00840CC2" w:rsidP="00840CC2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="91" w:name="_Toc184892996"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc219103633"/>
       <w:r w:rsidRPr="00840CC2">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Identifying the owner</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
       <w:r w:rsidRPr="00840CC2">
         <w:rPr>
           <w:rStyle w:val="Heading3Char"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A62AE72" w14:textId="729F9098" w:rsidR="00840CC2" w:rsidRDefault="00840CC2" w:rsidP="00840CC2">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>If there is no response to the calling card, s.14(2) of the Fences Act allows local councils to provide the private owner’s name and address.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46C3F6DD" w14:textId="77777777" w:rsidR="00950565" w:rsidRPr="00B505B4" w:rsidRDefault="00950565" w:rsidP="00950565">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="92" w:name="_Toc168085184"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="94" w:name="_Hlk165880272"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc168085184"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc219103634"/>
+      <w:bookmarkStart w:id="95" w:name="_Hlk165880272"/>
       <w:r w:rsidRPr="00B505B4">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
         <w:t>Fencing works initiated by private owners</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="92"/>
       <w:bookmarkEnd w:id="93"/>
-    </w:p>
-    <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkEnd w:id="94"/>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
     <w:p w14:paraId="35813A08" w14:textId="77777777" w:rsidR="002B779D" w:rsidRDefault="002B779D" w:rsidP="002B779D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B779D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t>When private owners initiate fencing works, they must</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="358814BB" w14:textId="5AA4CF71" w:rsidR="002B779D" w:rsidRDefault="00DB55A5" w:rsidP="002B779D">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>s</w:t>
@@ -5417,55 +5493,55 @@
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00840CC2" w:rsidRPr="00840CC2">
         <w:t xml:space="preserve"> detailed report outlining the necessary fencing works</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30901765" w14:textId="273CAB14" w:rsidR="00840CC2" w:rsidRDefault="00DB55A5" w:rsidP="00840CC2">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00840CC2" w:rsidRPr="00840CC2">
         <w:t>ost estimates for both repair and replacement options</w:t>
       </w:r>
       <w:r w:rsidR="00840CC2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A998BEC" w14:textId="77777777" w:rsidR="00840CC2" w:rsidRDefault="00840CC2" w:rsidP="00840CC2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc184892998"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc219103635"/>
       <w:r>
         <w:t>Casual fencing contractors</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="96"/>
     </w:p>
     <w:p w14:paraId="6F99CA6D" w14:textId="77777777" w:rsidR="00840CC2" w:rsidRDefault="00840CC2" w:rsidP="00840CC2">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t>Casual fencing contractors engaged by private owners must:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79F7B4CD" w14:textId="77777777" w:rsidR="00840CC2" w:rsidRDefault="00840CC2" w:rsidP="00840CC2">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>be registered builders and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EE00A65" w14:textId="77777777" w:rsidR="00840CC2" w:rsidRDefault="00840CC2" w:rsidP="00840CC2">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">have a minimum $10 million public liability insurance cover. </w:t>
       </w:r>
     </w:p>
@@ -5508,58 +5584,58 @@
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>OurService</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> portal at &lt;https://ourservice.support.vic.gov.au/&gt;.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66F45D1A" w14:textId="77777777" w:rsidR="00840CC2" w:rsidRDefault="00840CC2" w:rsidP="00840CC2">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t>Registration is essential to create a Simple works order and ensure timely payment upon work completion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56427993" w14:textId="6E40C9A5" w:rsidR="00840CC2" w:rsidRDefault="00840CC2" w:rsidP="00840CC2">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Toc184892999"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc219103636"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t>Additional fencing costs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="96"/>
+      <w:bookmarkEnd w:id="97"/>
     </w:p>
     <w:p w14:paraId="764A203B" w14:textId="7FCC28B4" w:rsidR="002B779D" w:rsidRPr="002B779D" w:rsidRDefault="002B779D" w:rsidP="002B779D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002B779D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
         <w:t>Private owners are generally responsible for any additional costs that exceed their required 50 percent share when they request fencing that differs from either:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C37551" w14:textId="7260D53C" w:rsidR="002B779D" w:rsidRPr="002B779D" w:rsidRDefault="00DB55A5" w:rsidP="00840CC2">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="002B779D" w:rsidRPr="002B779D">
         <w:t>he existing standard fencing</w:t>
       </w:r>
     </w:p>
@@ -5586,70 +5662,70 @@
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:r w:rsidR="00840CC2">
         <w:t xml:space="preserve">outlined in </w:t>
       </w:r>
       <w:r w:rsidRPr="002B779D">
         <w:t xml:space="preserve">Section 8 of the Fences Act, which mandates </w:t>
       </w:r>
       <w:r w:rsidR="00840CC2">
         <w:t>owners to</w:t>
       </w:r>
       <w:r w:rsidRPr="002B779D">
         <w:t xml:space="preserve"> cover any extra costs for a fence that exceeds the price of a sufficient dividing fence, as defined in Section 6 of the </w:t>
       </w:r>
       <w:r w:rsidR="00840CC2">
         <w:t>Fences</w:t>
       </w:r>
       <w:r w:rsidRPr="002B779D">
         <w:t xml:space="preserve"> Act.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="002A8C75" w14:textId="6E199618" w:rsidR="001D4910" w:rsidRDefault="001D4910" w:rsidP="000F4D83">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="97" w:name="_Toc184893000"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc219103637"/>
       <w:r>
         <w:t xml:space="preserve">Preparing </w:t>
       </w:r>
       <w:r w:rsidR="00F10B5B">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00C53C7D">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00F10B5B">
         <w:t xml:space="preserve">encing </w:t>
       </w:r>
       <w:r w:rsidR="00515BFA">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00F10B5B">
         <w:t>otice</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:p w14:paraId="397CDAE4" w14:textId="77777777" w:rsidR="000F4D83" w:rsidRDefault="008463FA" w:rsidP="00EC08A8">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t>Section 13 of the Fences Act requires a Fencing notice to be served on the adjoining private owner.</w:t>
       </w:r>
       <w:r w:rsidR="000F4D83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001B72FD">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="000E083D" w:rsidRPr="000E083D">
         <w:t xml:space="preserve">encing </w:t>
       </w:r>
       <w:r w:rsidR="001937CA">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="000E083D" w:rsidRPr="000E083D">
         <w:t>otices provide essential details such as</w:t>
       </w:r>
       <w:r w:rsidR="000F4D83">
         <w:t>:</w:t>
@@ -5757,55 +5833,55 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1D33EC7B" w14:textId="77777777" w:rsidR="001D4910" w:rsidRPr="000F4D83" w:rsidRDefault="001D4910" w:rsidP="000F4D83">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="000F4D83">
         <w:t>the boundary line on which the fencing works are proposed to be carried out</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C03F6A9" w14:textId="77777777" w:rsidR="001D4910" w:rsidRPr="000F4D83" w:rsidRDefault="001D4910" w:rsidP="000F4D83">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="000F4D83">
         <w:t>a statement detailing any parts of the common boundary where a dividing fence is not required because a waterway or other obstruction is on, or forms, the common boundary</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F1A9246" w14:textId="77777777" w:rsidR="001D4910" w:rsidRPr="000F4D83" w:rsidRDefault="001D4910" w:rsidP="000F4D83">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="000F4D83">
         <w:t xml:space="preserve">the type of fencing </w:t>
       </w:r>
-      <w:bookmarkStart w:id="98" w:name="_Int_NVcKKcUI"/>
+      <w:bookmarkStart w:id="99" w:name="_Int_NVcKKcUI"/>
       <w:r w:rsidRPr="000F4D83">
         <w:t>works</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="99"/>
       <w:r w:rsidRPr="000F4D83">
         <w:t xml:space="preserve"> and any subsidiary works proposed to be carried out, including the type of fence to be constructed or the nature of the repairs or maintenance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="696A8263" w14:textId="77777777" w:rsidR="001D4910" w:rsidRPr="000F4D83" w:rsidRDefault="001D4910" w:rsidP="000F4D83">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="000F4D83">
         <w:t>the name and contact details of any person who may be engaged to undertake the fencing works and any subsidiary works proposed to be carried out</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3618ECA7" w14:textId="77777777" w:rsidR="001D4910" w:rsidRDefault="001D4910" w:rsidP="001D4910">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>if the notifying owner requires the adjoining owner to contribute:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="753B9097" w14:textId="2C8F36D8" w:rsidR="001D4910" w:rsidRDefault="001D4910" w:rsidP="008F4068">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
@@ -5865,70 +5941,70 @@
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="00A91A0D">
         <w:t xml:space="preserve">otice </w:t>
       </w:r>
       <w:r w:rsidR="00DB7D36">
         <w:t>was</w:t>
       </w:r>
       <w:r w:rsidR="00DB7D36" w:rsidRPr="00A91A0D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008463FA">
         <w:t>received</w:t>
       </w:r>
       <w:r w:rsidRPr="00A91A0D">
         <w:t>. Negotiations may extend the acceptance period if the private owner requests additional tim</w:t>
       </w:r>
       <w:r>
         <w:t>e.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E1F6765" w14:textId="39F1573D" w:rsidR="001D4910" w:rsidRPr="00C660D4" w:rsidRDefault="001D4910" w:rsidP="000F4D83">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="_Toc184893001"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc219103638"/>
       <w:r>
         <w:t xml:space="preserve">Serving </w:t>
       </w:r>
       <w:r w:rsidR="001A56AF">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="003B6AF0">
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">encing </w:t>
       </w:r>
       <w:r w:rsidR="00515BFA">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t>otice</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="99"/>
+      <w:bookmarkEnd w:id="100"/>
     </w:p>
     <w:p w14:paraId="731DC11F" w14:textId="7AAC819E" w:rsidR="005E040F" w:rsidRDefault="00EE79A9" w:rsidP="009267FE">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00EE79A9">
         <w:t xml:space="preserve">Staff must serve the </w:t>
       </w:r>
       <w:r w:rsidR="008463FA">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE79A9">
         <w:t>encing notice</w:t>
       </w:r>
       <w:r w:rsidR="002D50BC">
         <w:t xml:space="preserve"> by using registered and </w:t>
       </w:r>
       <w:r w:rsidR="001B72FD">
         <w:t xml:space="preserve">normal </w:t>
       </w:r>
       <w:r w:rsidR="002D50BC">
         <w:t>mail</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE79A9">
         <w:t>, along with</w:t>
@@ -5978,189 +6054,189 @@
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="000F4D83">
         <w:t>Agree to Pay for Fencing Works</w:t>
       </w:r>
       <w:r>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="000F4D83">
         <w:t xml:space="preserve"> form, are available on the</w:t>
       </w:r>
       <w:r w:rsidR="009267FE" w:rsidRPr="000F4D83">
         <w:t xml:space="preserve"> Public Housing Resources SharePoint </w:t>
       </w:r>
       <w:hyperlink r:id="rId23">
         <w:r w:rsidR="002D50BC" w:rsidRPr="000F4D83">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Fencing</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002D50BC" w:rsidRPr="000F4D83">
         <w:t xml:space="preserve"> page &lt;</w:t>
       </w:r>
-      <w:bookmarkStart w:id="100" w:name="_Hlk173313081"/>
+      <w:bookmarkStart w:id="101" w:name="_Hlk173313081"/>
       <w:r w:rsidR="002D50BC" w:rsidRPr="000F4D83">
         <w:t>https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx&gt;</w:t>
       </w:r>
       <w:r w:rsidR="001D4910" w:rsidRPr="000F4D83">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
     </w:p>
     <w:p w14:paraId="7622BCAF" w14:textId="35A67D40" w:rsidR="00F5682F" w:rsidRPr="007C1474" w:rsidRDefault="00835FD0" w:rsidP="000F4D83">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="101" w:name="_Toc171941262"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc171941262"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc171941461"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc219103639"/>
       <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
       <w:r w:rsidRPr="007C1474">
         <w:lastRenderedPageBreak/>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00407299" w:rsidRPr="007C1474">
         <w:t>enc</w:t>
       </w:r>
       <w:r w:rsidR="00782D38" w:rsidRPr="007C1474">
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
       <w:r w:rsidR="00515BFA" w:rsidRPr="007C1474">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00782D38" w:rsidRPr="007C1474">
         <w:t>otice</w:t>
       </w:r>
       <w:r w:rsidR="00407299" w:rsidRPr="007C1474">
         <w:t xml:space="preserve"> is accepted</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkEnd w:id="104"/>
     </w:p>
     <w:p w14:paraId="25F50A11" w14:textId="43018049" w:rsidR="006B4922" w:rsidRDefault="006B4922" w:rsidP="006B4922">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If the private owner agrees to the fencing works, they must sign the Agree to Pay Fencing Works form. Once the form is signed and the works have been </w:t>
       </w:r>
       <w:r w:rsidR="008463FA">
         <w:t xml:space="preserve">raised </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">in HiiP </w:t>
       </w:r>
       <w:r w:rsidR="0000030A">
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">epairs, staff </w:t>
       </w:r>
       <w:r w:rsidR="005520DA">
         <w:t>will</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6370E00E" w14:textId="45FAD28C" w:rsidR="006B4922" w:rsidRDefault="006B4922" w:rsidP="006B4922">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">upload a copy of the signed form to </w:t>
       </w:r>
       <w:r w:rsidR="00B9198B">
         <w:t>the relevant tenancy record, ‘General’ documents tab</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4150AF38" w14:textId="2B4A1352" w:rsidR="00E2157E" w:rsidRPr="00E2157E" w:rsidRDefault="00E2157E" w:rsidP="006B4922">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00E2157E">
         <w:t>create a file note in HiiP Repairs linked to the associated job number, confirming that the private owner has agreed to the fencing works and has signed the ‘Agree to Pay Fencing Works’ form.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2440E614" w14:textId="1BBBD34F" w:rsidR="00FE1C3F" w:rsidRDefault="00FE1C3F" w:rsidP="00FE1C3F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="104" w:name="_Toc184893003"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc219103640"/>
       <w:r>
         <w:t>Monitoring and verifying completion of fencing works</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="104"/>
+      <w:bookmarkEnd w:id="105"/>
     </w:p>
     <w:p w14:paraId="68C754E5" w14:textId="77777777" w:rsidR="00FE1C3F" w:rsidRDefault="00FE1C3F" w:rsidP="00FE1C3F">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>After the job has been raised, staff will monitor the progress of the fencing works. This involves:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4210C7E8" w14:textId="505FBDA9" w:rsidR="00FE1C3F" w:rsidRDefault="00FE1C3F" w:rsidP="00FE1C3F">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>maintaining communication with contractors to address any issues or delays, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D6FA10" w14:textId="6E0BFC57" w:rsidR="00FE1C3F" w:rsidRPr="00FE1C3F" w:rsidRDefault="00FE1C3F" w:rsidP="00FE1C3F">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE1C3F">
         <w:t>conducting a final inspection to confirm the fence meets the required standards and specifications.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72457D08" w14:textId="50A47C5A" w:rsidR="00DF0E1D" w:rsidRDefault="00782D38" w:rsidP="000F4D83">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="105" w:name="_Toc184893004"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc219103641"/>
       <w:r>
         <w:t xml:space="preserve">Fencing </w:t>
       </w:r>
       <w:r w:rsidR="00515BFA">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t>otice</w:t>
       </w:r>
       <w:r w:rsidR="00DF0E1D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001660E9">
         <w:t>is not responded to</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="106"/>
       <w:r w:rsidR="001660E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1857AC93" w14:textId="4346CA47" w:rsidR="00B42E37" w:rsidRDefault="00B42E37" w:rsidP="00B42E37">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidR="75513953">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:t>30 days from the da</w:t>
       </w:r>
       <w:r w:rsidR="005520DA">
         <w:t>te</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the fencing notice </w:t>
       </w:r>
       <w:r w:rsidR="00DB7D36">
         <w:t xml:space="preserve">was </w:t>
@@ -6269,55 +6345,55 @@
         <w:t xml:space="preserve">After </w:t>
       </w:r>
       <w:r w:rsidR="007500B6">
         <w:t xml:space="preserve">raising </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the fencing works in HiiP </w:t>
       </w:r>
       <w:r w:rsidR="1C863901">
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">epairs, staff </w:t>
       </w:r>
       <w:r w:rsidR="001B72FD">
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r>
         <w:t>make a final effort to notify the private owner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205BDCA0" w14:textId="53289E44" w:rsidR="00B9198B" w:rsidRDefault="00B9198B" w:rsidP="00B9198B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="106" w:name="_Toc184893005"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc219103642"/>
       <w:r>
         <w:t>Fencing notice is disputed</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="107"/>
     </w:p>
     <w:p w14:paraId="460B5494" w14:textId="2E12A5B4" w:rsidR="00782D38" w:rsidRDefault="00D40AFB" w:rsidP="00782D38">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Stall </w:t>
       </w:r>
       <w:r w:rsidR="00B9198B">
         <w:t>should</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> engage in negotiations with </w:t>
       </w:r>
       <w:r w:rsidR="00782D38">
         <w:t>the private owner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> if they</w:t>
       </w:r>
       <w:r w:rsidR="00782D38">
         <w:t xml:space="preserve"> respond to the </w:t>
       </w:r>
       <w:r w:rsidR="007500B6">
         <w:t>F</w:t>
@@ -6407,62 +6483,62 @@
       </w:pPr>
       <w:r>
         <w:t>discussing cost-sharing arrangements or other financial considerations related to the fencing works</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BEFCEFB" w14:textId="25F82680" w:rsidR="00782D38" w:rsidRDefault="00782D38" w:rsidP="00782D38">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>reviewing any relevant documentation, such as reports on the fence's condition or alternative quotes, to support the discussion.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E252207" w14:textId="5B43CE7B" w:rsidR="007B0BE9" w:rsidRPr="00B9198B" w:rsidRDefault="007B0BE9" w:rsidP="003377CE">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00B9198B">
         <w:t>The Dispute Settlement Centre of Victoria is also available to support the negotiation process with private owners.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1468FFA8" w14:textId="3880B151" w:rsidR="00212D4E" w:rsidRDefault="00212D4E" w:rsidP="00B9198B">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="107" w:name="_Toc184893006"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc219103643"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Urgent</w:t>
       </w:r>
       <w:r w:rsidR="00AA2369">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>fencing works</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="107"/>
+      <w:bookmarkEnd w:id="108"/>
     </w:p>
     <w:p w14:paraId="3525217D" w14:textId="444643CE" w:rsidR="007128DA" w:rsidRDefault="007128DA" w:rsidP="007128DA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Section 23 of the Fences Act provides examples of fencing works that may be considered urgent</w:t>
       </w:r>
       <w:r w:rsidR="00DB7D36">
         <w:t xml:space="preserve">. The examples include </w:t>
       </w:r>
       <w:r w:rsidR="007500B6">
         <w:t>when</w:t>
       </w:r>
       <w:r w:rsidR="000A5022">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> fence was damaged or destroyed by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8283A3" w14:textId="5464CDDA" w:rsidR="007128DA" w:rsidRDefault="007128DA" w:rsidP="007128DA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
@@ -6554,70 +6630,70 @@
         <w:t>fence to be replaced immediately (</w:t>
       </w:r>
       <w:r w:rsidR="006E4E6D" w:rsidRPr="007B0082">
         <w:t>without first issuing a</w:t>
       </w:r>
       <w:r w:rsidR="00F81782" w:rsidRPr="007B0082">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E7C92">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="006E4E6D" w:rsidRPr="007B0082">
         <w:t>encing notice</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="006E4E6D" w:rsidRPr="007B0082">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C02BD5" w14:textId="1CCFBCC1" w:rsidR="00CC059F" w:rsidRDefault="00CC059F" w:rsidP="00B9198B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="108" w:name="_Toc184893007"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc219103644"/>
       <w:r>
         <w:t xml:space="preserve">Preparing </w:t>
       </w:r>
       <w:r w:rsidR="00C56F9B">
         <w:t>an</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> urgent </w:t>
       </w:r>
       <w:r w:rsidR="00394372">
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t>encing notice</w:t>
       </w:r>
       <w:r w:rsidR="00394372">
         <w:t xml:space="preserve"> to recover costs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkEnd w:id="109"/>
     </w:p>
     <w:p w14:paraId="310A5C5E" w14:textId="6793EBD5" w:rsidR="003668A3" w:rsidRDefault="007128DA" w:rsidP="003668A3">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>To recover costs after</w:t>
       </w:r>
       <w:r w:rsidRPr="007B0082">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005D5059" w:rsidRPr="007B0082">
         <w:t>the urgent fencing works</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> are completed</w:t>
       </w:r>
       <w:r w:rsidR="005D5059" w:rsidRPr="005D5059">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="003668A3">
         <w:t xml:space="preserve"> staff </w:t>
       </w:r>
       <w:r w:rsidR="000A5022">
         <w:t xml:space="preserve">will </w:t>
@@ -6733,73 +6809,73 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>page</w:t>
       </w:r>
       <w:r w:rsidR="00B9198B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> &lt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00C043D4">
         <w:t>https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx&gt;</w:t>
       </w:r>
       <w:r w:rsidR="00B9198B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="289CA1AA" w14:textId="69E72C9F" w:rsidR="00B9198B" w:rsidRDefault="00B9198B" w:rsidP="00B9198B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="109" w:name="_Toc184893008"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc219103645"/>
       <w:r>
         <w:t>Ad</w:t>
       </w:r>
       <w:r w:rsidR="30199CEF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">hoc </w:t>
       </w:r>
       <w:r w:rsidR="00CE5900">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">nvoice </w:t>
       </w:r>
       <w:r w:rsidR="00CE5900">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t>equest</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkEnd w:id="110"/>
     </w:p>
     <w:p w14:paraId="4A359612" w14:textId="29538F04" w:rsidR="009126C7" w:rsidRDefault="009126C7" w:rsidP="009126C7">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>To generate and attach an invoice to the urgent Fencing Notice, staff must submit a</w:t>
       </w:r>
       <w:r w:rsidR="0080034F">
         <w:t>n ‘Invoice R</w:t>
       </w:r>
       <w:r>
         <w:t>equest</w:t>
       </w:r>
       <w:r w:rsidR="0080034F">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> through the department's </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="009126C7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
@@ -6864,57 +6940,57 @@
       <w:r w:rsidR="009126C7">
         <w:t xml:space="preserve"> copy of the urgent Fencing Notice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59FAFF7A" w14:textId="03BFA148" w:rsidR="009126C7" w:rsidRDefault="00DB55A5" w:rsidP="009126C7">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="009126C7">
         <w:t>he completed job order</w:t>
       </w:r>
       <w:r w:rsidR="0080034F">
         <w:t xml:space="preserve"> from HiiP repairs</w:t>
       </w:r>
       <w:r w:rsidR="00FE1C3F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="022FEF09" w14:textId="77777777" w:rsidR="00A60EC1" w:rsidRDefault="00A60EC1" w:rsidP="00A60EC1">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="110" w:name="_Toc175763117"/>
-      <w:bookmarkStart w:id="111" w:name="_Toc184893009"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc175763117"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc219103646"/>
       <w:r>
         <w:t>Pursing action in the Magistrates’ Court</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="110"/>
       <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkEnd w:id="112"/>
     </w:p>
     <w:p w14:paraId="03F1EBD0" w14:textId="77777777" w:rsidR="00A60EC1" w:rsidRDefault="00A60EC1" w:rsidP="00A60EC1">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t>When a private owner fails to agree to replace a fence, or the department wishes to</w:t>
       </w:r>
       <w:r w:rsidRPr="003073D1">
         <w:t xml:space="preserve"> recover costs for </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">completed </w:t>
       </w:r>
       <w:r w:rsidRPr="003073D1">
         <w:t>works, initiating a complaint in the Magistrates’ Court (Form 5A – Complaint) under the Fences Act may become</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> necessary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72F03F3D" w14:textId="6900F356" w:rsidR="00A60EC1" w:rsidRDefault="00A60EC1" w:rsidP="00A60EC1">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
@@ -7015,204 +7091,203 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="7043E367" w14:textId="77777777" w:rsidR="00A60EC1" w:rsidRDefault="00A60EC1" w:rsidP="00A60EC1">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>copy of the Fencing notice (or urgent Fencing notice) and all correspondence sent to the owner, including details of the registered mail</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7777DB87" w14:textId="77777777" w:rsidR="00A60EC1" w:rsidRDefault="00A60EC1" w:rsidP="00A60EC1">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r w:rsidRPr="0028554F">
         <w:t>documentation confirming the completion of the fencing works, including</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> an invoice and photographs. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1445CF7F" w14:textId="77777777" w:rsidR="004465AC" w:rsidRDefault="004465AC" w:rsidP="004465AC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="112" w:name="_Toc175763118"/>
-      <w:bookmarkStart w:id="113" w:name="_Toc184893010"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc175763118"/>
+      <w:bookmarkStart w:id="114" w:name="_Toc219103647"/>
       <w:r>
         <w:t>Invoicing and payment management</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="112"/>
       <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkEnd w:id="114"/>
     </w:p>
     <w:p w14:paraId="55360743" w14:textId="77777777" w:rsidR="004465AC" w:rsidRPr="0090595F" w:rsidRDefault="004465AC" w:rsidP="004465AC">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="006B1DE0">
         <w:t>The costs for fencing works are divided equally (unless a different amount is negotiated etc). An order from the Magistrates’ Court may also require an owner to pay more than an equal share</w:t>
       </w:r>
       <w:r w:rsidRPr="0090595F">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C18429" w14:textId="77777777" w:rsidR="004465AC" w:rsidRPr="00970E51" w:rsidRDefault="004465AC" w:rsidP="004465AC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="114" w:name="_Toc165447867"/>
-[...129 lines deleted...]
-      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc165447867"/>
+      <w:bookmarkStart w:id="116" w:name="_Fencing_works_initiated"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc165447869"/>
+      <w:bookmarkStart w:id="118" w:name="_Toc165447870"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc165447871"/>
+      <w:bookmarkStart w:id="120" w:name="_Toc165447872"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc165447873"/>
+      <w:bookmarkStart w:id="122" w:name="_Toc165447874"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc165447875"/>
+      <w:bookmarkStart w:id="124" w:name="_Toc165447876"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc165447877"/>
+      <w:bookmarkStart w:id="126" w:name="_Toc165447878"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc165447879"/>
+      <w:bookmarkStart w:id="128" w:name="_Toc165447880"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc165447881"/>
+      <w:bookmarkStart w:id="130" w:name="_Toc165447882"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc165447883"/>
+      <w:bookmarkStart w:id="132" w:name="_Toc165447884"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc165447885"/>
+      <w:bookmarkStart w:id="134" w:name="_Toc165447886"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc165447887"/>
+      <w:bookmarkStart w:id="136" w:name="_Toc165447888"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc165447889"/>
+      <w:bookmarkStart w:id="138" w:name="_Toc165447890"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc165447891"/>
+      <w:bookmarkStart w:id="140" w:name="_Toc165447892"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc165447893"/>
+      <w:bookmarkStart w:id="142" w:name="_Toc165447894"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc165447895"/>
+      <w:bookmarkStart w:id="144" w:name="_Toc165447896"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc165447897"/>
+      <w:bookmarkStart w:id="146" w:name="_Toc165447898"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc165447899"/>
+      <w:bookmarkStart w:id="148" w:name="_Toc165447900"/>
+      <w:bookmarkStart w:id="149" w:name="_Toc165447901"/>
+      <w:bookmarkStart w:id="150" w:name="_Toc165447902"/>
+      <w:bookmarkStart w:id="151" w:name="_Toc165447903"/>
+      <w:bookmarkStart w:id="152" w:name="_Toc165447904"/>
+      <w:bookmarkStart w:id="153" w:name="_Toc165447905"/>
+      <w:bookmarkStart w:id="154" w:name="_Toc165447906"/>
+      <w:bookmarkStart w:id="155" w:name="_Toc165447907"/>
+      <w:bookmarkStart w:id="156" w:name="_Toc165447908"/>
+      <w:bookmarkStart w:id="157" w:name="_Toc165447909"/>
+      <w:bookmarkStart w:id="158" w:name="_Toc165447910"/>
+      <w:bookmarkStart w:id="159" w:name="_Toc165447911"/>
+      <w:bookmarkStart w:id="160" w:name="_Toc165447912"/>
+      <w:bookmarkStart w:id="161" w:name="_Toc165447913"/>
+      <w:bookmarkStart w:id="162" w:name="_Toc165447914"/>
+      <w:bookmarkStart w:id="163" w:name="_Toc165447915"/>
+      <w:bookmarkStart w:id="164" w:name="_Toc165447916"/>
+      <w:bookmarkStart w:id="165" w:name="_Toc165447917"/>
+      <w:bookmarkStart w:id="166" w:name="_Toc165447918"/>
+      <w:bookmarkStart w:id="167" w:name="_Toc165447919"/>
+      <w:bookmarkStart w:id="168" w:name="_Toc165447920"/>
+      <w:bookmarkStart w:id="169" w:name="_Toc165447921"/>
+      <w:bookmarkStart w:id="170" w:name="_Toc165447922"/>
+      <w:bookmarkStart w:id="171" w:name="_Toc165447923"/>
+      <w:bookmarkStart w:id="172" w:name="_Toc165447924"/>
+      <w:bookmarkStart w:id="173" w:name="_Toc165447925"/>
+      <w:bookmarkStart w:id="174" w:name="_Toc165447926"/>
+      <w:bookmarkStart w:id="175" w:name="_Toc165447927"/>
+      <w:bookmarkStart w:id="176" w:name="_Toc165447928"/>
+      <w:bookmarkStart w:id="177" w:name="_Toc165447929"/>
+      <w:bookmarkStart w:id="178" w:name="_Toc165447930"/>
+      <w:bookmarkStart w:id="179" w:name="_Toc165447931"/>
+      <w:bookmarkStart w:id="180" w:name="_Toc165447932"/>
+      <w:bookmarkStart w:id="181" w:name="_Toc165447933"/>
+      <w:bookmarkStart w:id="182" w:name="_Toc165447934"/>
+      <w:bookmarkStart w:id="183" w:name="_Toc165447935"/>
+      <w:bookmarkStart w:id="184" w:name="_Toc165447936"/>
+      <w:bookmarkStart w:id="185" w:name="_Toc165447937"/>
+      <w:bookmarkStart w:id="186" w:name="_Toc165447938"/>
+      <w:bookmarkStart w:id="187" w:name="_Toc165447939"/>
+      <w:bookmarkStart w:id="188" w:name="_Toc165447940"/>
+      <w:bookmarkStart w:id="189" w:name="_Toc165447941"/>
+      <w:bookmarkStart w:id="190" w:name="_Toc165447942"/>
+      <w:bookmarkStart w:id="191" w:name="_Toc165447943"/>
+      <w:bookmarkStart w:id="192" w:name="_Toc165447944"/>
+      <w:bookmarkStart w:id="193" w:name="_Toc165447945"/>
+      <w:bookmarkStart w:id="194" w:name="_Toc165447946"/>
+      <w:bookmarkStart w:id="195" w:name="_Toc165447947"/>
+      <w:bookmarkStart w:id="196" w:name="_Toc165447948"/>
+      <w:bookmarkStart w:id="197" w:name="_Toc165447949"/>
+      <w:bookmarkStart w:id="198" w:name="_Toc165447950"/>
+      <w:bookmarkStart w:id="199" w:name="_Toc165447951"/>
+      <w:bookmarkStart w:id="200" w:name="_Toc165447952"/>
+      <w:bookmarkStart w:id="201" w:name="_Toc165447953"/>
+      <w:bookmarkStart w:id="202" w:name="_Toc165447954"/>
+      <w:bookmarkStart w:id="203" w:name="_Toc165447955"/>
+      <w:bookmarkStart w:id="204" w:name="_Toc165447956"/>
+      <w:bookmarkStart w:id="205" w:name="_Toc165447957"/>
+      <w:bookmarkStart w:id="206" w:name="_Toc165447958"/>
+      <w:bookmarkStart w:id="207" w:name="_Toc165447959"/>
+      <w:bookmarkStart w:id="208" w:name="_Toc165447960"/>
+      <w:bookmarkStart w:id="209" w:name="_Toc165447961"/>
+      <w:bookmarkStart w:id="210" w:name="_Toc165447962"/>
+      <w:bookmarkStart w:id="211" w:name="_Toc165447963"/>
+      <w:bookmarkStart w:id="212" w:name="_Toc165447964"/>
+      <w:bookmarkStart w:id="213" w:name="_Toc165447965"/>
+      <w:bookmarkStart w:id="214" w:name="_Toc165447966"/>
+      <w:bookmarkStart w:id="215" w:name="_Toc165447967"/>
+      <w:bookmarkStart w:id="216" w:name="_Toc165447968"/>
+      <w:bookmarkStart w:id="217" w:name="_Toc165447969"/>
+      <w:bookmarkStart w:id="218" w:name="_Toc165447970"/>
+      <w:bookmarkStart w:id="219" w:name="_Toc165447971"/>
+      <w:bookmarkStart w:id="220" w:name="_Toc165447972"/>
+      <w:bookmarkStart w:id="221" w:name="_Toc165447973"/>
+      <w:bookmarkStart w:id="222" w:name="_Toc165447974"/>
+      <w:bookmarkStart w:id="223" w:name="_Toc165447975"/>
+      <w:bookmarkStart w:id="224" w:name="_Toc165447976"/>
+      <w:bookmarkStart w:id="225" w:name="_Toc165447977"/>
+      <w:bookmarkStart w:id="226" w:name="_Toc164055654"/>
+      <w:bookmarkStart w:id="227" w:name="_Toc165447978"/>
+      <w:bookmarkStart w:id="228" w:name="_Toc165447979"/>
+      <w:bookmarkStart w:id="229" w:name="_Toc165447980"/>
+      <w:bookmarkStart w:id="230" w:name="_Toc165447981"/>
+      <w:bookmarkStart w:id="231" w:name="_Toc165447982"/>
+      <w:bookmarkStart w:id="232" w:name="_Toc165447983"/>
+      <w:bookmarkStart w:id="233" w:name="_Toc165447984"/>
+      <w:bookmarkStart w:id="234" w:name="_Toc165447985"/>
+      <w:bookmarkStart w:id="235" w:name="_Toc165447986"/>
+      <w:bookmarkStart w:id="236" w:name="_Toc165447987"/>
+      <w:bookmarkStart w:id="237" w:name="_Toc165447988"/>
+      <w:bookmarkStart w:id="238" w:name="_Toc165447989"/>
+      <w:bookmarkStart w:id="239" w:name="_Toc165447990"/>
+      <w:bookmarkStart w:id="240" w:name="_Toc165447991"/>
+      <w:bookmarkStart w:id="241" w:name="_Paying_for_shared"/>
+      <w:bookmarkStart w:id="242" w:name="_Toc175763119"/>
+      <w:bookmarkStart w:id="243" w:name="_Toc219103648"/>
+      <w:bookmarkStart w:id="244" w:name="_Hlk163994351"/>
       <w:bookmarkEnd w:id="115"/>
       <w:bookmarkEnd w:id="116"/>
       <w:bookmarkEnd w:id="117"/>
       <w:bookmarkEnd w:id="118"/>
       <w:bookmarkEnd w:id="119"/>
       <w:bookmarkEnd w:id="120"/>
       <w:bookmarkEnd w:id="121"/>
       <w:bookmarkEnd w:id="122"/>
       <w:bookmarkEnd w:id="123"/>
       <w:bookmarkEnd w:id="124"/>
       <w:bookmarkEnd w:id="125"/>
       <w:bookmarkEnd w:id="126"/>
       <w:bookmarkEnd w:id="127"/>
       <w:bookmarkEnd w:id="128"/>
       <w:bookmarkEnd w:id="129"/>
       <w:bookmarkEnd w:id="130"/>
       <w:bookmarkEnd w:id="131"/>
       <w:bookmarkEnd w:id="132"/>
       <w:bookmarkEnd w:id="133"/>
       <w:bookmarkEnd w:id="134"/>
       <w:bookmarkEnd w:id="135"/>
       <w:bookmarkEnd w:id="136"/>
       <w:bookmarkEnd w:id="137"/>
       <w:bookmarkEnd w:id="138"/>
       <w:bookmarkEnd w:id="139"/>
@@ -7295,91 +7370,162 @@
       <w:bookmarkEnd w:id="216"/>
       <w:bookmarkEnd w:id="217"/>
       <w:bookmarkEnd w:id="218"/>
       <w:bookmarkEnd w:id="219"/>
       <w:bookmarkEnd w:id="220"/>
       <w:bookmarkEnd w:id="221"/>
       <w:bookmarkEnd w:id="222"/>
       <w:bookmarkEnd w:id="223"/>
       <w:bookmarkEnd w:id="224"/>
       <w:bookmarkEnd w:id="225"/>
       <w:bookmarkEnd w:id="226"/>
       <w:bookmarkEnd w:id="227"/>
       <w:bookmarkEnd w:id="228"/>
       <w:bookmarkEnd w:id="229"/>
       <w:bookmarkEnd w:id="230"/>
       <w:bookmarkEnd w:id="231"/>
       <w:bookmarkEnd w:id="232"/>
       <w:bookmarkEnd w:id="233"/>
       <w:bookmarkEnd w:id="234"/>
       <w:bookmarkEnd w:id="235"/>
       <w:bookmarkEnd w:id="236"/>
       <w:bookmarkEnd w:id="237"/>
       <w:bookmarkEnd w:id="238"/>
       <w:bookmarkEnd w:id="239"/>
       <w:bookmarkEnd w:id="240"/>
+      <w:bookmarkEnd w:id="241"/>
       <w:r w:rsidRPr="00970E51">
         <w:t>Casual contractor invoice payments</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="241"/>
       <w:bookmarkEnd w:id="242"/>
+      <w:bookmarkEnd w:id="243"/>
     </w:p>
     <w:p w14:paraId="5EF7E52C" w14:textId="77777777" w:rsidR="004465AC" w:rsidRPr="006B1DE0" w:rsidRDefault="004465AC" w:rsidP="006B1DE0">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="006B1DE0">
         <w:t xml:space="preserve">After the fencing works are completed and an invoice is received, the department will pay the amount agreed to the casual fencing contractor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="671F9F60" w14:textId="77777777" w:rsidR="004465AC" w:rsidRPr="006B1DE0" w:rsidRDefault="004465AC" w:rsidP="006B1DE0">
+    <w:p w14:paraId="055A67F2" w14:textId="18BD3045" w:rsidR="0052096C" w:rsidRDefault="004465AC" w:rsidP="006B1DE0">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="006B1DE0">
         <w:t>Approval of payments is made by staff delegated by the Housing Act – Instrument of Delegations and in line with local office processes. Payments are processed in the HiiP system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D62DE69" w14:textId="77777777" w:rsidR="004465AC" w:rsidRDefault="004465AC" w:rsidP="004465AC">
+    <w:p w14:paraId="4FCCDA3A" w14:textId="22907303" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="00840F91">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="244" w:name="_Toc175763120"/>
-[...2 lines deleted...]
-      <w:bookmarkStart w:id="247" w:name="_Toc184893012"/>
+      <w:bookmarkStart w:id="245" w:name="_Toc219103649"/>
+      <w:r>
+        <w:t>Payments by private owners</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="245"/>
+    </w:p>
+    <w:p w14:paraId="46DEA2AA" w14:textId="0B4960E1" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="0052096C">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>After the works are completed, staff must:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66133949" w14:textId="587A216A" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="00840F91">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">complete an Ad-hoc Invoice Request via OurService &lt;https://ourservice.support.vic.gov.au/ourservice?id=sc_cat_item&amp;sys_id=1318a4ae1b353910af5d98ef0d4bcb02&gt; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A898415" w14:textId="0C54FBA3" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="00840F91">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>complete the mandatory Invoice Request template, which can be downloaded directly from within the online form</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589CD5F2" w14:textId="7D702644" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="00840F91">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r>
+        <w:t>attach the following required documents:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C88739" w14:textId="6CE06854" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="00840F91">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>agree to Pay Fencing Costs form (previously signed by the private owner).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EF8552D" w14:textId="38CAED51" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="00840F91">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+      </w:pPr>
+      <w:r>
+        <w:t>copy of the completed job order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E84D0D" w14:textId="5DFFDE58" w:rsidR="0052096C" w:rsidRDefault="0052096C" w:rsidP="00840F91">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0052096C">
+        <w:t>Once the invoice is issued, the private owner can proceed with payment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D84AB24" w14:textId="77777777" w:rsidR="0052096C" w:rsidRPr="006B1DE0" w:rsidRDefault="0052096C" w:rsidP="006B1DE0">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D62DE69" w14:textId="77777777" w:rsidR="004465AC" w:rsidRDefault="004465AC" w:rsidP="00840F91">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="246" w:name="_Toc175763120"/>
+      <w:bookmarkStart w:id="247" w:name="_Toc164055658"/>
+      <w:bookmarkStart w:id="248" w:name="_Toc175763122"/>
       <w:bookmarkEnd w:id="244"/>
-      <w:bookmarkEnd w:id="243"/>
-[...6 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="246"/>
       <w:bookmarkEnd w:id="247"/>
+      <w:r w:rsidRPr="00350C48">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Payment </w:t>
+      </w:r>
+      <w:r>
+        <w:t>by instalments</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="248"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74FB1219" w14:textId="77777777" w:rsidR="004465AC" w:rsidRDefault="004465AC" w:rsidP="006B1DE0">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r w:rsidRPr="00FF6C6C">
         <w:t xml:space="preserve">If a private owner encounters financial </w:t>
       </w:r>
       <w:r>
         <w:t>hardship</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6C6C">
         <w:t xml:space="preserve"> and is unable to make </w:t>
       </w:r>
       <w:r>
         <w:t>a payment in full</w:t>
       </w:r>
       <w:r w:rsidRPr="00FF6C6C">
         <w:t xml:space="preserve">, staff may explore </w:t>
       </w:r>
       <w:r>
         <w:t>arranging payments by instalments</w:t>
@@ -7451,51 +7597,50 @@
       <w:r>
         <w:t>, and attach the following required documents:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4922CE0E" w14:textId="77777777" w:rsidR="004465AC" w:rsidRDefault="004465AC" w:rsidP="00CA35D3">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>the Agreement to pay fencing costs by instalments form (signed by the private owner), and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5747C4E1" w14:textId="77777777" w:rsidR="004465AC" w:rsidRDefault="004465AC" w:rsidP="00CA35D3">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
       </w:pPr>
       <w:r>
         <w:t>a copy of the completed job order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7758C4C0" w14:textId="14D66BFA" w:rsidR="004465AC" w:rsidRDefault="004465AC" w:rsidP="00CA35D3">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="002736A3">
         <w:t xml:space="preserve"> Agreement to Pay Fencing Costs by Instalments form</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is available on the</w:t>
       </w:r>
       <w:r w:rsidR="00CA35D3">
         <w:t xml:space="preserve"> Public Housing Resources SharePoint</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:eastAsia="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Fencing page</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CA35D3">
@@ -7519,61 +7664,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidR="00CA35D3">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2380F1DD" w14:textId="77777777" w:rsidR="004465AC" w:rsidRDefault="004465AC" w:rsidP="006B1DE0">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>The Finance Team will monitor the payments made by the private owner. If they fail to make a payment, the Finance Team will inform the local office.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="320DA2F7" w14:textId="7B1DC5A0" w:rsidR="00CB2F9F" w:rsidRDefault="00925C39" w:rsidP="00493342">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="248" w:name="_Monitoring_and_verifying"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="248"/>
+      <w:bookmarkStart w:id="249" w:name="_Monitoring_and_verifying"/>
+      <w:bookmarkStart w:id="250" w:name="_Pursing_action_in"/>
+      <w:bookmarkStart w:id="251" w:name="_Invoicing_and_payment"/>
+      <w:bookmarkStart w:id="252" w:name="_Toc219103650"/>
       <w:bookmarkEnd w:id="249"/>
       <w:bookmarkEnd w:id="250"/>
+      <w:bookmarkEnd w:id="251"/>
       <w:r>
         <w:t>Damaged fencing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="251"/>
+      <w:bookmarkEnd w:id="252"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78F0C42C" w14:textId="7EA5C445" w:rsidR="00CB2F9F" w:rsidRDefault="00F40AF4" w:rsidP="197F0926">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00CB2F9F">
         <w:t>rivate owner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00CB2F9F">
         <w:t xml:space="preserve">or their renters will be responsible for </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the costs to repair or </w:t>
       </w:r>
       <w:r w:rsidR="00CB2F9F">
         <w:t>replace</w:t>
@@ -7620,74 +7765,74 @@
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Homes Victoria has the same responsibility if </w:t>
       </w:r>
       <w:r w:rsidR="004E7054">
         <w:t xml:space="preserve">its </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">renter damages or destroys a fence. The department may consider recovering costs </w:t>
       </w:r>
       <w:r w:rsidR="00F40AF4">
         <w:t xml:space="preserve">from renters </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">by pursuing a </w:t>
       </w:r>
       <w:r w:rsidR="0066138D">
         <w:t>maintenance claim against the renter.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="312A052A" w14:textId="140A3D2E" w:rsidR="006C068E" w:rsidRDefault="00611569" w:rsidP="00AD5CEF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="252" w:name="_Toc184893014"/>
+      <w:bookmarkStart w:id="253" w:name="_Toc219103651"/>
       <w:r>
         <w:t xml:space="preserve">Dividing </w:t>
       </w:r>
       <w:r w:rsidR="0015709E">
         <w:t>fences</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F40AF4">
         <w:t>and works programs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="252"/>
+      <w:bookmarkEnd w:id="253"/>
     </w:p>
     <w:p w14:paraId="4A861986" w14:textId="0374CE1B" w:rsidR="00611569" w:rsidRDefault="00FF799E" w:rsidP="00862C70">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="253" w:name="_Toc184893015"/>
+      <w:bookmarkStart w:id="254" w:name="_Toc219103652"/>
       <w:r>
         <w:t>Programme works</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="253"/>
+      <w:bookmarkEnd w:id="254"/>
     </w:p>
     <w:p w14:paraId="76661F4C" w14:textId="26706FC9" w:rsidR="00DD534F" w:rsidRDefault="00DD534F" w:rsidP="00DD534F">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">If </w:t>
       </w:r>
       <w:r w:rsidR="00216899">
         <w:t xml:space="preserve">it is determined </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">fencing works are required during the </w:t>
       </w:r>
       <w:r w:rsidR="00C96A95">
         <w:t xml:space="preserve">scoping </w:t>
       </w:r>
       <w:r>
         <w:t>of program</w:t>
       </w:r>
       <w:r w:rsidR="001B72FD">
         <w:t>med</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> work</w:t>
@@ -7799,94 +7944,95 @@
     </w:p>
     <w:p w14:paraId="4B894938" w14:textId="77777777" w:rsidR="00E74FE7" w:rsidRDefault="00E74FE7" w:rsidP="00CA35D3">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00720BE1">
         <w:t xml:space="preserve">Local office staff </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidRPr="00720BE1">
         <w:t xml:space="preserve">refer all issues relating to fencing to the </w:t>
       </w:r>
       <w:r>
         <w:t>Asset Management Branch</w:t>
       </w:r>
       <w:r w:rsidRPr="00720BE1">
         <w:t xml:space="preserve"> project manager.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57788F40" w14:textId="24A552A2" w:rsidR="00235480" w:rsidRDefault="00FF799E" w:rsidP="00FF799E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="254" w:name="_Toc184893016"/>
-      <w:bookmarkStart w:id="255" w:name="_Hlk163834810"/>
+      <w:bookmarkStart w:id="255" w:name="_Toc219103653"/>
+      <w:bookmarkStart w:id="256" w:name="_Hlk163834810"/>
       <w:r>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00235480">
         <w:t>ew housing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="254"/>
-[...1 lines deleted...]
-    <w:bookmarkEnd w:id="255"/>
+      <w:bookmarkEnd w:id="255"/>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
     <w:p w14:paraId="213028A9" w14:textId="07CCD1FD" w:rsidR="00235480" w:rsidRDefault="00216899" w:rsidP="00235480">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>When new fencing is required, t</w:t>
       </w:r>
       <w:r w:rsidR="00235480">
         <w:t xml:space="preserve">he project manager </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">leading the construction </w:t>
       </w:r>
       <w:r w:rsidR="00E74FE7">
         <w:t>or acquisition project will include in</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00235480">
         <w:t xml:space="preserve"> scope of works:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ED62698" w14:textId="76049271" w:rsidR="00235480" w:rsidRDefault="00C90E82" w:rsidP="00235480">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Homes Victoria’s</w:t>
       </w:r>
       <w:r w:rsidR="00235480">
         <w:t xml:space="preserve"> standard specifications for fencing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BF75DCF" w14:textId="77777777" w:rsidR="00235480" w:rsidRDefault="00235480" w:rsidP="00235480">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>the need to tender for fencing works associated with the project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="679FEC6E" w14:textId="77777777" w:rsidR="00235480" w:rsidRDefault="00235480" w:rsidP="00235480">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>the successful fencing contractor provides a certificate of currency for public liability insurance</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A09D988" w14:textId="57A098B2" w:rsidR="00235480" w:rsidRDefault="00235480" w:rsidP="00235480">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
@@ -7895,128 +8041,127 @@
         <w:t xml:space="preserve">the contractor will be responsible for serving a </w:t>
       </w:r>
       <w:r w:rsidR="00216899">
         <w:t>Fencing notice</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> on any </w:t>
       </w:r>
       <w:r w:rsidR="00C90E82">
         <w:t xml:space="preserve">private </w:t>
       </w:r>
       <w:r>
         <w:t>owners</w:t>
       </w:r>
       <w:r w:rsidR="00E74FE7">
         <w:t>, and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16EB15F1" w14:textId="470ED0EF" w:rsidR="00235480" w:rsidRDefault="00235480" w:rsidP="00235480">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the contractor will communicate with public housing renters about the works and </w:t>
       </w:r>
-      <w:bookmarkStart w:id="256" w:name="_Int_xR5Ja3mD"/>
+      <w:bookmarkStart w:id="257" w:name="_Int_xR5Ja3mD"/>
       <w:r w:rsidR="00216899">
         <w:t xml:space="preserve">anticipated </w:t>
       </w:r>
-      <w:bookmarkStart w:id="257" w:name="_Int_0dp4Ye8E"/>
+      <w:bookmarkStart w:id="258" w:name="_Int_0dp4Ye8E"/>
       <w:r>
         <w:t>timeframes</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="256"/>
       <w:bookmarkEnd w:id="257"/>
+      <w:bookmarkEnd w:id="258"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CA376BE" w14:textId="1B105C5E" w:rsidR="00720BE1" w:rsidRDefault="00720BE1" w:rsidP="00CA35D3">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r w:rsidRPr="00720BE1">
         <w:t xml:space="preserve">If an owner fails to agree to the fencing works by </w:t>
       </w:r>
       <w:r w:rsidR="003D37E6">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00720BE1">
         <w:t xml:space="preserve">end of 30-day period specified in the </w:t>
       </w:r>
       <w:r w:rsidR="00216899">
         <w:t>Fencing notice</w:t>
       </w:r>
       <w:r w:rsidRPr="00720BE1">
         <w:t xml:space="preserve">, the successful contractor will refer </w:t>
       </w:r>
       <w:r w:rsidRPr="002D3F40">
         <w:t xml:space="preserve">the matter to the </w:t>
       </w:r>
       <w:r w:rsidR="00C31690" w:rsidRPr="002D3F40">
         <w:t>Asset Management Branch</w:t>
       </w:r>
       <w:r w:rsidR="002D3F40" w:rsidRPr="002D3F40">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DD52EA8" w14:textId="770518B9" w:rsidR="00B741BF" w:rsidRDefault="00720BE1" w:rsidP="00720BE1">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:bookmarkStart w:id="258" w:name="_Hlk175739856"/>
+      <w:bookmarkStart w:id="259" w:name="_Hlk175739856"/>
       <w:r w:rsidRPr="00720BE1">
         <w:t xml:space="preserve">Local office staff </w:t>
       </w:r>
       <w:r w:rsidR="00C90E82">
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r w:rsidRPr="00720BE1">
         <w:t xml:space="preserve">refer all issues relating to fencing to the </w:t>
       </w:r>
       <w:r w:rsidR="00C31690">
         <w:t>Asset Management Branch</w:t>
       </w:r>
       <w:r w:rsidRPr="00720BE1">
         <w:t xml:space="preserve"> project manager.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79A128E0" w14:textId="02C69EA9" w:rsidR="0022190E" w:rsidRDefault="00765C29" w:rsidP="00765C29">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="259" w:name="_Toc184893017"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:bookmarkStart w:id="260" w:name="_Toc219103654"/>
+      <w:bookmarkEnd w:id="259"/>
+      <w:r>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="0022190E">
         <w:t>acant land</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="259"/>
+      <w:bookmarkEnd w:id="260"/>
     </w:p>
     <w:p w14:paraId="53DE5459" w14:textId="04884334" w:rsidR="00E33BE1" w:rsidRDefault="00E33BE1" w:rsidP="00E33BE1">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>When fencing works are required for a dividing fence between a private owner and Homes Victoria</w:t>
       </w:r>
       <w:r w:rsidR="00E74FE7">
         <w:t xml:space="preserve"> owned vacant land</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, the local office </w:t>
       </w:r>
       <w:r w:rsidR="00E74FE7">
         <w:t xml:space="preserve">will </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">consult </w:t>
       </w:r>
       <w:r w:rsidR="00E74FE7">
         <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r>
         <w:t>Asset Management Branch.</w:t>
@@ -8044,231 +8189,231 @@
       </w:pPr>
       <w:r>
         <w:t>minor repairs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A2563D9" w14:textId="77777777" w:rsidR="00FA4E2A" w:rsidRDefault="00FA4E2A" w:rsidP="00FA4E2A">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>minor capital works for complete replacement, or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="777449FB" w14:textId="77777777" w:rsidR="00FA4E2A" w:rsidRPr="00B741BF" w:rsidRDefault="00FA4E2A" w:rsidP="00FA4E2A">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
         <w:t>included in a works program.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="481EAF8D" w14:textId="39E945EC" w:rsidR="008B7290" w:rsidRPr="008B7290" w:rsidRDefault="008B7290" w:rsidP="007C1474">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:bookmarkStart w:id="260" w:name="_Toc175747276"/>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="260"/>
+      <w:bookmarkStart w:id="261" w:name="_Toc175747276"/>
+      <w:bookmarkStart w:id="262" w:name="_Toc175763128"/>
+      <w:bookmarkStart w:id="263" w:name="_Toc175747277"/>
+      <w:bookmarkStart w:id="264" w:name="_Toc175763129"/>
+      <w:bookmarkStart w:id="265" w:name="_Toc175747278"/>
+      <w:bookmarkStart w:id="266" w:name="_Toc175763130"/>
+      <w:bookmarkStart w:id="267" w:name="_Toc175747279"/>
+      <w:bookmarkStart w:id="268" w:name="_Toc175763131"/>
+      <w:bookmarkStart w:id="269" w:name="_Toc175747280"/>
+      <w:bookmarkStart w:id="270" w:name="_Toc175763132"/>
       <w:bookmarkEnd w:id="261"/>
       <w:bookmarkEnd w:id="262"/>
       <w:bookmarkEnd w:id="263"/>
       <w:bookmarkEnd w:id="264"/>
       <w:bookmarkEnd w:id="265"/>
       <w:bookmarkEnd w:id="266"/>
       <w:bookmarkEnd w:id="267"/>
       <w:bookmarkEnd w:id="268"/>
       <w:bookmarkEnd w:id="269"/>
+      <w:bookmarkEnd w:id="270"/>
     </w:p>
     <w:sectPr w:rsidR="008B7290" w:rsidRPr="008B7290" w:rsidSect="00DD5530">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="265249B3" w14:textId="77777777" w:rsidR="00C51129" w:rsidRDefault="00C51129">
+    <w:p w14:paraId="32D46187" w14:textId="77777777" w:rsidR="00C862CD" w:rsidRDefault="00C862CD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DE22F18" w14:textId="77777777" w:rsidR="00C51129" w:rsidRDefault="00C51129"/>
+    <w:p w14:paraId="18AE3809" w14:textId="77777777" w:rsidR="00C862CD" w:rsidRDefault="00C862CD"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="05B34C3A" w14:textId="77777777" w:rsidR="00C51129" w:rsidRDefault="00C51129">
+    <w:p w14:paraId="4DDFFD0A" w14:textId="77777777" w:rsidR="00C862CD" w:rsidRDefault="00C862CD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A800D6F" w14:textId="77777777" w:rsidR="00C51129" w:rsidRDefault="00C51129"/>
+    <w:p w14:paraId="24FB4F10" w14:textId="77777777" w:rsidR="00C862CD" w:rsidRDefault="00C862CD"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="107F7BFE" w14:textId="77777777" w:rsidR="00C51129" w:rsidRDefault="00C51129">
+    <w:p w14:paraId="32AB9083" w14:textId="77777777" w:rsidR="00C862CD" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Ebrima"/>
+    <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="21E06AB0" w14:textId="3FA2AEC0" w:rsidR="00EB4BC7" w:rsidRDefault="00EB4BC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5F16E52C" wp14:editId="181E78CF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189845</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="Text Box 7" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -8310,92 +8455,92 @@
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00EB4BC7">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="5F16E52C">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <w:pict>
+            <v:shapetype w14:anchorId="5F16E52C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 7" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1026" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0o2UmKbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDxzHYP0zRskZj&#10;03OpR+YZ2dvmj1Jtwy04kH7CoU1AyoaLuANuk6UfttnWzIi4C4LjzBkm9//K8qfD1rxY4vuv0COB&#10;AZDOuNyhM+zTS9uGL05KMI4QHs+wid4Tjs6b2TydZhjiGJtm2c3tLJRJLn8b6/w3AS0JRkEt0hLR&#10;YoeN80PqKSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7McFSqiOuJeFgXJn+LrB5hvm/Auz&#10;yDHOi7r1z3hIBdgERouSGuyvv/lDPkKPUUo61ExB3c89s4IS9V0jKXfZ9XUQWbygYd97y5NX79sH&#10;QDlm+DIMj2bI9epkSgvtG8p6FbphiGmOPQtanswHPygYnwUXq1VMQjkZ5jd6a3goHWAMkL72b8ya&#10;EXePjD3BSVUs/wD/kDsQsNp7kE3kJgA7oDnijVKM7I7PJmj9/T1mXR738jcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytxo3ZL&#10;CW0ap6pAXJAQoqCenXjz08TrKHbb5O1xTnDcmdHsN8l+MC27Yu9qSxKWCwEMKbe6plLCz/fbwwaY&#10;84q0ai2hhBEd7NPZXaJibW/0hdejL1koIRcrCZX3Xcy5yys0yi1shxS8wvZG+XD2Jde9uoVy0/KV&#10;EBE3qqbwoVIdvlSYN8eLkbD+3GYFPzfm/DG+j2PdFKfXrJDyfj4cdsA8Dv4vDBN+QIc0MGX2Qtqx&#10;VkIY4oMaifUzsMlfbkUELJu0p8cN8DTh/zekvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAvkEiX4AAAAAsBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;">
+            <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0o2UmKbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDxzHYP0zRskZj&#10;03OpR+YZ2dvmj1Jtwy04kH7CoU1AyoaLuANuk6UfttnWzIi4C4LjzBkm9//K8qfD1rxY4vuv0COB&#10;AZDOuNyhM+zTS9uGL05KMI4QHs+wid4Tjs6b2TydZhjiGJtm2c3tLJRJLn8b6/w3AS0JRkEt0hLR&#10;YoeN80PqKSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7McFSqiOuJeFgXJn+LrB5hvm/Auz&#10;yDHOi7r1z3hIBdgERouSGuyvv/lDPkKPUUo61ExB3c89s4IS9V0jKXfZ9XUQWbygYd97y5NX79sH&#10;QDlm+DIMj2bI9epkSgvtG8p6FbphiGmOPQtanswHPygYnwUXq1VMQjkZ5jd6a3goHWAMkL72b8ya&#10;EXePjD3BSVUs/wD/kDsQsNp7kE3kJgA7oDnijVKM7I7PJmj9/T1mXR738jcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytxo3ZL&#10;CW0ap6pAXJAQoqCenXjz08TrKHbb5O1xTnDcmdHsN8l+MC27Yu9qSxKWCwEMKbe6plLCz/fbwwaY&#10;84q0ai2hhBEd7NPZXaJibW/0hdejL1koIRcrCZX3Xcy5yys0yi1shxS8wvZG+XD2Jde9uoVy0/KV&#10;EBE3qqbwoVIdvlSYN8eLkbD+3GYFPzfm/DG+j2PdFKfXrJDyfj4cdsA8Dv4vDBN+QIc0MGX2Qtqx&#10;VkIY4oMaifUzsMlfbkUELJu0p8cN8DTh/zekvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAvkEiX4AAAAAsBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00EB4BC7" w:rsidR="00EB4BC7" w:rsidP="00EB4BC7" w:rsidRDefault="00EB4BC7" w14:paraId="75F360E3" w14:textId="31CAAB1A">
+                  <w:p w14:paraId="55F389B9" w14:textId="31CAAB1A" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="00EB4BC7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="795C27F3" w14:textId="735E2BCF" w:rsidR="00431A70" w:rsidRDefault="00EB4BC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="47C005B9" wp14:editId="033DE9C0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189687</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="Text Box 5" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
@@ -8438,92 +8583,92 @@
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00EB4BC7">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="47C005B9">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <w:pict>
+            <v:shapetype w14:anchorId="47C005B9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 5" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1027" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqG+r9FgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEWB&#10;IAngFDnTFGkRoLgsSVtyv75Lyi+kPRW9UMvd1T5mhrP7vtVkJ5xXYCpajHJKhOFQK7Op6I+35Zdb&#10;SnxgpmYajKjoXnh6P//8adbZUlxBA7oWjmAR48vOVrQJwZZZ5nkjWuZHYIXBoATXsoBXt8lqxzqs&#10;3ursKs+nWQeutg648B69j0OQzlN9KQUPL1J6EYiuKM4W0unSuY5nNp+xcuOYbRQ/jMH+YYqWKYNN&#10;T6UeWWBk69QfpVrFHXiQYcShzUBKxUXaAbcp8g/brBpmRdoFwfH2BJP/f2X5825lXx0J/VfokcAI&#10;SGd96dEZ9+mla+MXJyUYRwj3J9hEHwhH581kmo8LDHGMjYvi5nYSy2Tnv63z4ZuAlkSjog5pSWix&#10;3ZMPQ+oxJTYzsFRaJ2q0IV1Fp+NJnn44RbC4NtjjPGu0Qr/uiaov9lhDvcf1HAzMe8uXCmd4Yj68&#10;ModU49go3/CCh9SAveBgUdKA+/U3f8xHBjBKSYfSqaj/uWVOUKK/G+Tmrri+jlpLFzTcpXd99Jpt&#10;+wCoygIfiOXJjLlBH03poH1HdS9iNwwxw7FnRddH8yEMQsbXwcVikZJQVZaFJ7OyPJaOaEZk3/p3&#10;5uwB/oDEPcNRXKz8wMKQO/Cw2AaQKlEU8R3QPMCOikwkH15PlPzlPWWd3/j8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3Gj&#10;dksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFOcNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vD&#10;BpjzirRqLaGEER3s09ldomJtb/SF16MvWSghFysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT&#10;8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC&#10;2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOob6v0WAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
+            <v:shape id="Text Box 5" o:spid="_x0000_s1027" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqG+r9FgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEWB&#10;IAngFDnTFGkRoLgsSVtyv75Lyi+kPRW9UMvd1T5mhrP7vtVkJ5xXYCpajHJKhOFQK7Op6I+35Zdb&#10;SnxgpmYajKjoXnh6P//8adbZUlxBA7oWjmAR48vOVrQJwZZZ5nkjWuZHYIXBoATXsoBXt8lqxzqs&#10;3ursKs+nWQeutg648B69j0OQzlN9KQUPL1J6EYiuKM4W0unSuY5nNp+xcuOYbRQ/jMH+YYqWKYNN&#10;T6UeWWBk69QfpVrFHXiQYcShzUBKxUXaAbcp8g/brBpmRdoFwfH2BJP/f2X5825lXx0J/VfokcAI&#10;SGd96dEZ9+mla+MXJyUYRwj3J9hEHwhH581kmo8LDHGMjYvi5nYSy2Tnv63z4ZuAlkSjog5pSWix&#10;3ZMPQ+oxJTYzsFRaJ2q0IV1Fp+NJnn44RbC4NtjjPGu0Qr/uiaov9lhDvcf1HAzMe8uXCmd4Yj68&#10;ModU49go3/CCh9SAveBgUdKA+/U3f8xHBjBKSYfSqaj/uWVOUKK/G+Tmrri+jlpLFzTcpXd99Jpt&#10;+wCoygIfiOXJjLlBH03poH1HdS9iNwwxw7FnRddH8yEMQsbXwcVikZJQVZaFJ7OyPJaOaEZk3/p3&#10;5uwB/oDEPcNRXKz8wMKQO/Cw2AaQKlEU8R3QPMCOikwkH15PlPzlPWWd3/j8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3Gj&#10;dksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFOcNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vD&#10;BpjzirRqLaGEER3s09ldomJtb/SF16MvWSghFysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT&#10;8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC&#10;2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOob6v0WAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00EB4BC7" w:rsidR="00EB4BC7" w:rsidP="002C5B7C" w:rsidRDefault="00EB4BC7" w14:paraId="08CE8BEA" w14:textId="188DBC95">
+                  <w:p w14:paraId="6C8B923F" w14:textId="188DBC95" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="002C5B7C">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="4ED4B1DC" w14:textId="660D8273" w:rsidR="00EB4BC7" w:rsidRDefault="00EB4BC7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="70BA23E7" wp14:editId="2F526DE4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189845</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Text Box 6" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -8565,92 +8710,92 @@
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00EB4BC7">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="70BA23E7">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <w:pict>
+            <v:shapetype w14:anchorId="70BA23E7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 6" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1028" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jRm/GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gChbYRoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4sxVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1Kxmk6S1qwpbHAhXPofeiDdBHrSym4f5LSCU9UQXE2H08bz204k8Wc5TvLTFXz0xjsA1M0rNbY&#10;9FzqgXlG9rb+p1RTcwsOpB9xaBKQsuYi7oDbZOm7bTYVMyLuguA4c4bJfV5Z/njYmGdLfPcdOiQw&#10;ANIalzt0hn06aZvwxUkJxhHC4xk20XnC0Xk9naWTDEMcY5Msu76ZhjLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6GwyTeMP5wgWVxp7XGYNlu+2HanLgo6HPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6ugtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEAL5BIl+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2sr&#10;caN2SwltGqeqQFyQEKKgnp1489PE6yh22+TtcU5w3JnR7DfJfjAtu2LvaksSlgsBDCm3uqZSws/3&#10;28MGmPOKtGotoYQRHezT2V2iYm1v9IXXoy9ZKCEXKwmV913MucsrNMotbIcUvML2Rvlw9iXXvbqF&#10;ctPylRARN6qm8KFSHb5UmDfHi5Gw/txmBT835vwxvo9j3RSn16yQ8n4+HHbAPA7+LwwTfkCHNDBl&#10;9kLasVZCGOKDGon1M7DJX25FBCybtKfHDfA04f83pL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAu40ZvxgCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAL5BIl+AAAAALAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;">
+            <v:shape id="Text Box 6" o:spid="_x0000_s1028" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jRm/GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gChbYRoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4sxVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1Kxmk6S1qwpbHAhXPofeiDdBHrSym4f5LSCU9UQXE2H08bz204k8Wc5TvLTFXz0xjsA1M0rNbY&#10;9FzqgXlG9rb+p1RTcwsOpB9xaBKQsuYi7oDbZOm7bTYVMyLuguA4c4bJfV5Z/njYmGdLfPcdOiQw&#10;ANIalzt0hn06aZvwxUkJxhHC4xk20XnC0Xk9naWTDEMcY5Msu76ZhjLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6GwyTeMP5wgWVxp7XGYNlu+2HanLgo6HPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6ugtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEAL5BIl+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2sr&#10;caN2SwltGqeqQFyQEKKgnp1489PE6yh22+TtcU5w3JnR7DfJfjAtu2LvaksSlgsBDCm3uqZSws/3&#10;28MGmPOKtGotoYQRHezT2V2iYm1v9IXXoy9ZKCEXKwmV913MucsrNMotbIcUvML2Rvlw9iXXvbqF&#10;ctPylRARN6qm8KFSHb5UmDfHi5Gw/txmBT835vwxvo9j3RSn16yQ8n4+HHbAPA7+LwwTfkCHNDBl&#10;9kLasVZCGOKDGon1M7DJX25FBCybtKfHDfA04f83pL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAu40ZvxgCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAL5BIl+AAAAALAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00EB4BC7" w:rsidR="00EB4BC7" w:rsidP="00EB4BC7" w:rsidRDefault="00EB4BC7" w14:paraId="2CCFEE10" w14:textId="7687AF4A">
+                  <w:p w14:paraId="4086DCEE" w14:textId="7687AF4A" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="00EB4BC7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="6A5A0490" w14:textId="1557D831" w:rsidR="00D63636" w:rsidRDefault="002C5B7C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3B772BC9" wp14:editId="18CDC098">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Text Box 4" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
@@ -8693,92 +8838,92 @@
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="002C5B7C">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="3B772BC9">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <w:pict>
+            <v:shapetype w14:anchorId="3B772BC9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 4" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1029" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZof46GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LiRxLBcuAmcFHA&#10;SAI4Rc40RVoCKC5L0pbcr++Ssuwg7SnIhVrurvYxM5zfdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4srqECVwhIsol3emoJW3ps8SRyvRMPcCIzQGJRgG+bxandJaVmL&#10;1RuVXKXpLGnBlsYCF86h96EP0kWsL6Xg/klKJzxRBcXZfDxtPLfhTBZzlu8sM1XNT2OwD0zRsFpj&#10;03OpB+YZ2dv6n1JNzS04kH7EoUlAypqLuANuk6XvttlUzIi4C4LjzBkm93ll+eNhY54t8d136JDA&#10;AEhrXO7QGfbppG3CFyclGEcIj2fYROcJR+f1dJaOMwxxjI2z7PpmGsokl7+Ndf6HgIYEo6AWaYlo&#10;scPa+T51SAnNNKxqpSI1SpO2oLPxNI0/nCNYXGnscZk1WL7bdqQuCzoZ9thCecT1LPTMO8NXNc6w&#10;Zs4/M4tU49goX/+Eh1SAveBkUVKB/fM/f8hHBjBKSYvSKaj7vWdWUKJ+auTmNptMgtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAZof46GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;">
+            <v:shape id="Text Box 4" o:spid="_x0000_s1029" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLApg3GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0oOU6KbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDT2Owf5iiZY3G&#10;pudSj8wzsrfNH6XahltwIP2EQ5uAlA0XcQfcJks/bLOtmRFxFwTHmTNM7v+V5U+HrXmxxPdfoUcC&#10;AyCdcblDZ9inl7YNX5yUYBwhPJ5hE70nHJ03s3k6zTDEMTbNspvbWSiTXP421vlvAloSjIJapCWi&#10;xQ4b54fUMSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7ElT4RTjHiVUR1zPwsC8M3zd4Awb&#10;5vwLs0g1jo3y9c94SAXYC04WJTXYX3/zh3xkAKOUdCidgrqfe2YFJeq7Rm7usuvroLV4QcO+95aj&#10;V+/bB0BVZvhADI9myPVqNKWF9g3VvQrdMMQ0x54FLUfzwQ9CxtfBxWoVk1BVhvmN3hoeSgc0A7Kv&#10;/Ruz5gS/R+KeYBQXyz+wMOQOPKz2HmQTKQr4DmieYEdFRpJPrydI/v09Zl3e+PI3AAAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBLApg3GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="002C5B7C" w:rsidR="002C5B7C" w:rsidP="002C5B7C" w:rsidRDefault="002C5B7C" w14:paraId="09E77742" w14:textId="35729B6B">
+                  <w:p w14:paraId="187CC088" w14:textId="35729B6B" w:rsidR="002C5B7C" w:rsidRPr="002C5B7C" w:rsidRDefault="002C5B7C" w:rsidP="002C5B7C">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="002C5B7C">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="042FA8D0" w14:textId="7E347BBB" w:rsidR="00431A70" w:rsidRDefault="001C7128" w:rsidP="00DC00C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3667"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6EBCE929" wp14:editId="7CB17B6C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
@@ -8824,60 +8969,60 @@
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="001C7128">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="6EBCE929">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <w:pict>
+            <v:shapetype w14:anchorId="6EBCE929" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 3" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1030" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpLn+yFwIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEUB&#10;IwngFDnTFGkRoLgsSVtyv75Lyo8g7anohVrurvYxM5zd960me+G8AlPRYpRTIgyHWpltRX+8Lr/c&#10;UuIDMzXTYERFD8LT+/nnT7POluIKGtC1cASLGF92tqJNCLbMMs8b0TI/AisMBiW4lgW8um1WO9Zh&#10;9VZnV3k+zTpwtXXAhffofRyCdJ7qSyl4eJbSi0B0RXG2kE6Xzk08s/mMlVvHbKP4cQz2D1O0TBls&#10;ei71yAIjO6f+KNUq7sCDDCMObQZSKi7SDrhNkX/YZt0wK9IuCI63Z5j8/yvLn/Zr++JI6L9CjwRG&#10;QDrrS4/OuE8vXRu/OCnBOEJ4OMMm+kA4Om8m03xcYIhjbFwUN7eTWCa7/G2dD98EtCQaFXVIS0KL&#10;7Vc+DKmnlNjMwFJpnajRhnQVnY4nefrhHMHi2mCPy6zRCv2mJ6quaBogejZQH3A9BwPz3vKlwhlW&#10;zIcX5pBqHBvlG57xkBqwFxwtShpwv/7mj/nIAEYp6VA6FfU/d8wJSvR3g9zcFdfXUWvpgoZ7792c&#10;vGbXPgCqssAHYnkyY27QJ1M6aN9Q3YvYDUPMcOxZ0c3JfAiDkPF1cLFYpCRUlWVhZdaWx9IRzYjs&#10;a//GnD3CH5C4JziJi5UfWBhyBx4WuwBSJYouaB5hR0Umko+vJ0r+/T1lXd74/DcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;qFMogYY4FQJxQUIVperZiTc/TbyOYrdN3p7NCW67M6vZb9LNaDtxxsE3jhQsFxEIpMKZhioF+5+P&#10;u2cQPmgyunOECib0sMmur1KdGHehbzzvQiU4hHyiFdQh9ImUvqjRar9wPRJ7pRusDrwOlTSDvnC4&#10;7eR9FMXS6ob4Q617fKuxaHcnq2C1XeelPLb2+DV9TlPTlof3vFTq9mZ8fQERcAx/xzDjMzpkzJS7&#10;ExkvOgVcJLAaR6sYxOwv1xFP+aw9PjyBzFL5v0P2CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOkuf7IXAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAEgNXprfAAAACwEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
+            <v:shape id="Text Box 3" o:spid="_x0000_s1030" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZof46GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LiRxLBcuAmcFHA&#10;SAI4Rc40RVoCKC5L0pbcr++Ssuwg7SnIhVrurvYxM5zfdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4srqECVwhIsol3emoJW3ps8SRyvRMPcCIzQGJRgG+bxandJaVmL&#10;1RuVXKXpLGnBlsYCF86h96EP0kWsL6Xg/klKJzxRBcXZfDxtPLfhTBZzlu8sM1XNT2OwD0zRsFpj&#10;03OpB+YZ2dv6n1JNzS04kH7EoUlAypqLuANuk6XvttlUzIi4C4LjzBkm93ll+eNhY54t8d136JDA&#10;AEhrXO7QGfbppG3CFyclGEcIj2fYROcJR+f1dJaOMwxxjI2z7PpmGsokl7+Ndf6HgIYEo6AWaYlo&#10;scPa+T51SAnNNKxqpSI1SpO2oLPxNI0/nCNYXGnscZk1WL7bdqQuCzoZ9thCecT1LPTMO8NXNc6w&#10;Zs4/M4tU49goX/+Eh1SAveBkUVKB/fM/f8hHBjBKSYvSKaj7vWdWUKJ+auTmNptMgtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAZof46GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="001C7128" w:rsidR="001C7128" w:rsidP="001C7128" w:rsidRDefault="001C7128" w14:paraId="17D1F485" w14:textId="292E2C3E">
+                  <w:p w14:paraId="08EC5D7E" w14:textId="292E2C3E" w:rsidR="001C7128" w:rsidRPr="001C7128" w:rsidRDefault="001C7128" w:rsidP="001C7128">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001C7128">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
@@ -8942,118 +9087,118 @@
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00EB4BC7">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-[...1 lines deleted...]
-            <v:shape id="Text Box 11" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" o:spid="_x0000_s1031" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC4uIzwGAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0oOU6KbqdhF5kmKX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszjr90llWUd&#10;Vm9VcpWm86QDWxkLXDiH3schSJexvpSC+2cpnfBEFRRn8/G08SzDmSwXLN9ZZuqGn8Zg/zBFyxqN&#10;Tc+lHplnZG+bP0q1DbfgQPoJhzYBKRsu4g64TZZ+2GZbMyPiLgiOM2eY3P8ry58OW/Niie+/Qo8E&#10;BkA643KHzrBPL20bvjgpwThCeDzDJnpPODpvZvN0mmGIY2yaZTe3s1Amudw21vlvAloSjIJapCWi&#10;xQ4b54fUMSU007BulIrUKE26gs6nszReOEewuNLY4zJrsHxf9qSp8MK4RwnVEdezMDDvDF83OMOG&#10;Of/CLFKNY6N8/TMeUgH2gpNFSQ3219/8IR8ZwCglHUqnoO7nnllBifqukZu77Po6aC3+oGHfe8vR&#10;q/ftA6AqM3wghkcz5Ho1mtJC+4bqXoVuGGKaY8+ClqP54Ach4+vgYrWKSagqw/xGbw0PpQOaAdnX&#10;/o1Zc4LfI3FPMIqL5R9YGHIHHlZ7D7KJFAV8BzRPsKMiI8mn1xMk//4/Zl3e+PI3AAAA//8DAFBL&#10;AwQUAAYACAAAACEAL5BIl+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2sr&#10;caN2SwltGqeqQFyQEKKgnp1489PE6yh22+TtcU5w3JnR7DfJfjAtu2LvaksSlgsBDCm3uqZSws/3&#10;28MGmPOKtGotoYQRHezT2V2iYm1v9IXXoy9ZKCEXKwmV913MucsrNMotbIcUvML2Rvlw9iXXvbqF&#10;ctPylRARN6qm8KFSHb5UmDfHi5Gw/txmBT835vwxvo9j3RSn16yQ8n4+HHbAPA7+LwwTfkCHNDBl&#10;9kLasVZCGOKDGon1M7DJX25FBCybtKfHDfA04f83pL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAuLiM8BgCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAL5BIl+AAAAALAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" w14:anchorId="1BA32EAB">
+        <mc:Fallback xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock">
+          <w:pict>
+            <v:shape w14:anchorId="1BA32EAB" id="Text Box 11" o:spid="_x0000_s1031" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpLn+yFwIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEUB&#10;IwngFDnTFGkRoLgsSVtyv75Lyo8g7anohVrurvYxM5zd960me+G8AlPRYpRTIgyHWpltRX+8Lr/c&#10;UuIDMzXTYERFD8LT+/nnT7POluIKGtC1cASLGF92tqJNCLbMMs8b0TI/AisMBiW4lgW8um1WO9Zh&#10;9VZnV3k+zTpwtXXAhffofRyCdJ7qSyl4eJbSi0B0RXG2kE6Xzk08s/mMlVvHbKP4cQz2D1O0TBls&#10;ei71yAIjO6f+KNUq7sCDDCMObQZSKi7SDrhNkX/YZt0wK9IuCI63Z5j8/yvLn/Zr++JI6L9CjwRG&#10;QDrrS4/OuE8vXRu/OCnBOEJ4OMMm+kA4Om8m03xcYIhjbFwUN7eTWCa7/G2dD98EtCQaFXVIS0KL&#10;7Vc+DKmnlNjMwFJpnajRhnQVnY4nefrhHMHi2mCPy6zRCv2mJ6quaBogejZQH3A9BwPz3vKlwhlW&#10;zIcX5pBqHBvlG57xkBqwFxwtShpwv/7mj/nIAEYp6VA6FfU/d8wJSvR3g9zcFdfXUWvpgoZ7792c&#10;vGbXPgCqssAHYnkyY27QJ1M6aN9Q3YvYDUPMcOxZ0c3JfAiDkPF1cLFYpCRUlWVhZdaWx9IRzYjs&#10;a//GnD3CH5C4JziJi5UfWBhyBx4WuwBSJYouaB5hR0Umko+vJ0r+/T1lXd74/DcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytx&#10;o3ZLCW0ap6pAXJAQoqCenXjz08TrKHbb5O1xTnDcmdHsN8l+MC27Yu9qSxKWCwEMKbe6plLCz/fb&#10;wwaY84q0ai2hhBEd7NPZXaJibW/0hdejL1koIRcrCZX3Xcy5yys0yi1shxS8wvZG+XD2Jde9uoVy&#10;0/KVEBE3qqbwoVIdvlSYN8eLkbD+3GYFPzfm/DG+j2PdFKfXrJDyfj4cdsA8Dv4vDBN+QIc0MGX2&#10;QtqxVkIY4oMaifUzsMlfbkUELJu0p8cN8DTh/zekvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDpLn+yFwIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w:rsidRPr="00EB4BC7" w:rsidR="00EB4BC7" w:rsidP="00EB4BC7" w:rsidRDefault="00EB4BC7" w14:paraId="171AAEBA" w14:textId="5CB96CC1">
+                  <w:p w14:paraId="54918659" w14:textId="5CB96CC1" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="00EB4BC7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4AE2846A" w14:textId="77777777" w:rsidR="00C51129" w:rsidRDefault="00C51129" w:rsidP="00207717">
+    <w:p w14:paraId="2D1E65FC" w14:textId="77777777" w:rsidR="00C862CD" w:rsidRDefault="00C862CD" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CC0037F" w14:textId="77777777" w:rsidR="00C51129" w:rsidRDefault="00C51129">
+    <w:p w14:paraId="34FC4303" w14:textId="77777777" w:rsidR="00C862CD" w:rsidRDefault="00C862CD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D530078" w14:textId="77777777" w:rsidR="00C51129" w:rsidRDefault="00C51129"/>
+    <w:p w14:paraId="4CA3A534" w14:textId="77777777" w:rsidR="00C862CD" w:rsidRDefault="00C862CD"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="65D1F83A" w14:textId="77777777" w:rsidR="00C51129" w:rsidRDefault="00C51129">
+    <w:p w14:paraId="1D08792F" w14:textId="77777777" w:rsidR="00C862CD" w:rsidRDefault="00C862CD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="1B8F185F" w14:textId="3B103123" w:rsidR="00431A70" w:rsidRDefault="00C60411">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
@@ -9073,51 +9218,51 @@
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>Document title</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="009C245E" w:rsidRPr="009C245E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>(use Header style)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w14:paraId="082BA3E9" w14:textId="60841958" w:rsidR="00562811" w:rsidRPr="001C7128" w:rsidRDefault="007917AC" w:rsidP="001C7128">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:t>Fencing</w:t>
     </w:r>
     <w:r w:rsidR="00D26C93">
       <w:t xml:space="preserve"> Work O</w:t>
     </w:r>
     <w:r>
       <w:t>perational</w:t>
     </w:r>
     <w:r w:rsidR="00D26C93">
       <w:t xml:space="preserve"> G</w:t>
     </w:r>
     <w:r>
       <w:t>uidelines</w:t>
     </w:r>
     <w:r w:rsidR="001C7128">
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r w:rsidR="001C7128" w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
@@ -9161,51 +9306,51 @@
     <int2:textHash int2:hashCode="90SwcW2B5GDHqd" int2:id="6yDfw74Y">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
     <int2:bookmark int2:bookmarkName="_Int_FkuKDsfA" int2:invalidationBookmarkName="" int2:hashCode="0GYf/LRGEYcRtn" int2:id="2IPUXGlu">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
     <int2:bookmark int2:bookmarkName="_Int_qiW8XiWM" int2:invalidationBookmarkName="" int2:hashCode="0GYf/LRGEYcRtn" int2:id="6LfUJeqn">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
     <int2:bookmark int2:bookmarkName="_Int_WnIkug6b" int2:invalidationBookmarkName="" int2:hashCode="o71P5IDfjN8LAt" int2:id="FLiMAHBK">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
     <int2:bookmark int2:bookmarkName="_Int_0dp4Ye8E" int2:invalidationBookmarkName="" int2:hashCode="9NfCN4ZVBEF2Na" int2:id="HJEZ0tU8">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
     <int2:bookmark int2:bookmarkName="_Int_NVcKKcUI" int2:invalidationBookmarkName="" int2:hashCode="KVtrfqMqCWlDxU" int2:id="fSnskBlo">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9B685C78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1274"/>
         </w:tabs>
         <w:ind w:left="1274" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D2A8F2FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -14664,183 +14809,183 @@
     <w:lvl w:ilvl="7" w:tplc="F8A0DE40">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1000" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="DE109C04">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1000" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="694111573">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1151407856">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="57"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1815873322">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="351959735">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="312179910">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="15"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="704797840">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="31"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1033772328">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="31"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="994722352">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="31"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="847788901">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="41"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:pStyle w:val="Bullet1"/>
         <w:lvlText w:val="•"/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="284" w:hanging="284"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:lvl w:ilvl="1">
         <w:start w:val="1"/>
         <w:numFmt w:val="bullet"/>
         <w:lvlRestart w:val="0"/>
         <w:pStyle w:val="Bullet2"/>
         <w:lvlText w:val="–"/>
         <w:lvlJc w:val="left"/>
@@ -14936,530 +15081,530 @@
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:lvl w:ilvl="8">
         <w:start w:val="1"/>
         <w:numFmt w:val="none"/>
         <w:lvlRestart w:val="0"/>
         <w:lvlText w:val=""/>
         <w:lvlJc w:val="left"/>
         <w:pPr>
           <w:ind w:left="0" w:firstLine="0"/>
         </w:pPr>
         <w:rPr>
           <w:rFonts w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="376011581">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="492332214">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1737237118">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="40"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="2016029787">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="46"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="861822352">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="46"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="58215779">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="565722971">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="32"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1449085587">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="46"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="699550534">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="32"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1170753690">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="32"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1857768812">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="50"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="52051491">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="46"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="623971783">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="773593051">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="933975068">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1922788792">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1523861468">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="55"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="889539224">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="49"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="281615790">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="37"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="108162980">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="601644010">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="56"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1953396215">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="243078590">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="569732216">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="808786760">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="772701625">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1805661981">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="1630820301">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="77018904">
+  <w:num w:numId="38">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="474572147">
+  <w:num w:numId="39">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="148911782">
+  <w:num w:numId="40">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="511382015">
+  <w:num w:numId="41">
     <w:abstractNumId w:val="31"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="1962300601">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="43" w16cid:durableId="694425912">
+  <w:num w:numId="43">
     <w:abstractNumId w:val="51"/>
   </w:num>
-  <w:num w:numId="44" w16cid:durableId="21786870">
+  <w:num w:numId="44">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="45" w16cid:durableId="103699859">
+  <w:num w:numId="45">
     <w:abstractNumId w:val="54"/>
   </w:num>
-  <w:num w:numId="46" w16cid:durableId="1079668174">
+  <w:num w:numId="46">
     <w:abstractNumId w:val="45"/>
   </w:num>
-  <w:num w:numId="47" w16cid:durableId="802847612">
+  <w:num w:numId="47">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="48" w16cid:durableId="501743662">
+  <w:num w:numId="48">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="49" w16cid:durableId="640229285">
+  <w:num w:numId="49">
     <w:abstractNumId w:val="44"/>
   </w:num>
-  <w:num w:numId="50" w16cid:durableId="1117065275">
+  <w:num w:numId="50">
     <w:abstractNumId w:val="48"/>
   </w:num>
-  <w:num w:numId="51" w16cid:durableId="770199309">
+  <w:num w:numId="51">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="52" w16cid:durableId="1956983579">
+  <w:num w:numId="52">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="53" w16cid:durableId="1658222679">
+  <w:num w:numId="53">
     <w:abstractNumId w:val="58"/>
   </w:num>
-  <w:num w:numId="54" w16cid:durableId="1804225717">
+  <w:num w:numId="54">
     <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="55" w16cid:durableId="1037268713">
+  <w:num w:numId="55">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="56" w16cid:durableId="387343208">
+  <w:num w:numId="56">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="57" w16cid:durableId="759374212">
+  <w:num w:numId="57">
     <w:abstractNumId w:val="42"/>
   </w:num>
-  <w:num w:numId="58" w16cid:durableId="1898930793">
+  <w:num w:numId="58">
     <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="59" w16cid:durableId="1870411475">
+  <w:num w:numId="59">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="60" w16cid:durableId="501705761">
+  <w:num w:numId="60">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="61" w16cid:durableId="139616668">
+  <w:num w:numId="61">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="62" w16cid:durableId="606547963">
+  <w:num w:numId="62">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="63" w16cid:durableId="2145736112">
+  <w:num w:numId="63">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="64" w16cid:durableId="101804241">
+  <w:num w:numId="64">
     <w:abstractNumId w:val="52"/>
   </w:num>
-  <w:num w:numId="65" w16cid:durableId="516770420">
+  <w:num w:numId="65">
     <w:abstractNumId w:val="43"/>
   </w:num>
-  <w:num w:numId="66" w16cid:durableId="592860171">
+  <w:num w:numId="66">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="67" w16cid:durableId="1962764778">
+  <w:num w:numId="67">
     <w:abstractNumId w:val="39"/>
   </w:num>
-  <w:num w:numId="68" w16cid:durableId="141392646">
+  <w:num w:numId="68">
     <w:abstractNumId w:val="53"/>
   </w:num>
-  <w:num w:numId="69" w16cid:durableId="240675791">
+  <w:num w:numId="69">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="70" w16cid:durableId="979924885">
+  <w:num w:numId="70">
     <w:abstractNumId w:val="54"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="71" w16cid:durableId="1802068353">
+  <w:num w:numId="71">
     <w:abstractNumId w:val="41"/>
   </w:num>
-  <w:num w:numId="72" w16cid:durableId="1605383426">
+  <w:num w:numId="72">
     <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="73" w16cid:durableId="231932136">
+  <w:num w:numId="73">
     <w:abstractNumId w:val="47"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="63"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A6272"/>
     <w:rsid w:val="0000030A"/>
     <w:rsid w:val="00000719"/>
     <w:rsid w:val="000015D7"/>
@@ -15646,50 +15791,51 @@
     <w:rsid w:val="000F5213"/>
     <w:rsid w:val="000F581E"/>
     <w:rsid w:val="000F6E12"/>
     <w:rsid w:val="001002F1"/>
     <w:rsid w:val="00101001"/>
     <w:rsid w:val="00103276"/>
     <w:rsid w:val="0010392D"/>
     <w:rsid w:val="001040D5"/>
     <w:rsid w:val="0010447F"/>
     <w:rsid w:val="00104FE3"/>
     <w:rsid w:val="001050E0"/>
     <w:rsid w:val="00105569"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="00111698"/>
     <w:rsid w:val="001120C5"/>
     <w:rsid w:val="00112FA5"/>
     <w:rsid w:val="0011384C"/>
     <w:rsid w:val="00113E38"/>
     <w:rsid w:val="00113FFF"/>
     <w:rsid w:val="00114754"/>
     <w:rsid w:val="00115547"/>
     <w:rsid w:val="00115A34"/>
     <w:rsid w:val="001163AB"/>
     <w:rsid w:val="00117C3F"/>
     <w:rsid w:val="00120BD3"/>
+    <w:rsid w:val="00122702"/>
     <w:rsid w:val="00122FEA"/>
     <w:rsid w:val="001232BD"/>
     <w:rsid w:val="001233B4"/>
     <w:rsid w:val="00123893"/>
     <w:rsid w:val="001240A2"/>
     <w:rsid w:val="00124ED5"/>
     <w:rsid w:val="001253D7"/>
     <w:rsid w:val="001274CF"/>
     <w:rsid w:val="001276FA"/>
     <w:rsid w:val="0013044C"/>
     <w:rsid w:val="0013079C"/>
     <w:rsid w:val="00130D21"/>
     <w:rsid w:val="00130F2D"/>
     <w:rsid w:val="0013139C"/>
     <w:rsid w:val="001317D6"/>
     <w:rsid w:val="00132B8C"/>
     <w:rsid w:val="00132F9D"/>
     <w:rsid w:val="00133897"/>
     <w:rsid w:val="00133BD8"/>
     <w:rsid w:val="00141285"/>
     <w:rsid w:val="00142040"/>
     <w:rsid w:val="001447B3"/>
     <w:rsid w:val="00145843"/>
     <w:rsid w:val="00147E6A"/>
     <w:rsid w:val="00151700"/>
@@ -16137,50 +16283,51 @@
     <w:rsid w:val="00367B0E"/>
     <w:rsid w:val="00370CA9"/>
     <w:rsid w:val="003716FD"/>
     <w:rsid w:val="0037204B"/>
     <w:rsid w:val="00372661"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374570"/>
     <w:rsid w:val="003745C0"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="003747BA"/>
     <w:rsid w:val="003752A2"/>
     <w:rsid w:val="00375A62"/>
     <w:rsid w:val="00375BEA"/>
     <w:rsid w:val="00375CB1"/>
     <w:rsid w:val="003760EF"/>
     <w:rsid w:val="00376379"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00377B9F"/>
     <w:rsid w:val="00380847"/>
     <w:rsid w:val="00381043"/>
     <w:rsid w:val="003829E5"/>
     <w:rsid w:val="00382E73"/>
     <w:rsid w:val="003838B1"/>
     <w:rsid w:val="00386109"/>
     <w:rsid w:val="00386944"/>
+    <w:rsid w:val="00387EBA"/>
     <w:rsid w:val="00390386"/>
     <w:rsid w:val="003913A3"/>
     <w:rsid w:val="00391D45"/>
     <w:rsid w:val="00391E92"/>
     <w:rsid w:val="00391FE4"/>
     <w:rsid w:val="00392A3C"/>
     <w:rsid w:val="00393B96"/>
     <w:rsid w:val="00394349"/>
     <w:rsid w:val="00394372"/>
     <w:rsid w:val="0039521F"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
     <w:rsid w:val="00397A66"/>
     <w:rsid w:val="00397E88"/>
     <w:rsid w:val="003A067C"/>
     <w:rsid w:val="003A0853"/>
     <w:rsid w:val="003A0C77"/>
     <w:rsid w:val="003A0F6B"/>
     <w:rsid w:val="003A16F4"/>
     <w:rsid w:val="003A19AA"/>
     <w:rsid w:val="003A2BB5"/>
     <w:rsid w:val="003A3424"/>
     <w:rsid w:val="003A52E7"/>
     <w:rsid w:val="003A5C01"/>
     <w:rsid w:val="003A613A"/>
@@ -16456,50 +16603,51 @@
     <w:rsid w:val="005011C3"/>
     <w:rsid w:val="00501E60"/>
     <w:rsid w:val="00503C15"/>
     <w:rsid w:val="00503D70"/>
     <w:rsid w:val="00503DC6"/>
     <w:rsid w:val="00504162"/>
     <w:rsid w:val="0050451F"/>
     <w:rsid w:val="0050552A"/>
     <w:rsid w:val="00506BF2"/>
     <w:rsid w:val="00506BFF"/>
     <w:rsid w:val="00506F5D"/>
     <w:rsid w:val="00507C3B"/>
     <w:rsid w:val="005105AA"/>
     <w:rsid w:val="00510C37"/>
     <w:rsid w:val="00510EB9"/>
     <w:rsid w:val="005126D0"/>
     <w:rsid w:val="0051360F"/>
     <w:rsid w:val="00513E05"/>
     <w:rsid w:val="00514667"/>
     <w:rsid w:val="00514714"/>
     <w:rsid w:val="0051568D"/>
     <w:rsid w:val="00515BFA"/>
     <w:rsid w:val="00516E2F"/>
     <w:rsid w:val="0051752C"/>
     <w:rsid w:val="00520558"/>
+    <w:rsid w:val="0052096C"/>
     <w:rsid w:val="00520D28"/>
     <w:rsid w:val="00520F94"/>
     <w:rsid w:val="005217C7"/>
     <w:rsid w:val="00521A61"/>
     <w:rsid w:val="00521DB0"/>
     <w:rsid w:val="00523930"/>
     <w:rsid w:val="005247DD"/>
     <w:rsid w:val="00526AC7"/>
     <w:rsid w:val="00526C15"/>
     <w:rsid w:val="00526E15"/>
     <w:rsid w:val="00531DE7"/>
     <w:rsid w:val="00532DA2"/>
     <w:rsid w:val="00533F0F"/>
     <w:rsid w:val="005342C7"/>
     <w:rsid w:val="005344AC"/>
     <w:rsid w:val="0053476C"/>
     <w:rsid w:val="00536499"/>
     <w:rsid w:val="00537380"/>
     <w:rsid w:val="005376DA"/>
     <w:rsid w:val="005378DF"/>
     <w:rsid w:val="00540F73"/>
     <w:rsid w:val="00541F61"/>
     <w:rsid w:val="00542A03"/>
     <w:rsid w:val="00543903"/>
     <w:rsid w:val="00543A3C"/>
@@ -17060,50 +17208,51 @@
     <w:rsid w:val="00820141"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="008219DD"/>
     <w:rsid w:val="00822BC4"/>
     <w:rsid w:val="00823275"/>
     <w:rsid w:val="0082366F"/>
     <w:rsid w:val="00824236"/>
     <w:rsid w:val="00824610"/>
     <w:rsid w:val="00826BBF"/>
     <w:rsid w:val="0082751E"/>
     <w:rsid w:val="008277B8"/>
     <w:rsid w:val="00831B47"/>
     <w:rsid w:val="00831D65"/>
     <w:rsid w:val="00831F40"/>
     <w:rsid w:val="008337D1"/>
     <w:rsid w:val="008338A2"/>
     <w:rsid w:val="00835FD0"/>
     <w:rsid w:val="00836196"/>
     <w:rsid w:val="0083740F"/>
     <w:rsid w:val="008375DD"/>
     <w:rsid w:val="008376C4"/>
     <w:rsid w:val="00840281"/>
     <w:rsid w:val="0084066E"/>
     <w:rsid w:val="00840A3E"/>
     <w:rsid w:val="00840CC2"/>
+    <w:rsid w:val="00840F91"/>
     <w:rsid w:val="00841942"/>
     <w:rsid w:val="00841AA9"/>
     <w:rsid w:val="00843220"/>
     <w:rsid w:val="0084391D"/>
     <w:rsid w:val="00843AD9"/>
     <w:rsid w:val="00843CDD"/>
     <w:rsid w:val="008463FA"/>
     <w:rsid w:val="0084730C"/>
     <w:rsid w:val="008474FE"/>
     <w:rsid w:val="008476B9"/>
     <w:rsid w:val="00847A72"/>
     <w:rsid w:val="008502A2"/>
     <w:rsid w:val="00851E82"/>
     <w:rsid w:val="00853EE4"/>
     <w:rsid w:val="008546ED"/>
     <w:rsid w:val="00855535"/>
     <w:rsid w:val="0085589A"/>
     <w:rsid w:val="00856581"/>
     <w:rsid w:val="00856B9F"/>
     <w:rsid w:val="00857C5A"/>
     <w:rsid w:val="0086053E"/>
     <w:rsid w:val="00860D9D"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="00862C70"/>
     <w:rsid w:val="008633F0"/>
@@ -17259,50 +17408,51 @@
     <w:rsid w:val="009172EF"/>
     <w:rsid w:val="0092026F"/>
     <w:rsid w:val="00921AC5"/>
     <w:rsid w:val="00921CB9"/>
     <w:rsid w:val="009221EF"/>
     <w:rsid w:val="009224A8"/>
     <w:rsid w:val="0092447C"/>
     <w:rsid w:val="00924AE1"/>
     <w:rsid w:val="00924B57"/>
     <w:rsid w:val="00925C39"/>
     <w:rsid w:val="00925CAB"/>
     <w:rsid w:val="0092623E"/>
     <w:rsid w:val="009266D6"/>
     <w:rsid w:val="009267FE"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
     <w:rsid w:val="009272B3"/>
     <w:rsid w:val="00927548"/>
     <w:rsid w:val="00927CA5"/>
     <w:rsid w:val="00927F14"/>
     <w:rsid w:val="00931214"/>
     <w:rsid w:val="0093124A"/>
     <w:rsid w:val="009315BE"/>
     <w:rsid w:val="009324A4"/>
     <w:rsid w:val="009326DD"/>
+    <w:rsid w:val="00932B02"/>
     <w:rsid w:val="00932B39"/>
     <w:rsid w:val="0093338F"/>
     <w:rsid w:val="0093350C"/>
     <w:rsid w:val="00933923"/>
     <w:rsid w:val="00934A65"/>
     <w:rsid w:val="00934D85"/>
     <w:rsid w:val="00934E33"/>
     <w:rsid w:val="00935F87"/>
     <w:rsid w:val="0093613B"/>
     <w:rsid w:val="00936E80"/>
     <w:rsid w:val="009377FB"/>
     <w:rsid w:val="00937BD9"/>
     <w:rsid w:val="009455C3"/>
     <w:rsid w:val="00945604"/>
     <w:rsid w:val="00945BAE"/>
     <w:rsid w:val="0094749B"/>
     <w:rsid w:val="00950029"/>
     <w:rsid w:val="00950565"/>
     <w:rsid w:val="00950E2C"/>
     <w:rsid w:val="00951D50"/>
     <w:rsid w:val="009525EB"/>
     <w:rsid w:val="0095470B"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="0095615A"/>
     <w:rsid w:val="00957365"/>
@@ -17392,50 +17542,51 @@
     <w:rsid w:val="009C4DB8"/>
     <w:rsid w:val="009C58CC"/>
     <w:rsid w:val="009C5E77"/>
     <w:rsid w:val="009C5E7B"/>
     <w:rsid w:val="009C6361"/>
     <w:rsid w:val="009C678F"/>
     <w:rsid w:val="009C7A7E"/>
     <w:rsid w:val="009C7C13"/>
     <w:rsid w:val="009D02E8"/>
     <w:rsid w:val="009D13F5"/>
     <w:rsid w:val="009D1D44"/>
     <w:rsid w:val="009D328F"/>
     <w:rsid w:val="009D3DD1"/>
     <w:rsid w:val="009D442F"/>
     <w:rsid w:val="009D51D0"/>
     <w:rsid w:val="009D522A"/>
     <w:rsid w:val="009D58A8"/>
     <w:rsid w:val="009D6C4F"/>
     <w:rsid w:val="009D70A4"/>
     <w:rsid w:val="009D7B14"/>
     <w:rsid w:val="009E08D1"/>
     <w:rsid w:val="009E0913"/>
     <w:rsid w:val="009E0D96"/>
     <w:rsid w:val="009E1126"/>
     <w:rsid w:val="009E1B95"/>
+    <w:rsid w:val="009E29E0"/>
     <w:rsid w:val="009E3142"/>
     <w:rsid w:val="009E36A9"/>
     <w:rsid w:val="009E38CD"/>
     <w:rsid w:val="009E45B4"/>
     <w:rsid w:val="009E496F"/>
     <w:rsid w:val="009E4B0D"/>
     <w:rsid w:val="009E5250"/>
     <w:rsid w:val="009E6799"/>
     <w:rsid w:val="009E71A5"/>
     <w:rsid w:val="009E7851"/>
     <w:rsid w:val="009E7A69"/>
     <w:rsid w:val="009E7F92"/>
     <w:rsid w:val="009F02A3"/>
     <w:rsid w:val="009F0C8D"/>
     <w:rsid w:val="009F0FB3"/>
     <w:rsid w:val="009F2182"/>
     <w:rsid w:val="009F2194"/>
     <w:rsid w:val="009F2F27"/>
     <w:rsid w:val="009F34AA"/>
     <w:rsid w:val="009F36B7"/>
     <w:rsid w:val="009F537D"/>
     <w:rsid w:val="009F58BC"/>
     <w:rsid w:val="009F5C64"/>
     <w:rsid w:val="009F5DA6"/>
     <w:rsid w:val="009F635A"/>
@@ -17903,50 +18054,51 @@
     <w:rsid w:val="00C62C65"/>
     <w:rsid w:val="00C62E5C"/>
     <w:rsid w:val="00C62F7A"/>
     <w:rsid w:val="00C633F8"/>
     <w:rsid w:val="00C63B9C"/>
     <w:rsid w:val="00C63D4D"/>
     <w:rsid w:val="00C63F50"/>
     <w:rsid w:val="00C65CB1"/>
     <w:rsid w:val="00C6682F"/>
     <w:rsid w:val="00C67BF4"/>
     <w:rsid w:val="00C710BF"/>
     <w:rsid w:val="00C7275E"/>
     <w:rsid w:val="00C731AF"/>
     <w:rsid w:val="00C74C5D"/>
     <w:rsid w:val="00C7510F"/>
     <w:rsid w:val="00C7555E"/>
     <w:rsid w:val="00C757FE"/>
     <w:rsid w:val="00C77229"/>
     <w:rsid w:val="00C80359"/>
     <w:rsid w:val="00C8194A"/>
     <w:rsid w:val="00C82D6C"/>
     <w:rsid w:val="00C82EC1"/>
     <w:rsid w:val="00C832D6"/>
     <w:rsid w:val="00C8557E"/>
     <w:rsid w:val="00C85AC5"/>
+    <w:rsid w:val="00C862CD"/>
     <w:rsid w:val="00C863C4"/>
     <w:rsid w:val="00C90790"/>
     <w:rsid w:val="00C90DAB"/>
     <w:rsid w:val="00C90E82"/>
     <w:rsid w:val="00C91452"/>
     <w:rsid w:val="00C918AC"/>
     <w:rsid w:val="00C920EA"/>
     <w:rsid w:val="00C923EE"/>
     <w:rsid w:val="00C92CAC"/>
     <w:rsid w:val="00C93C3E"/>
     <w:rsid w:val="00C956E4"/>
     <w:rsid w:val="00C96A95"/>
     <w:rsid w:val="00C96B5D"/>
     <w:rsid w:val="00CA12E3"/>
     <w:rsid w:val="00CA1476"/>
     <w:rsid w:val="00CA32D7"/>
     <w:rsid w:val="00CA35D3"/>
     <w:rsid w:val="00CA3AF4"/>
     <w:rsid w:val="00CA521F"/>
     <w:rsid w:val="00CA63B4"/>
     <w:rsid w:val="00CA644C"/>
     <w:rsid w:val="00CA6611"/>
     <w:rsid w:val="00CA6AE6"/>
     <w:rsid w:val="00CA723E"/>
     <w:rsid w:val="00CA732D"/>
@@ -18820,74 +18972,74 @@
     <w:rsid w:val="7D1FD982"/>
     <w:rsid w:val="7DBB8056"/>
     <w:rsid w:val="7DF2106A"/>
     <w:rsid w:val="7F1287A0"/>
     <w:rsid w:val="7F21CCD4"/>
     <w:rsid w:val="7F9C58CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="62659081"/>
   <w15:docId w15:val="{47565C12-A3D1-4C16-B26F-8B689E447D30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -19219,50 +19371,51 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00F15144"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="005806CE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
@@ -20758,51 +20911,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf11">
     <w:name w:val="cf11"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00F449DB"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZBullets1">
     <w:name w:val="ZZ Bullets1"/>
     <w:rsid w:val="00D05856"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="10642106">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="92896069">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -21218,51 +21371,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146117194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ourservice.support.vic.gov.au/ourservice?id=sc_cat_item&amp;sys_id=1318a4ae1b353910af5d98ef0d4bcb02" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources?xsdata=MDV8MDF8fDQwNWQ1OTgzZTA5ZDQ1NzlhN2U2MDhkYTgwYzEzODcyfGMwZTA2MDFmMGZhYzQ0OWM5Yzg4YTEwNGM0ZWI5ZjI4fDB8MHw2Mzc5NjM4NjQ1OTA0MjgxMzR8R29vZHxWR1ZoYlhOVFpXTjFjbWwwZVZObGNuWnBZMlY4ZXlKV0lqb2lNQzR3TGpBd01EQWlMQ0pRSWpvaVYybHVNeklpTENKQlRpSTZJazkwYUdWeUlpd2lWMVFpT2pFeGZRPT18MXxNVGs2TURabE5HSTRaalV0Tm1JM1l5MDBOVFprTFRneE0ySXROV1E0TVdVNVlUWmxNVE5pWHpjek56QmpPV1ZtTFRCbU1UZ3RORFV3T1MwNE5tVmhMV1UyTUROalpXVmtabVl4TmtCMWJuRXVaMkpzTG5Od1lXTmxjdz09fHw%3D&amp;sdata=TTVRMGZJeTBPVmluWTI1QjVvK0lhY2gxelVteDQ3a0NzL3FEd2FPRkJQND0%3D&amp;ovuser=c0e0601f-0fac-449c-9c88-a104c4eb9f28%2CRebecca.Favata%40homes.vic.gov.au&amp;OR=Teams-HL&amp;CT=1665536799152&amp;clickparams=eyJBcHBOYW1lIjoiVGVhbXMtRGVza3RvcCIsIkFwcFZlcnNpb24iOiIyNy8yMjA5MDQwMDcxMiIsIkhhc0ZlZGVyYXRlZFVzZXIiOmZhbHNlfQ%3D%3D" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ourservice.support.vic.gov.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ourservice.support.vic.gov.au/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ourservice.support.vic.gov.au/ourservice?id=sc_cat_item&amp;sys_id=1318a4ae1b353910af5d98ef0d4bcb02" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources?xsdata=MDV8MDF8fDQwNWQ1OTgzZTA5ZDQ1NzlhN2U2MDhkYTgwYzEzODcyfGMwZTA2MDFmMGZhYzQ0OWM5Yzg4YTEwNGM0ZWI5ZjI4fDB8MHw2Mzc5NjM4NjQ1OTA0MjgxMzR8R29vZHxWR1ZoYlhOVFpXTjFjbWwwZVZObGNuWnBZMlY4ZXlKV0lqb2lNQzR3TGpBd01EQWlMQ0pRSWpvaVYybHVNeklpTENKQlRpSTZJazkwYUdWeUlpd2lWMVFpT2pFeGZRPT18MXxNVGs2TURabE5HSTRaalV0Tm1JM1l5MDBOVFprTFRneE0ySXROV1E0TVdVNVlUWmxNVE5pWHpjek56QmpPV1ZtTFRCbU1UZ3RORFV3T1MwNE5tVmhMV1UyTUROalpXVmtabVl4TmtCMWJuRXVaMkpzTG5Od1lXTmxjdz09fHw%3D&amp;sdata=TTVRMGZJeTBPVmluWTI1QjVvK0lhY2gxelVteDQ3a0NzL3FEd2FPRkJQND0%3D&amp;ovuser=c0e0601f-0fac-449c-9c88-a104c4eb9f28%2CRebecca.Favata%40homes.vic.gov.au&amp;OR=Teams-HL&amp;CT=1665536799152&amp;clickparams=eyJBcHBOYW1lIjoiVGVhbXMtRGVza3RvcCIsIkFwcFZlcnNpb24iOiIyNy8yMjA5MDQwMDcxMiIsIkhhc0ZlZGVyYXRlZFVzZXIiOmZhbHNlfQ%3D%3D" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ourservice.support.vic.gov.au/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ourservice.support.vic.gov.au/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Fencing.aspx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21523,82 +21676,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...30 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008F331FCA30F2154CB1D939AE8293BFAF" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="da0c238f3d262e0adad0dc8820fcafa9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="42674362-9d98-4819-99f6-ff16a4040d0f" xmlns:ns3="fcac07ac-adcc-47c2-bc80-ef8513efc12f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="076783102e8df189436b7f2aa97866c0" ns2:_="" ns3:_="">
     <xsd:import namespace="42674362-9d98-4819-99f6-ff16a4040d0f"/>
     <xsd:import namespace="fcac07ac-adcc-47c2-bc80-ef8513efc12f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="42674362-9d98-4819-99f6-ff16a4040d0f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -21731,130 +21852,156 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="fcac07ac-adcc-47c2-bc80-ef8513efc12f">
+      <UserInfo>
+        <DisplayName>Rebecca Favata (Homes Victoria)</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Zachary Clare (Homes Victoria)</DisplayName>
+        <AccountId>71</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E83676CD-E913-4A2B-9A60-3D72ADACCF07}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="42674362-9d98-4819-99f6-ff16a4040d0f"/>
     <ds:schemaRef ds:uri="fcac07ac-adcc-47c2-bc80-ef8513efc12f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fcac07ac-adcc-47c2-bc80-ef8513efc12f"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FB1422F-5E44-4266-88F0-4581BEDF1286}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>15</Pages>
-  <Words>3650</Words>
-  <Characters>23385</Characters>
+  <Words>4152</Words>
+  <Characters>23667</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>53</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>197</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26982</CharactersWithSpaces>
+  <CharactersWithSpaces>27764</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Fencing operational guidelines</dc:title>
-  <dc:subject>Fencing operational guidelines</dc:subject>
+  <dc:title>Fencing work operational guidelines</dc:title>
+  <dc:subject>Fencing work operational guidelines</dc:subject>
   <dc:creator>Housing Operational Guidelines Team</dc:creator>
   <cp:keywords>Fencing, repairs, replacement, Fences Act, owner, notice to fence, fencing agreeement</cp:keywords>
+  <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101008F331FCA30F2154CB1D939AE8293BFAF</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="version">
     <vt:lpwstr>2022v1 15032022</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SetDate">
     <vt:lpwstr>2022-02-28T01:49:00Z</vt:lpwstr>
   </property>