--- v0 (2025-10-08)
+++ v1 (2025-12-15)
@@ -13,51 +13,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:p w14:paraId="4739B500" w14:textId="14BC946A" w:rsidR="00056EC4" w:rsidRDefault="00A01FB1" w:rsidP="00056EC4">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="1" layoutInCell="1" allowOverlap="1" wp14:anchorId="21966DC4" wp14:editId="33DF6721">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="7562850" cy="10158730"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2" descr="Victoria State Government Families, Fairness and Housing"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
@@ -76,16946 +76,17345 @@
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7562850" cy="10158730"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9299" w:type="dxa"/>
-        <w:tblBorders>
-[...11 lines deleted...]
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9299"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AD784C" w14:paraId="18FF4B0B" w14:textId="77777777" w:rsidTr="00431F42">
-[...25 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008607CA" w14:paraId="18FF4B0B" w14:textId="77777777" w:rsidTr="004D6D11">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14EEB3AC" w14:textId="1C0FE0E3" w:rsidR="00386109" w:rsidRPr="00A1389F" w:rsidRDefault="005C6B41" w:rsidP="00C12B05">
-[...4 lines deleted...]
-              <w:t>Chapter 2: Offers of Housing</w:t>
+          <w:p w14:paraId="30E6956D" w14:textId="4DE60262" w:rsidR="008607CA" w:rsidRPr="00431F42" w:rsidRDefault="008607CA" w:rsidP="008607CA">
+            <w:pPr>
+              <w:pStyle w:val="Documenttitle"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3BAF">
+              <w:t>Public Housing Allocations Operational Guidelines</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00430393" w14:paraId="2AE57792" w14:textId="77777777" w:rsidTr="00431F42">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008607CA" w14:paraId="246F9CB0" w14:textId="77777777" w:rsidTr="000C3170">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="68DABF30" w14:textId="77777777" w:rsidR="00430393" w:rsidRDefault="004B528A" w:rsidP="00430393">
+          <w:p w14:paraId="14EEB3AC" w14:textId="26D3CA8E" w:rsidR="008607CA" w:rsidRPr="00A1389F" w:rsidRDefault="008607CA" w:rsidP="008607CA">
+            <w:pPr>
+              <w:pStyle w:val="Documentsubtitle"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001D3BAF">
+              <w:t>Offers of Housing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00430393" w14:paraId="2AE57792" w14:textId="77777777" w:rsidTr="000C3170">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DABF30" w14:textId="77777777" w:rsidR="00430393" w:rsidRDefault="00170A2A" w:rsidP="00430393">
             <w:pPr>
               <w:pStyle w:val="Bannermarking"/>
             </w:pPr>
-            <w:fldSimple w:instr=" FILLIN  &quot;Type the protective marking&quot; \d OFFICIAL \o  \* MERGEFORMAT ">
-[...3 lines deleted...]
-            </w:fldSimple>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FILLIN  "Type the protective marking" \d OFFICIAL \o  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="001A6272">
+              <w:t>OFFICIAL</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36665FAE" w14:textId="77777777" w:rsidR="00FE4081" w:rsidRDefault="00FE4081" w:rsidP="00FE4081">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B4B7FED" w14:textId="5A778641" w:rsidR="00FE4081" w:rsidRPr="00FE4081" w:rsidRDefault="00FE4081" w:rsidP="00FE4081">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:sectPr w:rsidR="00FE4081" w:rsidRPr="00FE4081" w:rsidSect="00F15144">
           <w:footerReference w:type="even" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="first" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="3969" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
           <w:cols w:space="340"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C2632DE" w14:textId="1411EBA2" w:rsidR="00CF230C" w:rsidRDefault="00CF230C">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="15DCA7CC" w14:textId="77777777" w:rsidR="008607CA" w:rsidRPr="007875D2" w:rsidRDefault="008607CA" w:rsidP="008607CA">
+      <w:pPr>
+        <w:pStyle w:val="Accessibilitypara"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E3298A">
+        <w:lastRenderedPageBreak/>
+        <w:t>To receive this document in another format,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF0F63">
+        <w:t xml:space="preserve">contact Homes Victoria </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00890C4A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>enquiries@homes.vic.gov.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="007875D2">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D1DED36" w14:textId="77777777" w:rsidR="008607CA" w:rsidRPr="00FF0F63" w:rsidRDefault="008607CA" w:rsidP="008607CA">
+      <w:pPr>
+        <w:pStyle w:val="Accessibilitypara"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FF0F63">
+        <w:t>This guideline contains some links to internal resources which will not be accessible for external parties reading this document.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="102221FD" w14:textId="77777777" w:rsidR="008607CA" w:rsidRDefault="008607CA" w:rsidP="008607CA">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055119B">
+        <w:t>Authorised and published by the Victorian Government, 1 Treasury Place, Melbourne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="087E9392" w14:textId="77777777" w:rsidR="008607CA" w:rsidRPr="00025223" w:rsidRDefault="008607CA" w:rsidP="008607CA">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times"/>
+          <w:color w:val="87189D"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1529 lines deleted...]
-      <w:bookmarkStart w:id="1" w:name="_Toc174986186"/>
+      <w:r w:rsidRPr="0055119B">
+        <w:t xml:space="preserve">© State of Victoria, Australia, Department </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B058F">
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Families, Fairness and Housing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055119B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>November 2025.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AF00567" w14:textId="2094D4E2" w:rsidR="008607CA" w:rsidRPr="0055119B" w:rsidRDefault="008607CA" w:rsidP="008607CA">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055119B">
+        <w:t>ISBN/ISSN</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C44E0" w:rsidRPr="000C44E0">
+        <w:t>978-1-76130-911-3</w:t>
+      </w:r>
+      <w:r w:rsidR="000C44E0" w:rsidRPr="000C44E0">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00FF0F63">
+        <w:t>(pdf/online/MS word)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055119B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650C378D" w14:textId="77777777" w:rsidR="008607CA" w:rsidRDefault="008607CA" w:rsidP="008607CA">
+      <w:pPr>
+        <w:pStyle w:val="Imprint"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0055119B">
+        <w:t xml:space="preserve">Available at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00B8595A">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Public housing policy and practice manuals</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007875D2">
+        <w:t>https://providers.dffh.vic.gov.au/public-housing-policy-and-practice-manuals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4028DB6E" w14:textId="0B4EE14E" w:rsidR="00AD784C" w:rsidRPr="00B57329" w:rsidRDefault="00AD784C" w:rsidP="002365B4">
+      <w:pPr>
+        <w:pStyle w:val="TOCheadingreport"/>
+      </w:pPr>
       <w:r w:rsidRPr="00B57329">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2422816C" w14:textId="1B00A511" w:rsidR="0023406F" w:rsidRDefault="00AD784C">
+    </w:p>
+    <w:p w14:paraId="0899526D" w14:textId="602E8115" w:rsidR="0039000A" w:rsidRDefault="00AD784C">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \h \z \t "Heading 1,1,Heading 2,2" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc174986186" w:history="1">
-        <w:r w:rsidR="0023406F" w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841412" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>1</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="0023406F">
+          <w:t>1.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="0023406F" w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Contents</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="0023406F">
+          <w:t>Revision history</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="0023406F">
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="0023406F">
-[...10 lines deleted...]
-        <w:r w:rsidR="0023406F">
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841412 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0023406F">
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="0023406F">
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5ACBC2B5" w14:textId="59125C69" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="7CFBC715" w14:textId="032EF6E3" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986187" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841413" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>2</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>2.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Definitions</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841413 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="55F9759D" w14:textId="7C340E23" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="62116644" w14:textId="5E081EDA" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986188" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841414" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>3</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>3.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Introduction</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841414 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E21FC66" w14:textId="1306DB2E" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="508D1F6F" w14:textId="7436B509" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986189" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841415" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>4</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>4.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>When do these operational guidelines apply?</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841415 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>8</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="58DCB244" w14:textId="1356E34D" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="50FBD245" w14:textId="4CCFCC02" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986190" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841416" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>5</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>5.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Allocating from the Victorian Housing Register</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841416 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25AFB30C" w14:textId="2F12ADCB" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="67BE7EF3" w14:textId="1A5E8675" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986191" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841417" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>5.1</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>5.1.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Priority Access Categories</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841417 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="60748CC1" w14:textId="71FDEBCD" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="121920F9" w14:textId="58778895" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986192" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841418" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Times"/>
-[...3 lines deleted...]
-        <w:r>
+          </w:rPr>
+          <w:t>5.2.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Times"/>
           </w:rPr>
           <w:t>Order of allocations</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841418 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>9</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7248A732" w14:textId="1128409C" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="6912AB20" w14:textId="350DF290" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986193" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841419" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Times"/>
-[...3 lines deleted...]
-        <w:r>
+          </w:rPr>
+          <w:t>5.3.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:eastAsia="Times"/>
           </w:rPr>
           <w:t>Allocations fulfilling other legislative requirements</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841419 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68431642" w14:textId="749F648D" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="0C3BCD16" w14:textId="5C3B375B" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986194" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841420" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>5.4</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>5.4.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Discretion under the Director’s Determinations</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841420 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="70B9CDCC" w14:textId="3484725F" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="6D376C07" w14:textId="010D7D3D" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986195" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841421" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>5.5</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>5.5.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Preparation before contacting the client</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841421 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2318F390" w14:textId="3DA48B61" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="02383ABD" w14:textId="4FDDFC2D" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986196" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841422" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>5.6</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>5.6.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Contacting support services</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841422 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>12</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F4496E2" w14:textId="68A15AD1" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="4232113E" w14:textId="15E0FEF6" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986197" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841423" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>5.7</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>5.7.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Charter of Rights</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841423 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="555D1F16" w14:textId="2138F36D" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="15CC544A" w14:textId="6D2D9D4F" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986198" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841424" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>6</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>6.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Debt</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841424 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="707E77AA" w14:textId="7692EBBD" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="5ACA606A" w14:textId="41517206" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986199" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841425" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>6.1</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>6.1.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Discuss and review outstanding debt</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841425 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3EC1AB72" w14:textId="5C434419" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="20E1B1EE" w14:textId="6369FD02" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986200" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841426" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>6.2</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>6.2.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Vacated rental arrears</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841426 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26DB0377" w14:textId="2248D10D" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="0D73AEC3" w14:textId="22DC3DD4" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986201" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841427" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>6.3</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>6.3.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Maintenance charges</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841427 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B20B7E9" w14:textId="662FD843" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="2A042444" w14:textId="55C59224" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986202" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841428" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>6.4</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>6.4.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
           </w:rPr>
           <w:t>Maintenance charges older than 15 years</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841428 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>14</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="713C2AA7" w14:textId="0751FC97" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="7BF00BBB" w14:textId="13E61EF2" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986203" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841429" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>6.5</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>6.5.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Bond</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841429 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C3D2DAC" w14:textId="5158D39B" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="42FF0CA1" w14:textId="7F5DA43A" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986204" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841430" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>6.6</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>6.6.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Debt Negotiation</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841430 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="420DF3A1" w14:textId="4D200700" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="4D945487" w14:textId="0E29979F" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986205" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841431" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>6.7</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>6.7.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Bankruptcy</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841431 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>15</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2C4840A8" w14:textId="7AC63009" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="4E7BA94A" w14:textId="5882C7FF" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986206" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841432" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>7</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>7.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Other matters</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841432 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6AE52659" w14:textId="549E4580" w:rsidR="0023406F" w:rsidRDefault="0023406F">
-[...737 lines deleted...]
-    <w:p w14:paraId="0C6F7164" w14:textId="4ABE769C" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="791A6B73" w14:textId="2F2A15B7" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986216" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841433" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>7.10</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>7.1.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Supported Housing Offers</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>Previous 12-month restriction removed</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841433 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A5DD190" w14:textId="368CC508" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="05990661" w14:textId="3E770596" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986217" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841434" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>7.11</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>7.2.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
+          <w:t>Pets</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841434 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="5A96646B" w14:textId="7A1A8C3B" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc213841435" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7.3.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Citizenship and resident status and exceptional circumstances</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841435 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>17</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="56974B04" w14:textId="55C1F25E" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc213841436" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7.4.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Ownership of property</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841436 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>18</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0525B2BF" w14:textId="0E513A0D" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc213841437" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7.5.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Singles housing</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841437 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>18</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1246F825" w14:textId="37E82D87" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc213841438" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7.6.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Target stock - Family Violence</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841438 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>19</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="47AA641B" w14:textId="4783504F" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc213841439" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7.7.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Sponsored housing</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841439 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>19</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6ECF3047" w14:textId="5557052B" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc213841440" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7.8.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Housing and support program</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841440 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>19</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="1D7C1725" w14:textId="6A005040" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc213841441" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7.9.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Public Housing for NDIS participants</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841441 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>20</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="3C90A9F4" w14:textId="5EA5B57D" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc213841442" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7.10.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Supported Housing Offers</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841442 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>20</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="14D4C25F" w14:textId="481CF4D0" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc213841443" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>7.11.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
           <w:t>Accommodation decision making for applicants with disability and NDIS participants</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841443 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C3D38AF" w14:textId="3E1FD146" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="413169FD" w14:textId="454EAB25" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986218" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841444" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>8</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>8.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Decision makers</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841444 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>21</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03B47455" w14:textId="1BA0C32E" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="1FBBE096" w14:textId="230B3B50" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986219" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841445" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>8.1</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>8.1.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Informal decision makers</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841445 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>21</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3CDFA3F1" w14:textId="3AD6A43C" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="05A38D86" w14:textId="4FC12EB7" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986220" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841446" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>8.2</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>8.2.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Formal decision makers</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841446 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6AA11DD4" w14:textId="621A3859" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="6E78F58A" w14:textId="40CDEFC9" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986221" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841447" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>8.3</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>8.3.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Power of Attorney</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841447 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42024095" w14:textId="07067DE1" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="3170A140" w14:textId="4C8CDA83" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986222" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841448" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>8.4</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>8.4.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Administrator</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841448 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>21</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B74638D" w14:textId="193B9A6F" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="48E6E04D" w14:textId="036DE60D" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986223" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841449" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>8.5</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>8.5.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Guardian</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841449 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>22</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B1C06BD" w14:textId="35663A20" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="5C37D1D2" w14:textId="3DCF59D9" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986224" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841450" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>9</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>9.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Disability needs</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841450 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>23</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D3B7DDE" w14:textId="4AA6C4A8" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="64795C0C" w14:textId="52BBDF90" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986225" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841451" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>9.1</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>9.1.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Special Accommodation Requirements</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841451 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>23</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E587534" w14:textId="4FEE35DF" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="1ECD34BE" w14:textId="76ED69A7" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986226" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841452" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>9.2</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>9.2.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>The Equal Opportunity Act 2010 (Vic)</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841452 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>23</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="029537A4" w14:textId="219DD965" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="416D2495" w14:textId="13249F6F" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986227" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841453" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>10</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>10.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Transfers</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841453 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>24</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="318449B3" w14:textId="30E3755B" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="13212D84" w14:textId="75404E7E" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986228" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841454" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>10.1</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>10.1.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Transfers due to uninhabitable housing</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>Priority Transfers</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841454 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>24</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B0C1792" w14:textId="5AE17354" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="7ADBDC11" w14:textId="35F2D321" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986229" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841455" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>10.2</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>10.2.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
-[...3 lines deleted...]
-        <w:r>
+          </w:rPr>
+          <w:t>Transfers due to uninhabitable housing</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841455 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="59F107B7" w14:textId="0927C98D" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="5F968471" w14:textId="5031FA7C" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986230" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841456" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>10.3</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>10.3.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Move out of property and move back for redevelopments</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>Stock utilisation</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841456 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>25</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0EC1E2DB" w14:textId="239FB07A" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="2C63BE17" w14:textId="6626BED6" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986231" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841457" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>10.4</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>10.4.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Payment of relocation costs</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>Move out of property and move back for redevelopments</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841457 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>25</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F28AA33" w14:textId="06C9EA3F" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="0980466F" w14:textId="53A5AADE" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986232" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841458" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>10.5</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>10.5.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
+          <w:t>Payment of relocation costs</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841458 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>25</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="191ACE25" w14:textId="343D40BA" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc213841459" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>10.6.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
           <w:t>Exit tenancy condition reports</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841459 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>25</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="16163AAD" w14:textId="127ABECA" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="34630F4C" w14:textId="7CA9CBC5" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986233" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841460" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Offers of housing</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841460 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>26</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6DD5B1A6" w14:textId="1A040803" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="574EB6BE" w14:textId="3430019E" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986234" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841461" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.1</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.1.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Matching clients</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841461 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>27</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A0D0CFD" w14:textId="66DF42B5" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="01C57297" w14:textId="4F43EA71" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986235" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841462" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.2</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.2.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Previously undeclared Special Accommodation Requirements</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841462 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>27</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21B81E1A" w14:textId="38D7071C" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="0EC9BCFC" w14:textId="23DAD45C" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986236" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841463" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.3</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.3.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Eligibility</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841463 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>27</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F679D45" w14:textId="452A178F" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="6C63D6E1" w14:textId="1CAB2A33" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986237" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841464" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.4</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.4.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Not eligible for Public Housing</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841464 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>27</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="35092108" w14:textId="6A7D2E0F" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="4D376395" w14:textId="44B21D73" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986238" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841465" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.5</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.5.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Not eligible for current priority category</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841465 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>27</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A44F5E4" w14:textId="110093EC" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="60F4300E" w14:textId="78BDFAA7" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986239" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841466" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.6</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.6.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Mandatory Disclosures</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841466 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>27</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0299F856" w14:textId="28EAFBD6" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="12E47CA1" w14:textId="33926976" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986240" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841467" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.7</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.7.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Reasonable offers of housing</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841467 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>29</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="67D899D0" w14:textId="45BA389C" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="628DE369" w14:textId="7BE61111" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986241" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841468" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.8</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.8.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Advising the applicant of the property location and address</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841468 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>29</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B919E99" w14:textId="1D12DEBB" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="785A1273" w14:textId="7CDB322F" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986242" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841469" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.9</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.9.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Information provided to applicants when an offer is made</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841469 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>29</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C7E42DA" w14:textId="0FA67DBB" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="3282C7C7" w14:textId="36DE1095" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986243" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841470" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.10</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.10.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Offer refused</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841470 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>30</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32D774FF" w14:textId="7B54860F" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="5E36FCD3" w14:textId="4ECC7488" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986244" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841471" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.11</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.11.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Offer accepted</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841471 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>30</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0EB01F46" w14:textId="618846AE" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="7E8E1B31" w14:textId="57D5AC1E" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986245" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841472" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.12</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.12.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Information sessions</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841472 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="005E55A1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>30</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15AC8298" w14:textId="54B267A4" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="2CB62043" w14:textId="4B77EC24" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986246" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841473" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.13</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.13.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Formal offers</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841473 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>31</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="161AC39C" w14:textId="4EE4D995" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="62006EBF" w14:textId="4D439EA4" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986247" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841474" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>11.14</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>11.14.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>After signing the Residential rental agreement</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841474 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>31</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BCEE89A" w14:textId="72B034F9" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="45A58F5F" w14:textId="662A7717" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986248" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841475" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>12</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>12.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Circumstances requiring VPS4 manager or above approval</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841475 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>32</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6BBE26DF" w14:textId="4FF4FA33" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="7B79FE42" w14:textId="70C9F0E2" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986249" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841476" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>12.1</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>12.1.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Applicants 15-17 years of age</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841476 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>32</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="78E62B6D" w14:textId="23C8D5ED" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="121C2683" w14:textId="59F61BD0" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986250" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841477" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>13</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>13.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Local decisions and allocations</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841477 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>33</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="311CDC86" w14:textId="5B21206C" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="5CFE1EDE" w14:textId="5DFF843A" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986251" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841478" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>13.1</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>13.1.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Local allocation plan</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841478 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>33</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B44D81F" w14:textId="44001E43" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="1BF31C18" w14:textId="55C0F100" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986252" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841479" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>13.2</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>13.2.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Sensitive allocations</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841479 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>33</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B23F620" w14:textId="2DA51849" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="58897858" w14:textId="0AE55496" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986253" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841480" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>13.3</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>13.3.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Selective allocations</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841480 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>33</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0DA613CD" w14:textId="4ED1B28B" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="2CDAA794" w14:textId="633B0CC8" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986254" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841481" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>13.4</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>13.4.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Hard to let properties</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841481 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>33</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="375261B6" w14:textId="26FB6E8A" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="5B5BA9E9" w14:textId="1D091192" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986255" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841482" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>14</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>14.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Temporary Absence</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841482 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>35</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6E7B4C78" w14:textId="447729D0" w:rsidR="0023406F" w:rsidRDefault="0023406F">
+    <w:p w14:paraId="669244FB" w14:textId="138333D7" w:rsidR="0039000A" w:rsidRDefault="00170A2A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
-          <w:kern w:val="2"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
-          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc174986256" w:history="1">
-        <w:r w:rsidRPr="00B065BE">
+      <w:hyperlink w:anchor="_Toc213841483" w:history="1">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>15</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>15.</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
-            <w:kern w:val="2"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
-            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B065BE">
+        <w:r w:rsidR="0039000A" w:rsidRPr="007620CF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Sleep-outs</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...10 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc213841483 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0039000A">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
-[...5 lines deleted...]
-        <w:r>
+        <w:r w:rsidR="005E55A1">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>35</w:t>
+        </w:r>
+        <w:r w:rsidR="0039000A">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42C49055" w14:textId="0B319122" w:rsidR="00FB1F6E" w:rsidRDefault="00AD784C" w:rsidP="00D079AA">
+    <w:p w14:paraId="42C49055" w14:textId="642207FD" w:rsidR="00FB1F6E" w:rsidRDefault="00AD784C" w:rsidP="00D079AA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="56D509EB" w14:textId="77777777" w:rsidR="00FB1F6E" w:rsidRDefault="00FB1F6E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34E25284" w14:textId="148A7CBE" w:rsidR="005C6B41" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+    <w:p w14:paraId="21396428" w14:textId="73CBBD68" w:rsidR="008607CA" w:rsidRPr="002A5BD1" w:rsidRDefault="008607CA" w:rsidP="004D6D11">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc211349558"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc213841412"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk211002309"/>
+      <w:r w:rsidRPr="00AF462E">
         <w:lastRenderedPageBreak/>
-        <w:t>Definitions</w:t>
-      </w:r>
+        <w:t>Revision</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5BD1">
+        <w:t xml:space="preserve"> history</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblW w:w="9299" w:type="dxa"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3113"/>
-        <w:gridCol w:w="6175"/>
+        <w:gridCol w:w="988"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="5193"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C6B41" w14:paraId="1EA1E504" w14:textId="77777777" w:rsidTr="005C6B41">
+      <w:tr w:rsidR="008607CA" w14:paraId="5853001F" w14:textId="77777777" w:rsidTr="00E37A2C">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="pct"/>
+            <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="240A59D1" w14:textId="7CBE2D4B" w:rsidR="005C6B41" w:rsidRPr="005C6B41" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w14:paraId="31C423D5" w14:textId="77777777" w:rsidR="008607CA" w:rsidRPr="00CB3285" w:rsidRDefault="008607CA" w:rsidP="004D6D11">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk174982087"/>
-[...1 lines deleted...]
-              <w:t>Term</w:t>
+            <w:r>
+              <w:t>Version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3324" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3C246544" w14:textId="26DC801F" w:rsidR="005C6B41" w:rsidRPr="005C6B41" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="4C9F6750" w14:textId="77777777" w:rsidR="008607CA" w:rsidRDefault="008607CA" w:rsidP="004D6D11">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:r w:rsidRPr="005C6B41">
-              <w:t>Definition</w:t>
+            <w:r>
+              <w:t>Amended Section</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4B461A" w14:textId="77777777" w:rsidR="008607CA" w:rsidRDefault="008607CA" w:rsidP="004D6D11">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Effective</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54CD0559" w14:textId="77777777" w:rsidR="008607CA" w:rsidRDefault="008607CA" w:rsidP="004D6D11">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Detail</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C6B41" w14:paraId="1AF3E3C0" w14:textId="77777777" w:rsidTr="005C6B41">
+      <w:tr w:rsidR="00E458B2" w14:paraId="1CD32A59" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="pct"/>
+            <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58552FCB" w14:textId="742BF20F" w:rsidR="005C6B41" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="03388879" w14:textId="08FAFBD1" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A57EA">
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>1.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD829F4" w14:textId="1F9B244B" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>First publication</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CE3EA0" w14:textId="1DCC20E6" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>9 February 2015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20454776" w14:textId="40906CD1" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>New publication</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E458B2" w14:paraId="2B1EA0AE" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="495"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6491FE30" w14:textId="3B16CE41" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>2.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD153C0" w14:textId="74F35E04" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Revised document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C86BE33" w14:textId="376AA774" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>August 2016</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="483B6F03" w14:textId="74EBAB32" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Updated with introduction of VHR</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E458B2" w14:paraId="5305166F" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="898"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D5FACF" w14:textId="11A6EB7A" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>3.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7703B921" w14:textId="4BA47518" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Revised document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E21056" w14:textId="7F2D0862" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>1 Jan 2019</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F999C11" w14:textId="7DA7A2AA" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Incorporation of Directors Determinations, Alignment with Victorian Housing Register, Human Rights, recommendations of Victorian Ombudsman’s investigation into maintenance charges against tenants.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E458B2" w14:paraId="78F1935C" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="898"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51F9BED8" w14:textId="231858C2" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>4.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="751B359D" w14:textId="7811CDD6" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Revised document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE4BD60" w14:textId="5E126FE5" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>29 March 2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7541D0BB" w14:textId="045B866D" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t xml:space="preserve">Aligns to Residential Tenancies Act changes, 29 March 2021, further clarifies debt is no barrier to an offer and clarifies Charter of Rights compliance requirements. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E458B2" w14:paraId="3101DDC5" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="898"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A71042" w14:textId="4640BC18" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>5.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4927959C" w14:textId="3C7CBCE9" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Revised document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA34F27" w14:textId="18680878" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>26 May 2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32169558" w14:textId="77777777" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Allocations fulfilling other legislative requirements.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="736081C1" w14:textId="77777777" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Local Allocation Plan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A20379A" w14:textId="585EC14C" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Circumstances requirement approval for offers and sign ups.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E458B2" w14:paraId="3B4606A9" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="533"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6989BA9E" w14:textId="1431A387" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>6.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63C92959" w14:textId="4F5B30AF" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Revised document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="37441A7E" w14:textId="78677DB7" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>1 July 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB92179" w14:textId="354ED502" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Delegations for allocations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E458B2" w14:paraId="46FD4EB1" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="898"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="255A7828" w14:textId="2C4E8D90" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>7.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC05639" w14:textId="5C998D00" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Revised document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB88B51" w14:textId="09C321FA" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>3 October 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C58E9F" w14:textId="1DFB39A8" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Revised order of allocation categories and types.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E458B2" w14:paraId="0786C59E" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="898"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25895515" w14:textId="49DFA099" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>8.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2091D77B" w14:textId="2320DAC3" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Revised document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16043CCA" w14:textId="3E7521C3" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>28 December 2022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9CC037" w14:textId="2E9D1526" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Terminology updates</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E458B2" w14:paraId="03BB6A85" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="898"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="626CE435" w14:textId="5B412E71" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>9.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="067BA05F" w14:textId="6E9F8482" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Revised document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FC40B31" w14:textId="78AB58CC" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>June 2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1630C436" w14:textId="77777777" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t xml:space="preserve">Updated with section numbers and Director of Housing to Homes Victoria. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EEE36DC" w14:textId="44A8AE3A" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Further information included about offer appointments completed via the phone, mandatory disclosures, visa types, debts and pets.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E458B2" w14:paraId="5F56640C" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="898"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D9B14D" w14:textId="2A810547" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>9.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A73AC9D" w14:textId="32B43229" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>Minor Clarifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42B1F47A" w14:textId="45F51FAB" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t>October 2023</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FFCC676" w14:textId="67CCB59D" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401E6E">
+              <w:t xml:space="preserve">Updated information regarding the treatment of H2H applicants in leased properties </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E458B2" w14:paraId="4F9C94DE" w14:textId="77777777" w:rsidTr="00E37A2C">
+        <w:trPr>
+          <w:trHeight w:val="898"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="988" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD52251" w14:textId="54A91CA0" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005C6B41">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Applicant</w:t>
+              <w:t>9.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3324" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="373252B5" w14:textId="54F2309E" w:rsidR="005C6B41" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="549270BD" w14:textId="76BC04C2" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A57EA">
+            <w:r w:rsidRPr="005C6B41">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>A person who applies for a tenancy in social housing.</w:t>
-[...20 lines deleted...]
-              <w:t>Agreement amounts</w:t>
+              <w:t>Revised document</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3324" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF87A1A" w14:textId="36E503D4" w:rsidR="005C6B41" w:rsidRPr="002365B4" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
-[...8 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="10FBF168" w14:textId="260F7021" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>renter</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>August</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C6B41">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> responsibility charges or bond.</w:t>
+              <w:t xml:space="preserve"> 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="pct"/>
+            <w:tcW w:w="5193" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0F9065" w14:textId="0AD0A6B9" w:rsidR="005C6B41" w:rsidRPr="002365B4" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+          <w:p w14:paraId="394D59F6" w14:textId="77777777" w:rsidR="00E458B2" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Business Days</w:t>
-[...53 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Families, Fairness and Housing</w:t>
-[...64 lines deleted...]
-            </w:r>
+              <w:t>Section 5.2 Update to Table 1 – Order of Allocations table.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C68E817" w14:textId="67810024" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of Housing</w:t>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="00823707">
+              <w:t xml:space="preserve">Section 11.7 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00271AD4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Director of Housing as appointed under the Housing Act, from September 2022 now known as Chief Executive Officer (CEO) of Homes Victoria.</w:t>
-[...49 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Removed reasonable offer consideration for participants in the redundant </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Housing Integrated Information Program (</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00271AD4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">igh-rise </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>HiiP</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00271AD4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">elocation </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...12 lines deleted...]
-              <w:t>The system used to manage VHR applications and public housing tenancies.</w:t>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00271AD4">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>rogram.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C6B41" w14:paraId="50F28BBB" w14:textId="77777777" w:rsidTr="005C6B41">
+      <w:tr w:rsidR="00E458B2" w14:paraId="73116469" w14:textId="77777777" w:rsidTr="00E37A2C">
         <w:trPr>
-          <w:trHeight w:val="285"/>
+          <w:trHeight w:val="898"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="pct"/>
+            <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4386E27B" w14:textId="625A0341" w:rsidR="005C6B41" w:rsidRPr="002365B4" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="6A664590" w14:textId="5AEF53BF" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Homes Victoria</w:t>
+              <w:t>9.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3324" w:type="pct"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="28AB5BEE" w14:textId="323BD292" w:rsidR="005C6B41" w:rsidRPr="002365B4" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="7087A48A" w14:textId="2A6CAB18" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="00823707">
-[...367 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Homes Victoria</w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>Revised document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC02C4F" w14:textId="25EC6FFE" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>renter</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>December 2024</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D709503" w14:textId="7A91268E" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B6BA9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to reduce the household’s weekly contribution towards their rent. The value of the rental rebate is the difference between 25 per cent of the total assessable income of all household members and the Market Rent of the property.  </w:t>
+              <w:t xml:space="preserve">Order of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B6BA9">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>llocations table updated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Family reunification uplift.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C6B41" w14:paraId="2DAA625C" w14:textId="77777777" w:rsidTr="005C6B41">
+      <w:tr w:rsidR="00E458B2" w14:paraId="684A4D1F" w14:textId="77777777" w:rsidTr="00E37A2C">
         <w:trPr>
-          <w:trHeight w:val="756"/>
+          <w:trHeight w:val="898"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="pct"/>
+            <w:tcW w:w="988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2677BC6F" w14:textId="1C4887D1" w:rsidR="005C6B41" w:rsidRPr="002365B4" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="6F1B2898" w14:textId="2D811A23" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>9.4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FF135CB" w14:textId="4CD470A1" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="006003DB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Revised document</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A9A035" w14:textId="3969D555" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00AE2D48" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet2"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="0"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>November</w:t>
+            </w:r>
+            <w:r w:rsidR="00E458B2">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5193" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D740E02" w14:textId="2DC70E33" w:rsidR="00E458B2" w:rsidRPr="00401E6E" w:rsidRDefault="00E458B2" w:rsidP="00E458B2">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006003DB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Order of Allocations table updated – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Consolidation of Housing First programs into Housing First for People Sleeping Rough</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006003DB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="54917B4A" w14:textId="0D4B2BB5" w:rsidR="00F11D9B" w:rsidRDefault="00AE2D48" w:rsidP="00F11D9B">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc213841413"/>
+      <w:r w:rsidRPr="00AE2D48">
+        <w:lastRenderedPageBreak/>
+        <w:t>Definitions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9299" w:type="dxa"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="6327"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AE1C70" w14:paraId="3A55D234" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21529410" w14:textId="2FFFD014" w:rsidR="00AE1C70" w:rsidRPr="00CB3285" w:rsidRDefault="00AE1C70" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000118FA">
+              <w:t>Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7806DCE9" w14:textId="0398E355" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000118FA">
+              <w:t>Definition</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="06F5DB39" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="56B4ACE7" w14:textId="47C50975" w:rsidR="00AE2D48" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Applicant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D22C2F" w14:textId="7E7BFE7C" w:rsidR="00AE2D48" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>A person who applies for a tenancy in social housing.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="04E8639E" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6B9DB6" w14:textId="75DED40E" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Agreement amounts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="578E3086" w14:textId="007A046B" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>An agreed amount to cover the costs of unpaid debt to the department which may include rental arrears, renter responsibility charges or bond.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="16012002" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE2136C" w14:textId="64081C90" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Business Days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="780FECEC" w14:textId="263CBA26" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>A day of the week between Monday to Friday during the hours of 9.00am to 4.00pm. After 5.00pm the next business day is counted.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="7A2E5C47" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEFB08A" w14:textId="02BE1016" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Department</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65549D95" w14:textId="507BCC05" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Department of Families, Fairness and Housing under the Public Administration Act 2004.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="2B040668" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BAD8D53" w14:textId="384EC638" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Determinations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C13B498" w14:textId="41171A20" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>A determination made by Homes Victoria pursuant to s 142E of the Housing Act.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="7FCB53ED" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED76D76" w14:textId="2E5217EA" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Director of Housing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="798F0BF9" w14:textId="1E6C4121" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Director of Housing as appointed under the Housing Act, from September 2022 now known as Chief Executive Officer (CEO) of Homes Victoria.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="3A7142F7" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="170BFFFE" w14:textId="3A0B4FA7" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Eligibility Criteria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4268682C" w14:textId="5EFB8A24" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>The criteria determined by Homes Victoria under section 142E(1)(a) of the Housing Act</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="14A78B6C" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66AA5C79" w14:textId="72EF6410" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Housing Integrated Information Program (HiiP)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30AA69BF" w14:textId="64DEA39C" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>The system used to manage VHR applications and public housing tenancies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="430C8BD5" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0947443A" w14:textId="4C3783CB" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Homes Victoria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E1126DC" w14:textId="08C7E0B6" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t xml:space="preserve">The entity managing public and social housing in Victoria. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="1710F18C" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5135C072" w14:textId="7704510C" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Household</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1624A66A" w14:textId="7BA63CA1" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>The collective term for all household members.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="557CBEE0" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FECC9B6" w14:textId="3370F5AF" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Household Member</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A0323AF" w14:textId="0F8E0488" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>A person who resides or intends to reside with the applicant in social housing.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="31FAA630" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C14659F" w14:textId="56509398" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Market Rent</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="658B7454" w14:textId="6C3B2547" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>The market rent is the rent value the property could attract in the private rental market and is determined annually by a qualified independent valuer.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="2805745E" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A7A2EF" w14:textId="341206AF" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Participating Registered Agency</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01229D9E" w14:textId="32974503" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>A registered agency that is declared by Homes Victoria under s 142F(2)(b) of the Housing Act to be a participating registered agency.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="6457BFD3" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A52B65B" w14:textId="703F4AF8" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Participating Designated Service Providers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="722A85B1" w14:textId="472C05DA" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>A designated service provider that is declared by the Homes Victoria under section 142F(2)(a) of the Housing Act to be a participating designated service provider.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="32F12062" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AA2BD34" w14:textId="7EE95C7A" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Public Housing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10414497" w14:textId="598D9DD1" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Long-term rental accommodation managed by the department on behalf of Homes Victoria.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="7DA739C0" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32BE185C" w14:textId="28EC518A" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Priority Access Categories</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41B952B8" w14:textId="0D00E338" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>A category determined by Homes Victoria under section 142E(1)(b) of the Housing Act and set out in the Determinations.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="1ECB2273" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5F8A02" w14:textId="761984C7" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Registered Housing Agencies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="323E6590" w14:textId="4C07B14A" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Means a housing agency registered pursuant to the Housing Act.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="77DCD677" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CFB499C" w14:textId="5E294C68" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Rental Rebate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F43D205" w14:textId="71651A87" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t xml:space="preserve">The discount amount that Homes Victoria provides the renter to reduce the household’s weekly contribution towards their rent. The value of the rental rebate is the difference between 25 per cent of the total assessable income of all household members and the Market Rent of the property.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="17DEA04F" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2791156C" w14:textId="4EB7AAB2" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:lastRenderedPageBreak/>
+              <w:t>Renter(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EF8C1B" w14:textId="771C6007" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>An applicant or household member who has signed a residential rental agreement with Homes Victoria to enable them to let the property.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="2A404FE0" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECF1B84" w14:textId="169CE5EE" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Residential Rental Agreement (rental agreement)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5F6F5F" w14:textId="1C2D98D4" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>The written agreement entered into by Homes Victoria and the renter(s) which permits the renter(s) to let the property as a residence.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="4DAD2BD7" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C83B07C" w14:textId="1C4CCDCA" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Residential Rental Provider (rental provider)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43166854" w14:textId="497F90E1" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t xml:space="preserve">The property owner (Homes Victoria) responsible for the rental agreement. Housing staff sign the rental agreement on behalf of Homes Victoria. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="202EF6AC" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA70516" w14:textId="3DE5E10E" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Residential Tenancies Act</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="417AD44A" w14:textId="36F79D58" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Residential Tenancies Act 1997 (Vic).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="1E5436DD" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50943E50" w14:textId="545C08D7" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Social Housing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6227722E" w14:textId="69CC1212" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Means both public housing and housing owned, controlled or managed by a Participating Registered Agency.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="29D3252B" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CAA3F7A" w14:textId="54DE20F1" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Social Landlord</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A5213ED" w14:textId="2FEE3D3C" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>A rental provider with a social responsibility. In the context of these guidelines, Homes Victoria acts as a social landlord when allocating properties. The department assists Homes Victoria in this role. Homes Victoria owns and manages public housing for people on low incomes who have difficulty affording and securing housing in the private market.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="338035AF" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBA8617" w14:textId="42E10E9E" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t xml:space="preserve">Special Accommodation Requirement (SAR) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB713D2" w14:textId="4EFAA016" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t xml:space="preserve">A household includes a member who has a condition or limitation that impacts on their daily living which may need to be considered when allocating public housing.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="4BE96ED1" w14:textId="77777777" w:rsidTr="00AE2D48">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54BEF51C" w14:textId="7FDC39EA" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>Victorian Civil and Administrative Tribunal (VCAT)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CCE2836" w14:textId="3EA6C29D" w:rsidR="00AE2D48" w:rsidRPr="00E13C3C" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E41DFB">
+              <w:t>VCAT resolves legal disputes and cases under the Residential Tenancies Act 1997, Including tenancy matters in public housing.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="4A93B289" w14:textId="77777777" w:rsidTr="004D6D11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F510B76" w14:textId="77777777" w:rsidR="00AE2D48" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Victorian Housing Register (VHR)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="712BE689" w14:textId="77777777" w:rsidR="00AE2D48" w:rsidRPr="00E41DFB" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C37FA8C" w14:textId="03316325" w:rsidR="00AE2D48" w:rsidRPr="00E41DFB" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The register of applicants established and administered under s 142A of the Housing Act.  The VHR is a system that unifies public housing and participating registered agencies into a common housing register.  The VHR includes a common application form and the eligibility framework including the eligibility criteria for allocations to social housing. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE2D48" w14:paraId="302BC4C5" w14:textId="77777777" w:rsidTr="004D6D11">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18B53B8A" w14:textId="77777777" w:rsidR="00AE2D48" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Weekly Payment Amount</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="073BB0C0" w14:textId="77777777" w:rsidR="00AE2D48" w:rsidRPr="00E41DFB" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6327" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BB9E058" w14:textId="77777777" w:rsidR="00AE2D48" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">The amount that renters pay Homes Victoria towards their rent. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17F86AF4" w14:textId="24E07E31" w:rsidR="00AE2D48" w:rsidRPr="00E41DFB" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">If a household is eligible for a rental rebate the weekly payment amount is assessed at 25 per cent of the total weekly assessable income of all household members. If the household is not eligible for a rental rebate the weekly payment amount will be the market rent and also any applicable service charges. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="645A73F9" w14:textId="3C6602B6" w:rsidR="0039000A" w:rsidRDefault="0039000A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
+          <w:color w:val="201547"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc174986188"/>
+    </w:p>
+    <w:p w14:paraId="3082DE27" w14:textId="77777777" w:rsidR="0039000A" w:rsidRDefault="0039000A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
+          <w:color w:val="201547"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
+          <w:color w:val="201547"/>
+          <w:kern w:val="32"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67D391DE" w14:textId="5F809ED6" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc213841414"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Introductio</w:t>
+      </w:r>
+      <w:r>
+        <w:t>n</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="3A8FD5E7" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00AE1C70">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This Chapter of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>Public housing allocations operational guidelines</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> outlines the procedure for housing staff to follow when allocating public housing and ensure compliance with Victoria’s Charter of Rights as well as comply with amendments to the Residential Tenancies Act which took effect on 29 March 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B0DDA1B" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00AE1C70">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For an allocation into public housing to proceed the applicant must meet the eligibility criteria as stated in the Determinations pursuant to s142E of the Housing Act and have an active Victorian Housing Register (VHR) application. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D7519D3" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00AE1C70">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The applicant must satisfy they are still eligible for category under which the application is approved </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="306C693A" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00AE1C70">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>To ensure the applicant remains eligible the department must satisfy the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0DAB0A" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00AE1C70">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the applicant's household and the type of property available are a match on the basis of location, size, physical attributes of the property and the households needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096777BA" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00AE1C70">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>an offer of public housing is reasonable (taking into account the requirements of the Residential Tenancies Act to disclose certain information and the department’s obligation under the Charter of Rights).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6168CCEC" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00ED7E87" w:rsidRDefault="00AE1C70" w:rsidP="001D151A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc174986189"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc166512259"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc518372197"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc213841415"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:t>When do these operational guidelines apply?</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="0C8A55F9" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>These operational guidelines apply when:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3210FBF0" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>applicants from the VHR are being offered public housing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509DEECB" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>an applicant’s eligibility criteria is reassessed</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55DEBBF5" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>offers of public housing are made</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CDD9A84" w14:textId="6093B57A" w:rsidR="001D151A" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>establishing a rental agreement</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Toc502323847"/>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve"> (rental agreement).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA6003C" w14:textId="77777777" w:rsidR="001D151A" w:rsidRDefault="001D151A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7DA51A" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00ED7E87" w:rsidRDefault="00AE1C70" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc174986190"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc166512260"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc518372198"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc213841416"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Allocating from the Victorian Housing Register</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="3B33A68B" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The determinations set out the criteria which a person must meet to be eligible to be placed on the VHR and then allocated social housing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47890301" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The eligibility criteria for the VHR applies to both new applicants and existing social housing renters seeking a transfer to a different social housing property. Regardless of whether an application is new or transfer, they form part of a single register being the register, with their place on the VHR being determined by the priority in which they fall.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E451567" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Allocations into public housing should be on the basis of:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B52FAAA" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>The application in highest priority (pursuant to the Priority Access Categories) with earliest effective date; or an applicant whose allocation is required to fulfill an obligation of the Secretary of the Department of Families, Fairness and Housing and/or Homes Victoria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69673B79" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>The property size matches the applicant's household composition</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38618A91" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>The property is appropriately matched to the applicant's approved special accommodation requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="110DAEF3" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc174986191"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc166512261"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc213841417"/>
+      <w:r>
+        <w:t>Priority Access Categories</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FD64B0" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Once applicants have been placed on the VHR, they are to be allocated to their housing need.  This is reflected in the determinations which state </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>'people who are in urgent housing need are prioritised for social housing'.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="180C878F" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Offers of housing are made in accordance with the VHR’s order of prioritisation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B947B3" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Prior to making an offer to an applicant, housing staff should reassess the application, to ensure it has the correct categorisation.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66007431" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Table 1 at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="_Order_of_allocations" w:history="1">
+        <w:r w:rsidRPr="00586AF3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>section 5.2</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> summarises the categories of the VHR in order of priority. Staff must refer to the Determinations for a more detailed version and the eligibility criteria an applicant must meet to be eligible for each respective Priority Access Category.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="_2.3.23_Allocations_aligned"/>
+      <w:bookmarkStart w:id="20" w:name="_2.3.2_Allocations_aligned"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc107561321"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc166512262"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="3A7677A8" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="004D6D11" w:rsidRDefault="00AE1C70" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Order_of_allocations"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc174986192"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc213841418"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="004D6D11">
+        <w:t>Order of allocations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w14:paraId="6DD94B89" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>Applicants receive prioritisation based on their housing situation. The table below outlines the categories of the Register and includes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4433A900" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Order of Allocation:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve"> determines the sequence of housing allocation to eligible applicants</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CE743F0" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Category:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve"> identifies the housing needs of applicants </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F2606FC" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Priority Reason:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve"> describes the housing situations associated with each category</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E6BF40" w14:textId="77777777" w:rsidR="00AE1C70" w:rsidRPr="00586AF3" w:rsidRDefault="00AE1C70" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Application Type:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve"> indicates whether the applicant is a new applicant or an existing renter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F43BB95" w14:textId="72C0D71D" w:rsidR="0038144F" w:rsidRDefault="00AE1C70" w:rsidP="00AE1C70">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Certain priority reasons are prioritised differently from other reasons in the same category. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B096A5E" w14:textId="77777777" w:rsidR="0038144F" w:rsidRDefault="0038144F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64805251" w14:textId="14CA8050" w:rsidR="00AE1C70" w:rsidRDefault="00AE1C70" w:rsidP="00AE1C70">
+      <w:pPr>
+        <w:pStyle w:val="Tablecaption"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Table 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="004912EA" w:rsidRPr="004912EA">
+        <w:t>Summary of the Victorian Housing Register Categories and Order of Allocation</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1232"/>
+        <w:gridCol w:w="1173"/>
+        <w:gridCol w:w="2201"/>
+        <w:gridCol w:w="3611"/>
+        <w:gridCol w:w="1559"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00631D55" w14:paraId="05CFACDC" w14:textId="77777777" w:rsidTr="00631D55">
+        <w:trPr>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24602F51" w14:textId="2001DFF6" w:rsidR="00631D55" w:rsidRPr="00CB3285" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7896">
+              <w:t>Order of Allocation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39CA5017" w14:textId="4776DF8B" w:rsidR="00631D55" w:rsidRPr="00CA7896" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Category</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1903F897" w14:textId="70595CBC" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7896">
+              <w:t>Category</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48647B3E" w14:textId="2951D236" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7896">
+              <w:t>Priority Reason</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D8D0D0" w14:textId="122A0750" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tablecolhead"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA7896">
+              <w:t>Application Type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631D55" w14:paraId="684D96F2" w14:textId="77777777" w:rsidTr="00631D55">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B27199D" w14:textId="4E7ECB17" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49F40788" w14:textId="599A9ED5" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Priority Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="760E5D85" w14:textId="216F67F6" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Emergency Management Housing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2026AE14" w14:textId="56277C91" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C76C68D" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>New</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06F10B5D" w14:textId="63ABE863" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00AE1C70">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Transfer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631D55" w14:paraId="5DB6A33B" w14:textId="77777777" w:rsidTr="00631D55">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29674F50" w14:textId="54FEFDA6" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58644869" w14:textId="468D0637" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707F95">
+              <w:t>Priority Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B5A894C" w14:textId="31D1CAF8" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Homeless with Support</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B5235A0" w14:textId="640E6290" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Housing First for People Sleeping Rough</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BE00F44" w14:textId="25165F09" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>New</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631D55" w14:paraId="6876DA73" w14:textId="77777777" w:rsidTr="00631D55">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B3B2F41" w14:textId="0068F0EA" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BDC0F9B" w14:textId="2B344AEB" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707F95">
+              <w:t>Priority Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5890D071" w14:textId="1A3AC674" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Homeless with Support</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="46995465" w14:textId="168F096C" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Family Violence </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03477C43" w14:textId="0869276A" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>New</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631D55" w14:paraId="56D5AC78" w14:textId="77777777" w:rsidTr="00631D55">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9E281D" w14:textId="6F177FDB" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="19233870" w14:textId="102AD22C" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707F95">
+              <w:t>Priority Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5075C517" w14:textId="244F8161" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Priority Transfers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5116D40D" w14:textId="08667137" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Family Violence </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73D1E89C" w14:textId="5D11F158" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Transfer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631D55" w14:paraId="36F5DAA2" w14:textId="77777777" w:rsidTr="00631D55">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="692C9104" w14:textId="146496D0" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BAE6FBA" w14:textId="55CD8952" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707F95">
+              <w:t>Priority Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DC4284F" w14:textId="7738DE20" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Priority Transfers – Property Management / Redevelopment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B96C867" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Move Out of Property - Major Upgrade/Redevelopment </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="194B4115" w14:textId="5292E5B8" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Move Back to Redeveloped Area </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="770C8922" w14:textId="68839690" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Transfer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631D55" w14:paraId="599EB734" w14:textId="77777777" w:rsidTr="00631D55">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="304B835F" w14:textId="1B340089" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D50BB43" w14:textId="4919F67D" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707F95">
+              <w:t>Priority Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BFB98F8" w14:textId="4E012762" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Homeless with Support</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25DB44C2" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Homeless </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67E98783" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Young People Leaving Care </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05009FE9" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Mental Health with Support </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E284A8B" w14:textId="04034FAA" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Family Reunification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AC09847" w14:textId="0E13F212" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>New</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631D55" w14:paraId="1F6D6BF2" w14:textId="77777777" w:rsidTr="00631D55">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="494D09B7" w14:textId="2E3A50B1" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77C04AA5" w14:textId="0412023D" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707F95">
+              <w:t>Priority Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B7A9A02" w14:textId="3D2CB8F4" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Priority Transfers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56260D08" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Acquired Brain Injury </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CCEBD82" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Aged Care </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7248D048" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Children, Youth &amp; Families </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E6B52DD" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Correctional Locational Transfers </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2656DA1A" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Disability (non-NDIS) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF9EDFC" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Employment Transfers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B2BD4E2" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Family Reunification</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B92B126" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Homeless to a Home Transfer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75A2F0D8" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Mental Health </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06FE79FF" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Mental Health with Support  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B9AD1EC" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>National Disability Insurance Scheme (NDIS) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D7443F8" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Serious Threat of Physical Violence</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60605709" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Unsuitable Housing</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1973011E" w14:textId="6AF7DB38" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Urgent Medical Needs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BFE8CD3" w14:textId="41A1E336" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Transfer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631D55" w14:paraId="3D0E20FB" w14:textId="77777777" w:rsidTr="00631D55">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69D19DA1" w14:textId="7A966FCC" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="419DA49B" w14:textId="41EC960F" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707F95">
+              <w:t>Priority Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="29991CBB" w14:textId="26FC8C43" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Priority Transfers – Property Management / Redevelopment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="104A7B06" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Current Property Uninhabitable due to Fire </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="145E61D6" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Current Property Uninhabitable due to Flood </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03DBFB41" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Current Property Uninhabitable due to Vandalism </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29429C0B" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Improve Stock Utilisation </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B692B02" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Major Public Housing Site - Move Back </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CA3E3D7" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Renter</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Major Public Housing Sites - Move Out </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0668692E" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>(s)</w:t>
-[...16 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>rental</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Mental Health with Support  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E97B46B" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> agreement with </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Homes Victoria</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Move Out of Property - Lease Expired on Lease Property </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CF15B3D" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to enable them to let the property.</w:t>
-[...21 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Rental</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Move Out of Property - Property Demolishment </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6246226D" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Agreement </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>(rental a</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Moveable Unit Renter Transfer (because of action initiated by the owner/occupant of the main dwelling) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37A3A5AF" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>greement</w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...30 lines deleted...]
-            </w:r>
+              <w:t>Property Sale </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71EFF358" w14:textId="1C180E9B" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Homes Victoria</w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>Moveable Unit Renter Transfer (because of legal action initiated by the department against the occupant of the main dwelling to recover the property)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D5766C4" w14:textId="61F51697" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>renter</w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>Transfer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00631D55" w14:paraId="1E9A840E" w14:textId="77777777" w:rsidTr="0038144F">
+        <w:trPr>
+          <w:trHeight w:val="3589"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="092DF856" w14:textId="1270873C" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>renter</w:t>
-[...26 lines deleted...]
-              <w:t>Residential Rental Provider (rental provider)</w:t>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3324" w:type="pct"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24D7DC4D" w14:textId="00B630C7" w:rsidR="005C6B41" w:rsidRPr="002365B4" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
-[...94 lines deleted...]
-          <w:p w14:paraId="239032CA" w14:textId="77777777" w:rsidR="005C6B41" w:rsidRPr="008A57EA" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="14AC2F3B" w14:textId="2C458442" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A57EA">
-[...9 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00707F95">
+              <w:t>Priority Access</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3324" w:type="pct"/>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37C4F371" w14:textId="6DF940AD" w:rsidR="005C6B41" w:rsidRPr="002365B4" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="439CAE45" w14:textId="57C0A5F9" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A57EA">
-[...4 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>rental provider</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Supported Housing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7168F96B" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> with a social responsibility. In the context of these guidelines, </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Homes Victoria</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Acquired Brain Injury </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63356E6A" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> acts as a social landlord when allocating properties. The department assists </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Homes Victoria</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Aged Care </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13D9C2AF" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in this role. </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Homes Victoria</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Children, Youth and Families </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="240E75D0" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> owns and manages public housing for people on low incomes who have difficulty affording and securing housing in the private market.</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Disability (non NDIS) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59CA75EB" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Full Disability Modifications </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="471A8B8B" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Full Disability Modification (NDIS) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60681ECC" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Mental Health </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15726702" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Mental Health with Support  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CD65B4A" w14:textId="60E6649B" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>National Disability Insurance Scheme</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="767917FF" w14:textId="01AE86F3" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>New</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C6B41" w14:paraId="16AAD519" w14:textId="77777777" w:rsidTr="005C6B41">
+      <w:tr w:rsidR="00631D55" w14:paraId="49DA3F15" w14:textId="77777777" w:rsidTr="00631D55">
         <w:trPr>
-          <w:trHeight w:val="756"/>
+          <w:trHeight w:val="554"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="pct"/>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F43B807" w14:textId="0E333020" w:rsidR="005C6B41" w:rsidRPr="002365B4" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="5790193D" w14:textId="1F7BB653" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
             </w:pPr>
-            <w:r w:rsidRPr="008A57EA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">Special Accommodation Requirement (SAR) </w:t>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3324" w:type="pct"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43F7DB74" w14:textId="5CC9F817" w:rsidR="005C6B41" w:rsidRPr="002365B4" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
-[...57 lines deleted...]
-          <w:p w14:paraId="1C08ED35" w14:textId="77777777" w:rsidR="005C6B41" w:rsidRPr="008A57EA" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="0FFB1E77" w14:textId="01EFA468" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A57EA">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00707F95">
+              <w:t>Priority Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E251A91" w14:textId="2C9CA1E2" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (VHR)</w:t>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:t>Special Housing Needs</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3324" w:type="pct"/>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68FA4D6A" w14:textId="1D80C4DA" w:rsidR="005C6B41" w:rsidRPr="002365B4" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
-[...3 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+          <w:p w14:paraId="0AC9CEB0" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve">The register of applicants established and administered under s 142A of the Housing Act.  </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>The VHR</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Family Violence </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B0ADCAC" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> is a system that unifies public housing and participating registered agencies into a common housing register.  The </w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>VHR</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008A57EA">
+              <w:t>Insecure Housing </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AC0AF2A" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t xml:space="preserve"> includes a common application form and the eligibility framework including the eligibility criteria for allocations to social housing. </w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Serious Threat of Physical Violence </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D0CC1AF" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Severe Overcrowding </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D6F5833" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Unsuitable Housing </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63977FA8" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Urgent Medical Needs </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00790B9D" w14:textId="460935DC" w:rsidR="00631D55" w:rsidRPr="00401E6E" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mental Health </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A640CFD" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>New</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EBF3ED5" w14:textId="1B533E79" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Transfer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C6B41" w14:paraId="3D896E32" w14:textId="77777777" w:rsidTr="005C6B41">
+      <w:tr w:rsidR="00631D55" w14:paraId="656FF30A" w14:textId="77777777" w:rsidTr="0038144F">
         <w:trPr>
-          <w:trHeight w:val="756"/>
+          <w:trHeight w:val="1209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="pct"/>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="700C9451" w14:textId="77777777" w:rsidR="005C6B41" w:rsidRPr="008A57EA" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="7004E7CE" w14:textId="2639B890" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008A57EA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
-              <w:t>Weekly Payment Amount</w:t>
-[...5 lines deleted...]
-            </w:pPr>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3324" w:type="pct"/>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DA2DF50" w14:textId="77777777" w:rsidR="005C6B41" w:rsidRPr="008A57EA" w:rsidRDefault="005C6B41" w:rsidP="005C6B41">
+          <w:p w14:paraId="5271F3E6" w14:textId="6182E7BF" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
-            </w:pPr>
-[...2 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707F95">
+              <w:t>Priority Access</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="073DCE3D" w14:textId="2FCC7A06" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:t>renters</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Special Housing Needs Aged 55 and over</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="691DAC23" w14:textId="79A50843" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:t>Homes Victoria</w:t>
-[...11 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Special Housing Needs Aged 55 and Over </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32619A79" w14:textId="4B3AE461" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:t xml:space="preserve"> per cent</w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> any applicable service charges. </w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>New</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="3"/>
+      <w:tr w:rsidR="00631D55" w14:paraId="199C000B" w14:textId="77777777" w:rsidTr="0038144F">
+        <w:trPr>
+          <w:trHeight w:val="1052"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1232" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F7A84C3" w14:textId="597FD7B0" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00BB5C68">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1173" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28DB1BC1" w14:textId="43B9BFDA" w:rsidR="00631D55" w:rsidRPr="00631D55" w:rsidRDefault="00631D55" w:rsidP="00BB5C68">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00631D55">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Register of Interest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2201" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A4407CD" w14:textId="78A68F79" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00BB5C68">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00631D55">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Register of Interest</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3611" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7EEC30F0" w14:textId="741833E5" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00BB5C68">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DFCE04C" w14:textId="77777777" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>New</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="461E75DA" w14:textId="5935A23E" w:rsidR="00631D55" w:rsidRDefault="00631D55" w:rsidP="00631D55">
+            <w:pPr>
+              <w:pStyle w:val="Tablebullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="44"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times"/>
+              </w:rPr>
+              <w:t>Transfer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5294FDF3" w14:textId="77777777" w:rsidR="009026E0" w:rsidRDefault="009026E0" w:rsidP="009026E0">
+    <w:p w14:paraId="09456F95" w14:textId="77777777" w:rsidR="0038144F" w:rsidRDefault="0038144F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="201547"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Toc174986193"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc213841419"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A167B8F" w14:textId="44303A9D" w:rsidR="004912EA" w:rsidRPr="004D6D11" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004D6D11">
+        <w:lastRenderedPageBreak/>
+        <w:t>Allocations fulfilling other legislative requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
+    </w:p>
+    <w:p w14:paraId="4B8F04E0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
       <w:pPr>
         <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve">Where an applicant is eligible under the VHR and it is determined by a Deputy Secretary on behalf of the Secretary of the Department of Families, Fairness and Housing or the CEO, Homes Victoria that to meet their obligations under legislation, an allocation of housing is to be made. These arrangements are made within the scope of this operational guideline. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48BADCD1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>When a decision to make an allocation in these circumstances is taken, the relevant Operational Area needs to meet this commitment as a priority relative to other allocations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B616CA" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve">These arrangements include the obligations of the Secretary of the Department of Families, Fairness and Housing under the Children, Youth and Families Act 2005 or protocols governing the Risk Assessment and Management family violence panels may require a specific allocation into public housing through the VHR. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B952D8F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>These households meet the criteria of high housing need.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6501892F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Toc174986194"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc213841420"/>
+      <w:r>
+        <w:t>Discretion under the Director’s Determinations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
+    </w:p>
+    <w:p w14:paraId="06F8BFCC" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>When allocating applicants into Public Housing, staff should be aware of the discretion provided under the Determinations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE2A1EB" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>The Determinations provide that Homes Victoria or participating registered agencies may use discretion to approve applicants to allocate housing to persons who do not fully meet the eligibility criteria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="046A7FAE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>When exercising this discretion staff should refer to the Determinations and also be mindful of their obligations under the Charter of Rights.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B0D862" w14:textId="6AEF16CE" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="00E81F6E" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve">or a full explanation of circumstances where this may be appropriate </w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="004912EA" w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve">taff should refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="004912EA" w:rsidRPr="00E81F6E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Director of Housing Determinations applied by Homes Victoria</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004912EA" w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve"> https://www.dhhs.vic.gov.au/publications/regulatory-impact-statement-director-housing-determinations-2018</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F69D47D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Toc174986195"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc213841421"/>
+      <w:r>
+        <w:t>Preparation before contacting the client</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="6A096B51" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>Preparation is important in establishing eligibility, matching applicants appropriately to a property and understanding an applicant's individual circumstances. It is also important in establishing success in sustaining tenancies by ensuring appropriate supports are in place before a tenancy begins.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0666ED34" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>As applications on the Victorian Housing Register are at the point of being offered a property, it is important that these applications are reviewed and updated so that the offer process will proceed on the best advice available.  This is particularly important to ensure compliance with the Charter of Rights in ensuring that applications being offered have the relative highest priority need.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35A69126" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>This activity further assists in the departments capacity to meet its obligations under the Charter of Rights ensuring sufficient time for all aspects of an applicant’s circumstances to be considered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521B2D8E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>The section below describes key activities needed in preparation for an offer of public housing and underpins the fair decision-making processes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77AF76C0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc174986196"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc213841422"/>
+      <w:r>
+        <w:t>Contacting support services</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
+    </w:p>
+    <w:p w14:paraId="216B9F9C" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In preparation for an offer of public housing any support services listed on the application should be contacted. Engaging support services early in the allocation process ensures applicants have the best opportunity for a successful transition from the VHR to commencing a tenancy. Where possible, support services should also attend appointments or property inspections with the applicant.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D6E0E4" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="_Toc174986197"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc213841423"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Charter of Rights</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w14:paraId="267E4DAB" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In preparing to make an offer of housing to a specific applicant, staff should carefully consider whether the offer might potentially be a breach of the Charter of Rights. If so, staff should engage with their managers to determine whether the offer should proceed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56764D7F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>It is important to further note that at any point in the offer process Charter of Rights issues may need to be taken into account as new information or a household circumstance changes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1387D9B4" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00ED7E87" w:rsidRDefault="004912EA" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
         <w:rPr>
-          <w:rStyle w:val="Heading1Char"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
-        <w:sectPr w:rsidR="009026E0" w:rsidSect="00F15144">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="001F23FA">
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="_Toc174986198"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc213841424"/>
+      <w:r w:rsidRPr="00ED7E87">
         <w:rPr>
-          <w:rStyle w:val="Heading1Char"/>
+          <w:bCs w:val="0"/>
         </w:rPr>
+        <w:t>Debt</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="5DB79CB0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Applicants are not to be denied a public housing offer when there is an outstanding debt.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68030505" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A debt is an amount which Homes Victoria is owed for unpaid current and vacated rental accounts, current and vacated maintenance and bond. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E47F09" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">No offer of public housing is to be made which directly or indirectly suggests that the offer is conditional to the applicant entering into a debt repayment agreement, or immediately resolving the debt.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16EA5D87" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">However, when staff are reviewing an application on the VHR the applicant should be advised of any outstanding debt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3812D50B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Where an applicant has outstanding debt from a previous public housing tenancy or bond loan, the department will give applicants an opportunity to review and negotiate the debt with the option to enter into a repayment plan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4583C809" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">According to the Tenant Property Damage Operational Guidelines, an applicant can have their charges reviewed by the to the local VPS5 manager or above. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9DCE38" w14:textId="3FE0376A" w:rsidR="004912EA" w:rsidRDefault="00E81F6E" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For further information r</w:t>
+      </w:r>
+      <w:r w:rsidR="004912EA">
+        <w:t xml:space="preserve">efer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="004912EA" w:rsidRPr="00E81F6E">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Tenant Property Damage Operational Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004912EA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="_Hlk213843043"/>
+      <w:r w:rsidR="004912EA">
+        <w:t xml:space="preserve">https://providers.dffh.vic.gov.au/maintenance-manual-tenant-property-damage-operational-guidelines </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w14:paraId="1FFD2917" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Note: Applicants are not to be denied a public housing offer on the basis of an outstanding debt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E1E1CD0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc174986199"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc213841425"/>
+      <w:r>
+        <w:t>Discuss and review outstanding debt</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w14:paraId="74444002" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The department will give applicants the opportunity to review and negotiate their debt with the option to enter into a repayment plan, including payment start date. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="795894DE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Opportunities to inform and discuss debt with the client can happen at:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56540A80" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>application/ transfer /approval stage</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7123A218" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">before an offer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F0E6B80" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">at offer </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673F0635" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>pre-sign up interview</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77DE1111" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>sign-up</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D41B602" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Ideally, this will occur when the application is approved to the VHR .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF035E0" w14:textId="52EBFD21" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Applicants are now able to lodge an appeal of any outstanding maintenance charges. If a review has already been completed and the applicant has not started repayments by offer stage, they should be requested to recommit to begin payments as part of the offer process. Payment start dates can be negotiated depending on the applicant's circumstances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264FD9B3" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Introductio</w:t>
-[...6 lines deleted...]
-    <w:p w14:paraId="2ED77E79" w14:textId="77777777" w:rsidR="001F23FA" w:rsidRPr="001F23FA" w:rsidRDefault="001F23FA" w:rsidP="001F23FA">
+        <w:t xml:space="preserve">If a review has not been completed the debt is considered to be in dispute. This may also be the case where an agreement has been signed and the applicant has not had an opportunity to have their debt reviewed. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="605F5D4D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="001F23FA">
-[...12 lines deleted...]
-    <w:p w14:paraId="1C1BAAF2" w14:textId="77777777" w:rsidR="001F23FA" w:rsidRPr="001F23FA" w:rsidRDefault="001F23FA" w:rsidP="001F23FA">
+      <w:r>
+        <w:t>Note: An offer can continue before a review is still to commence or where a review has begun.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458B326E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="001F23FA">
-[...3 lines deleted...]
-    <w:p w14:paraId="6C79C839" w14:textId="77777777" w:rsidR="001F23FA" w:rsidRPr="001F23FA" w:rsidRDefault="001F23FA" w:rsidP="001F23FA">
+      <w:r>
+        <w:t>When an applicant asks for a review of debt, this could include either arrears, maintenance and/or a bond debt. These processes are separate and require different approaches in decision making whilst reviewing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="081A8F8A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="001F23FA">
-[...3 lines deleted...]
-    <w:p w14:paraId="17032965" w14:textId="03882362" w:rsidR="001F23FA" w:rsidRPr="001F23FA" w:rsidRDefault="001F23FA" w:rsidP="001F23FA">
+      <w:r>
+        <w:t>Examples of debt include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E0151FC" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>outstanding rental arrears at the time of vacating a previous tenancy</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13B31AE0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>maintenance charges for property damage in cases where applicants have accepted liability or a VCAT order was obtained</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591AAD42" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>a bond loan remains outstanding after a private rental tenancy ends.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F75AB6B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="_Toc174986200"/>
+      <w:bookmarkStart w:id="42" w:name="_Toc213841426"/>
+      <w:r>
+        <w:t>Vacated rental arrears</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="103E1E09" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="001F23FA">
-[...3 lines deleted...]
-    <w:p w14:paraId="6F57D6BD" w14:textId="77777777" w:rsidR="001F23FA" w:rsidRPr="001F23FA" w:rsidRDefault="001F23FA" w:rsidP="001F23FA">
+      <w:r>
+        <w:t xml:space="preserve">Staff may review vacated rental arrears debt to the extent of considering if: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1303FB" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="17D602B4" w14:textId="77777777" w:rsidR="001F23FA" w:rsidRPr="001F23FA" w:rsidRDefault="001F23FA" w:rsidP="001F23FA">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>there are any unknown periods of temporary absence for special circumstances, including for family violence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="068C7D51" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...27 lines deleted...]
-      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>there is a dispute about the tenancy end date, or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B04AB1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the weekly payment amount was not assessed correctly for a particular period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="442E3FF8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For example, if an applicant provides information they were incarcerated or temporarily away from a property due to family violence, a subsidy can be considered for this period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D58D480" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc174986201"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc213841427"/>
+      <w:r>
+        <w:t>Maintenance charges</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w14:paraId="13DD1050" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Where applicants have an outstanding maintenance debt ratified at VCAT, staff must check the order for compensation to ensure there are no data entry errors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C7906D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For example, where costs have been awarded that are the responsibility of Homes Victoria, such as electrical checks or boarding up of windows. There are many types of works that Homes Victoria is responsible for that are necessary as part of vacated maintenance processes that should not be attributed to applicant responsibility.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CFC6463" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">When applicants provide information about special circumstances that may have contributed to the condition of a property, a more comprehensive review is required. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A40C0B" w14:textId="6EFF185B" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Staff are to refer to a review process described in the Tenant property damage operational guidelines - Refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="008C6C89">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Tenant property damage operational guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/maintenance-manual-tenant-property-damage-operational-guidelines. This process may include a formal appeal, where clients do not agree with the outcome of the local review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056EF949" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="004D6D11" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc174986202"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc213841428"/>
+      <w:r w:rsidRPr="004D6D11">
+        <w:t>Maintenance charges older than 15 years</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w14:paraId="0D5E1F98" w14:textId="39C8579C" w:rsidR="00FE7489" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve">Consistent with the spirit of the Limitation of Actions Act 1958, Homes Victoria will no longer pursue maintenance debts older than 15 years from the date of the VCAT order of compensation or when the client accepted liability for the cost of works. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55D5DB0E" w14:textId="77777777" w:rsidR="00FE7489" w:rsidRDefault="00FE7489">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001F23FA">
-[...6 lines deleted...]
-    <w:p w14:paraId="39E4D560" w14:textId="77777777" w:rsidR="001F23FA" w:rsidRPr="001F23FA" w:rsidRDefault="001F23FA" w:rsidP="0023406F">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EEEB4ED" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc174986203"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc213841429"/>
+      <w:r>
+        <w:t>Bond</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
+    </w:p>
+    <w:p w14:paraId="569FD677" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>An offer of public housing can still be made when there is outstanding bond debt. An applicant can enter into an agreement to repay the outstanding amount as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF38280" w14:textId="1C7CD757" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="008C6C89" w:rsidP="00586AF3">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="004912EA" w:rsidRPr="00586AF3">
+        <w:t>ond loans do not need to be repaid where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E2383A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
-      <w:r w:rsidRPr="001F23FA">
-[...3 lines deleted...]
-    <w:p w14:paraId="1ADA9DCB" w14:textId="77777777" w:rsidR="001F23FA" w:rsidRPr="001F23FA" w:rsidRDefault="001F23FA" w:rsidP="0023406F">
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>the bond loan was provided to the applicant prior to 1 July 2001, or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6593C6BC" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00586AF3" w:rsidRDefault="004912EA" w:rsidP="00586AF3">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
-      <w:r w:rsidRPr="001F23FA">
-[...123 lines deleted...]
-    <w:p w14:paraId="7BF5A8EC" w14:textId="374A10D1" w:rsidR="001F23FA" w:rsidRPr="001F23FA" w:rsidRDefault="001F23FA" w:rsidP="001F23FA">
+      <w:r w:rsidRPr="00586AF3">
+        <w:t>there were circumstances beyond their control that includes the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="713C06F1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the damage that caused the bond debt was the result of an accident or actions which could not be reasonably prevented, considering the individual needs or circumstances of the renter or the household members that resided in the property, for example, the renter has a disability or was a survivor of family violence. Note – In the case of family violence, staff will accept verbal advice from a family violence worker to confirm the circumstances. A file note is made regarding the information provided.  If written evidence is provided, staff make a file note regarding the evidence, but the documentation is not required to be retained by the department. Where documentation is provided and is to be stored in HiiP, this should be stored in the secure document management system within HiiP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E333EE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">where the debt arises due to third-party or criminal actions beyond the renter’s control. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754BE5FC" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">where the debt arises from other factors beyond the renter’s control (e.g. natural disaster). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC2DB0C" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the bond debt is due to the applicant being forced to leave a tenancy due to a serious medical condition. The applicant must provide a letter from their treating health practitioner confirming their medical condition and that they were forced to leave the tenancy. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D5A47C7" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the bond was retained by the rental provider as the renter could not provide sufficient notice of their intention to vacate due to their requirement to commence a social housing tenancy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5784B8E7" w14:textId="77777777" w:rsidR="008C6C89" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>if one applicant on a previous bond application is declared bankrupt, the outstanding debt is generally written off for all joint applicants in recognition of the difficulties to practically pursue a shared debt for bond loans.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C6C89" w:rsidRPr="008C6C89">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B809734" w14:textId="7126B990" w:rsidR="004912EA" w:rsidRDefault="008C6C89" w:rsidP="008C6C89">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For further information r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve">efer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="008C6C89">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>RentAssist Bond Loan Operational Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00586AF3">
+        <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/rentassistbondloans</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F356DBF" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...121 lines deleted...]
-    <w:p w14:paraId="795533F2" w14:textId="77777777" w:rsidR="001F23FA" w:rsidRPr="001F23FA" w:rsidRDefault="001F23FA" w:rsidP="001F23FA">
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="_Toc174986204"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc213841430"/>
+      <w:r>
+        <w:t>Debt Negotiation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
+    </w:p>
+    <w:p w14:paraId="1FC019A5" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="001F23FA">
-[...79 lines deleted...]
-      <w:r w:rsidRPr="009026E0">
+      <w:r>
+        <w:t xml:space="preserve">Once a debt has been reviewed staff can negotiate a repayment plan. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27A49FF1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Applicants are expected to agree to a repayment amount at a minimum of $5.00 per week and commit to a payment start date. For example, a reasonable future start date may be offered to ensure the applicant can successfully commit to the repayments. When negotiating repayment agreements for maintenance charges nearing their 15-year anniversary, it is reasonable to negotiate a debt amount that could be paid before the 15-year time limit is reached.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7198A196" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6C89">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F23FA">
-[...3 lines deleted...]
-    <w:p w14:paraId="424B9EFE" w14:textId="457B741B" w:rsidR="00EB4BC7" w:rsidRDefault="001F23FA" w:rsidP="001F23FA">
+      <w:r>
+        <w:t xml:space="preserve"> A failure to agree to a payment plan or to make repayments will not prevent a client from being offered public housing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="077BEAD0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Toc174986205"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc213841431"/>
+      <w:r>
+        <w:t>Bankruptcy</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="52"/>
+    </w:p>
+    <w:p w14:paraId="37EBCFA8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">When a person is declared bankrupt, any outstanding debts up to the date they were declared bankrupt are not recoverable by the department. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C8A2C4E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vacated renters with outstanding debts subject to bankruptcy provide evidence of their bankruptcy. This may include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD2A918" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Notification from the bankruptcy trustee’s office</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BADC1D5" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Notice to creditors</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F1C020" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Statement of affairs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C646ADC" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Certificate of discharge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23644E98" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If the vacated renter is no longer bankrupt, they should be asked to confirm that the bankruptcy has been discharged by providing a certificate of discharge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A27DA6F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Any outstanding debts accrued after the bankruptcy date are subject to repayment and are to be assessed according to the debt procedures outlined in this guideline.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45F3BD86" w14:textId="78C70E2D" w:rsidR="001D151A" w:rsidRDefault="00CC07FE" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For further information on bankruptcy r</w:t>
+      </w:r>
+      <w:r w:rsidR="004912EA">
+        <w:t xml:space="preserve">efer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidR="004912EA" w:rsidRPr="00CC07FE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Bankruptcy Operational Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004912EA">
+        <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/tenancy-management-manual-bankruptcy-operational-guidelines-word.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02217B17" w14:textId="77777777" w:rsidR="001D151A" w:rsidRDefault="001D151A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32BA986B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00ED7E87" w:rsidRDefault="004912EA" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Toc174986206"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc213841432"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Other matters</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+    </w:p>
+    <w:p w14:paraId="3B761970" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc174986207"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc213841433"/>
+      <w:r>
+        <w:t>Previous 12-month restriction removed</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+    </w:p>
+    <w:p w14:paraId="3CBAABFD" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>All public housing transfer applications are assessed in accordance with the Priority Access categories. As a result, the previous policy to restrict an application for 12 months due to anti-social behaviour or dangerous behaviour no longer applies and applicants who have been evicted can still; be registered to the VHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6064DBA1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="_Toc174986208"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc213841434"/>
+      <w:r>
+        <w:t>Pets</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+    </w:p>
+    <w:p w14:paraId="184A9DB6" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">It is reasonable for renters to have pets in public housing, however, for a pet to be approved the applicant must demonstrate that they will comply with local Council by-laws. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01910A04" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">As part of the offer process, applicants are informed about the pet provisions under the Residential Tenancies Act and the requirement to lodge a Pet Request form to seek approval to have a pet at a property. The type of pet and its suitability for the property offered are discussed at the offer interview. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3439E617" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Where an applicant does not accept the property for reasons regarding their pet (after the address is given), the offer will be marked as ‘refused’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C3CC165" w14:textId="425F00B0" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">More detailed information is outlined in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="001E5350">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Pets in public housing operational guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="001E5350">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>https://providers.dffh.vic.gov.au/pets-public-housing-operational-guidelines. Staff can also refer to these operational guidelines for pet related issues for properties managed by an owners corporation or when a property is leased.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D41825" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="_Toc174986209"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc213841435"/>
+      <w:r>
+        <w:t>Citizenship and resident status and exceptional circumstances</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
+    </w:p>
+    <w:p w14:paraId="30AF1A79" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>To meet the eligibility criteria as set by the Determinations, applicants must meet certain criteria in relation to their citizenship status, age, and income.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="489759AD" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In respect of the citizenship criterion, applicants and household members must be either Australian citizens, Australian permanent residents, or a Special Category Visa (SCV) holder who is a protected SCV holder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71582F81" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Holders of the recently introduced Refugee category visa subclasses 200, 201, 202, 203 and 204 are classified as Australian permanent residents and are considered eligible for the VHR and a public housing allocation if they meet the hardship requirements to receive a Special Benefit from Centrelink. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F234E5D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In certain circumstances staff can offer public housing where applicants and household members do not meet the required citizenship criteria. These circumstances are set out in Table 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68823234" w14:textId="310C8A37" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Tablecaption"/>
       </w:pPr>
-      <w:r w:rsidRPr="001F23FA">
-        <w:t>Table 1</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Table 2: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004912EA">
+        <w:t>Exceptions to Citizenship Eligibility Criteria</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9288" w:type="dxa"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1233"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1467"/>
+        <w:gridCol w:w="2547"/>
+        <w:gridCol w:w="7229"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005032DB" w:rsidRPr="005032DB" w14:paraId="25DD88CF" w14:textId="77777777" w:rsidTr="005032DB">
-[...3350 lines deleted...]
-      <w:tr w:rsidR="005032DB" w:rsidRPr="005032DB" w14:paraId="43A391F8" w14:textId="77777777" w:rsidTr="005032DB">
+      <w:tr w:rsidR="004912EA" w:rsidRPr="00CA7896" w14:paraId="45DBE0B4" w14:textId="77777777" w:rsidTr="004912EA">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1407" w:type="pct"/>
+            <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AB49D53" w14:textId="77777777" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+          <w:p w14:paraId="3B709C37" w14:textId="080117FC" w:rsidR="004912EA" w:rsidRPr="00CB3285" w:rsidRDefault="004912EA" w:rsidP="004912EA">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:r w:rsidRPr="005032DB">
+            <w:r w:rsidRPr="000A3581">
               <w:t>Exception</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="pct"/>
+            <w:tcW w:w="7229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E043CF7" w14:textId="77777777" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+          <w:p w14:paraId="6A25C3F8" w14:textId="39956558" w:rsidR="004912EA" w:rsidRPr="00CA7896" w:rsidRDefault="004912EA" w:rsidP="004912EA">
             <w:pPr>
               <w:pStyle w:val="Tablecolhead"/>
             </w:pPr>
-            <w:r w:rsidRPr="005032DB">
+            <w:r w:rsidRPr="000A3581">
               <w:t>Description</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005032DB" w:rsidRPr="005032DB" w14:paraId="1148EBBC" w14:textId="77777777" w:rsidTr="005032DB">
+      <w:tr w:rsidR="004912EA" w14:paraId="1B7459E2" w14:textId="77777777" w:rsidTr="004912EA">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1407" w:type="pct"/>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7523A072" w14:textId="77777777" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+          <w:p w14:paraId="1F482A8A" w14:textId="2D30903E" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3581">
+              <w:t>Household members who do not meet criteria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E94BF1C" w14:textId="0192BE17" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005032DB">
-[...3 lines deleted...]
-              <w:t>Household members who do not meet criteria</w:t>
+            <w:r w:rsidRPr="000A3581">
+              <w:t>Partners and dependent children who are temporary residents awaiting permanent resident status may be included in the household of an eligible applicant who is an Australian citizen or permanent resident.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004912EA" w14:paraId="5796657A" w14:textId="77777777" w:rsidTr="004912EA">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="59A8FC3B" w14:textId="293F04FA" w:rsidR="004912EA" w:rsidRPr="00401E6E" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3581">
+              <w:t xml:space="preserve">Household members who are sponsored migrants </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="pct"/>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72CF2EF2" w14:textId="77777777" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+          <w:p w14:paraId="42E14810" w14:textId="57066CB9" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005032DB">
-[...3 lines deleted...]
-              <w:t>Partners and dependent children who are temporary residents awaiting permanent resident status may be included in the household of an eligible applicant who is an Australian citizen or permanent resident.</w:t>
+            <w:r w:rsidRPr="000A3581">
+              <w:t>Sponsored migrants are not eligible to apply for social housing while under sponsorship or assurance of support arrangements (even if they are permanent residents). However, they may be included in the household of an eligible person.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005032DB" w:rsidRPr="005032DB" w14:paraId="33C5D126" w14:textId="77777777" w:rsidTr="005032DB">
+      <w:tr w:rsidR="004912EA" w14:paraId="7017A3FB" w14:textId="77777777" w:rsidTr="004912EA">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1407" w:type="pct"/>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35883B7A" w14:textId="77777777" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+          <w:p w14:paraId="3FBFE717" w14:textId="263C3BD3" w:rsidR="004912EA" w:rsidRPr="00401E6E" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3581">
+              <w:t>Sponsored migrants' exception</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40113B2A" w14:textId="12530817" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005032DB">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Household members who are sponsored migrants </w:t>
+            <w:r w:rsidRPr="000A3581">
+              <w:t>Applications from sponsored migrants can be approved if the sponsorship arrangement has expired or broken down and the applicant is in receipt of an independent income.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004912EA" w14:paraId="6A29D2D0" w14:textId="77777777" w:rsidTr="004D6D11">
+        <w:trPr>
+          <w:trHeight w:val="554"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55FAB956" w14:textId="00F44FC6" w:rsidR="004912EA" w:rsidRPr="00401E6E" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+            <w:pPr>
+              <w:pStyle w:val="Tabletext"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000A3581">
+              <w:t>Newly arrived migrants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3593" w:type="pct"/>
+            <w:tcW w:w="7229" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="465E894B" w14:textId="77777777" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+          <w:p w14:paraId="0EA4FA7A" w14:textId="53D9A4C8" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
             <w:pPr>
               <w:pStyle w:val="Tabletext"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005032DB">
-[...82 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="000A3581">
               <w:t>Newly arrived migrants with a permanent resident status who are subject to the Centrelink two year waiting period for Centrelink entitlements are not eligible to apply to the Victorian Housing Register.</w:t>
-            </w:r>
-[...12 lines deleted...]
-              <w:t>However, they may be included in the household of an eligible applicant who is an Australian citizen or permanent resident.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1CCBFB14" w14:textId="0C3E57D5" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
-[...7 lines deleted...]
-    <w:p w14:paraId="242ACDD5" w14:textId="7377C598" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="0B4D51E6" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004D6D11">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="_Toc174986210"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc213841436"/>
+      <w:r>
         <w:t>Ownership of property</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="37"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="02475CF0" w14:textId="77777777" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
+    </w:p>
+    <w:p w14:paraId="304B8AFF" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="005032DB">
+      <w:r>
         <w:t>An applicant or household member who owns or has an interest in commercial or residential real estate property (including land) within Australia or overseas is ineligible for social housing, unless they cannot make effective use of the property because:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06C51DA3" w14:textId="26E4C8B9" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="5D201314" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">they are unable to reside in the property or continue to reside in the property </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="530E9D67" w14:textId="22EDA653" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="3288DA2E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-      <w:r w:rsidRPr="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
         <w:t>they are unable to generate any rental income from the property, or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72B9692C" w14:textId="6BEDF902" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="4726F07A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
         <w:t>it is ‘unrealisable’, that is, they are unable to sell their equity in the property.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E04BC10" w14:textId="77777777" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="3BE44306" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
-      <w:r w:rsidRPr="005032DB">
+      <w:r>
         <w:t>Examples of circumstances where the property cannot be put to 'effective use' are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26AF8E0D" w14:textId="19F2A790" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="3EEC1AB1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>family violence - documentation confirming this is required from a support worker who is providing support to person(s) experiencing family violence</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E95334" w14:textId="2E267C75" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="02C8C628" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the person cannot or should not occupy the property for medical or health and safety reasons and they are having trouble selling the property. For example, the person is a police witness and at risk if they remain in the property or the property is unsuitable for a person with mobility difficulties, or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D29BA80" w14:textId="1F1472EE" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="6B669571" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>the property is part of a contested property settlement and the applicant or household member cannot occupy or sell their equity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E4745A" w14:textId="77777777" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="597FF0A2" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Where an applicant or household member is unable to make 'effective use' of the property and is unable to realise their equity, the property is exempted from assessment as an asset. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B506ED9" w14:textId="77777777" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="1C3F6CDE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="005032DB">
+      <w:r>
         <w:t>If the applicant or household member receives their interest or share in property prior to being offered social housing and their assets are over the asset eligibility limits, the applicant or household member is not eligible to be allocated a tenancy from the VHR.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A6CDE99" w14:textId="36AA67FF" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="48403759" w14:textId="2E0F28DA" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="005032DB">
-        <w:t xml:space="preserve">The full details about assessing asset limits and income eligibility are outlined in the Determinations and guidance on this is provided in the Victorian Housing Register's Eligibility policy framework </w:t>
+      <w:r>
+        <w:t xml:space="preserve">The full details about assessing asset limits and income eligibility are outlined in the Determinations and guidance on this is provided in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="001E5350">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Victorian Housing Register's Eligibility policy framework</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E5350" w:rsidRPr="001E5350">
+        <w:t>https://fac.dffh.vic.gov.au/victorian-housing-register</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62981BBC" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="_Toc174986211"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc213841437"/>
+      <w:r>
+        <w:t>Singles housing</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w14:paraId="006CE34D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Some bedsit (zero bedroom) and one-bedroom housing is set aside for single people within a specified age group. The groups include youth (under 25), singles (25-54) and an older group (over 55).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C58B8F1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The properties include bedsit and one-bedroom accommodation. However, bedsit accommodation is only allocated to single people.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22BBE9B1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For older persons units where a single applicant is 50 years of age or older but under 55 years of age, an allocation may occur if the applicant has been homeless or has declared themselves to be Aboriginal or Torres Strait Islander.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E00FF26" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Discretion exists for an allocation to be approved by a VPS5 Manager or above to an applicant not within the target age group. The following is considered as part of the decision-making process:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27491219" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the difference in age between the applicant and the specified age group</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="394812E3" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the impact on other renters</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D096516" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the availability of housing for the applicants age group in their preferred area</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C77AF92" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the demand for singles housing in the preferred area.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66973ED1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Note: The same discretion outlined above applies to couples when making allocations to older persons units.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5351BC67" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="_Toc174986212"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc213841438"/>
+      <w:r>
+        <w:t>Target stock - Family Violence</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w14:paraId="01B5AB84" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Government allocated $48 million to provide additional stock to address family violence over and above what is already available through the current public housing program.  There is also a dedicated component of the 1,000 homes initiative for the same purpose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3181903D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>To ensure that the dedicated stock for Family Violence is used for its intended purpose, either when making the first allocation; and in particular when making any subsequent allocations the following arrangements apply:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52875139" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>A new “assistance scheme has been created in HiiP called RGS- FCCU.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C43D91E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>When properties come with that assistance scheme, staff making allocations will need to search HiiP for the following priority categories:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41ED0C78" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Priority Transfer – Family violence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0436C1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Homeless with Support – Family violence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42B557D0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Special Housing Needs – Family violence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F6AE43" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Staff will need to add “RGS – FCCU” to the housing application as an alternative assistance scheme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F88292A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Do not remove the existing “Assistance Scheme”, or the application will not match anything other than the relatively small number of properties dedicated for family violence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A00E85" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Once the alternative scheme is added to the application, the updated application will then match the FV property in HiiP.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3859CB20" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="_Toc174986213"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc213841439"/>
+      <w:r>
+        <w:t>Sponsored housing</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+    </w:p>
+    <w:p w14:paraId="67D2570D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Some public housing properties have sponsorship arrangements with other organisations. This allows an organisation to nominate or recommend applicants for an offer of housing. For example, a council may have supplied land for a specific development and will recommend applicants for the property. When recommending applicants, the sponsoring body may consider:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B62720E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the length of time an applicant has lived in a local area</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ABE3EE1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>family ties to a local area</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F7F15A1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>links with a local church, support service or other local community group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="596D9DCC" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The sponsorship criteria are listed in the sponsorship agreement between the sponsoring body and the department.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4B92EB" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Once approved to the VHR, applicants must request sponsorship from the relevant organisation. If the applicant is granted sponsorship, the sponsor is required to send a letter to the local office responsible for the property to be recorded on the application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37502C38" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="_Toc174986214"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc213841440"/>
+      <w:r>
+        <w:t>Housing and support program</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
+    </w:p>
+    <w:p w14:paraId="19BD3AEF" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Housing and Support Program (HASP) properties are managed under a nomination arrangement, which links housing and support for departmental clients.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B8AAD75" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>When a vacancy comes up in a HASP property, the nominating agency provides the details of the applicant to be housed. Ideally, they will already be on the VHR, but in cases of high need, can be added to the VHR and then housed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622D11AE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Alternatively, the vacant property can be moved from the HASP program and a new property provided to the nominating group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760C388B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="_Toc174986215"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc213841441"/>
+      <w:r>
+        <w:t>Public Housing for NDIS participants</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
+    </w:p>
+    <w:p w14:paraId="4DE221C2" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The Disabilities Act 2006 outlines three sets of principles that, wherever possible, should be used when providing services to applicants and their household who have a disability:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7735F3A7" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>people with disability should have the same rights and responsibilities as other members of the community and supported appropriately to exercise those rights and responsibilities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD14840" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>disability service providers’ have responsibilities in the provision of supports and services that reflect each person’s individual needs (such as considerations for accessibility of information, community inclusion, cultural background and advocacy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56CD9F62" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>if there is a restriction on a person’s rights or opportunities, the option chosen must be the least restrictive possible in the circumstances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29684E3E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>People with a disability should be fully informed of their rights and responsibilities. For example, at the time of offer the information must be explained to the person and provided in a format that they are most likely to understand, such as an easy read format.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218E599F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="_Toc174986216"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc213841442"/>
+      <w:r>
+        <w:t>Supported Housing Offers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w14:paraId="6D10EBF8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Applicants who have been approved by the NDIS for funding will also have their housing options assessed in the standard way including consideration of the Priority Access Categories.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D3986AD" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Applicants with a range of needs will have the opportunity to make decisions about their housing choices. Most applicants will have capacity to live independently and may not have a support co-ordinator funded as part of their National Disability Insurance Scheme participant’s support plan. Applicants who have been identified as having high support needs are likely to require support co-ordination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62F05ECE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="_Toc174986217"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc213841443"/>
+      <w:r>
+        <w:t>Accommodation decision making for applicants with disability and NDIS participants</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
+    </w:p>
+    <w:p w14:paraId="3A71FB60" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">There is a basic common law presumption that every adult person has legal capacity to make their own decisions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C552FD" w14:textId="28ACEAF3" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Housing staff should assume an applicant and</w:t>
+      </w:r>
+      <w:r w:rsidR="00296623">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00296623">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">or household members have the capacity to make decisions regarding their accommodation or signing of the rental agreement. There may be some instances where an applicant or household members have decision makers appointed for them. Further information on decision makers is available in section 2.7 Decision makers of this operational guideline.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A0D87D4" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>During the planning process eligible participants for the NDIS who have had their support needs assessed will have had guardianship needs considered as part of their plan. The National Disability Insurance Scheme Act 2013 acknowledges a participant may need access to a variety of decision-making arrangements. This may include instances of supported decision-making through informal processes or through the formal appointment of others to make decisions on behalf of the participant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0420BAA4" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Where formal decision makers have been appointed to make decisions on behalf of the applicant or Household members, staff need to seek documentation outlining the appointment to ensure any powers are understood and lawful decisions are made through the offer process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A4EB42" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00ED7E87" w:rsidRDefault="004912EA" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="_Toc174986218"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc213841444"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Decision makers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
+    </w:p>
+    <w:p w14:paraId="2FE24055" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="_Toc174986219"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc213841445"/>
+      <w:r>
+        <w:t>Informal decision makers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="79"/>
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w14:paraId="15CAD260" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A family member, carer or other significant person (for example, a supportive attorney) may advocate and promote the wishes and preferences of the person and seek to enable them to access services and support. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F56A05" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>These are supports already available to the individual that are part of family life or natural connections with friends and community services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F0FDB0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Whilst a next of kin can assist persons with decision-making as set out above, in the absence of any formal Power of Attorney or administration order of VCAT all legal and financial decisions must be made by the person themselves.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15410170" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="_Toc174986220"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc213841446"/>
+      <w:r>
+        <w:t>Formal decision makers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="81"/>
+      <w:bookmarkEnd w:id="82"/>
+    </w:p>
+    <w:p w14:paraId="79E0D784" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Formal decision makers are generally appointed by a court or tribunal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B8CBC7" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="_Toc174986221"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc213841447"/>
+      <w:r>
+        <w:t>Power of Attorney</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="83"/>
+      <w:bookmarkEnd w:id="84"/>
+    </w:p>
+    <w:p w14:paraId="696E6FA0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A power of attorney is a legal document that allows someone to appoint a person, known as an attorney, who can:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBD4143" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>make decisions on that person's behalf; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="137D9603" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>give effect to those decisions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53F0AF6E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A decision made, or a document executed by the attorney has the same legal effect as if made by the person who created the power of attorney.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5386ED98" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The extent of an attorney's authority and the decisions they can make on someone's behalf is dependent on the power of attorney itself and can vary. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A55C9DD" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Before accepting any decision made or document executed by an attorney staff must see either an original or certified copy of the power of attorney. If staff are in doubt, they should contact Legal Services Branch for advice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="482E27D5" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="_Toc174986222"/>
+      <w:bookmarkStart w:id="86" w:name="_Toc213841448"/>
+      <w:r>
+        <w:t>Administrator</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="85"/>
+      <w:bookmarkEnd w:id="86"/>
+    </w:p>
+    <w:p w14:paraId="2DBAFCA8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>An administration order is an order by VCAT that appoints a person, known as an 'administrator', and provides them with power to make financial and legal decisions related to the estate of a person with a disability. This may include signing the rental agreement on the applicant's behalf. However, staff should review the administration order carefully before allowing this to happen and can contact the Legal Services Branch if they are unsure.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797B908B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>VCAT will only appoint an administrator if it is satisfied that the person in respect of whom an application is made:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14652AB2" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>is a person with a disability;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0823AE6F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>is unable to exercise reasonable judgement and make decisions in respect of matters relating to their estate because of the disability; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BE77B8A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">needs an administrator. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A7B4535" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The powers of an administrator include decisions regarding accepting, surrendering or renewing a rental agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461AE78F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The extent of an administrator's authority is dependent on the order of VCAT and may be limited. Staff must see either an original or a certified copy of the order of VCAT before accepting that a person has been appointed as an administrator. If staff are in doubt, they can contact the Legal Services Branch for advice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1132229B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Staff should note that an administrator cannot make personal and lifestyle decisions on behalf of a person such as where a person lives. These types of decisions can only be made by someone appointed by a power of attorney or by a guardianship order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B665CFD" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="_Toc174986223"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc213841449"/>
+      <w:r>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="87"/>
+      <w:bookmarkEnd w:id="88"/>
+    </w:p>
+    <w:p w14:paraId="310A3718" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>All adults have the right to make their own decisions. People with disability should be encouraged and supported to make decisions for themselves.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FF05DBF" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>However, if a person is unable to make reasonable judgements because of their disability and there are concerns about the decisions they are making, or others are making for them, VCAT can appoint a guardian to make decisions for them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="734953E8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This may include decisions about accommodation, health care and access to services. In some cases, there may be more than one guardian (called ‘joint guardians’).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F24DE4B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>VCAT will only appoint a guardian if it is satisfied that the person in respect of whom an application is made:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2470DC8F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>has a disability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CA105A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>is unable to make reasonable decisions about lifestyle matters because of disability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AE1FB3A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>needs somebody to help make decisions about lifestyle matters.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A6FB231" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Disability can include intellectual disability, mental illness, acquired brain injury, dementia or physical disability.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A13DEA3" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If an applicant has a guardian for decisions about accommodation, an offer of housing cannot be accepted unless made with the guardian’s consent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4750EF14" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Staff should be aware that a rental agreement cannot be entered into or surrendered by a guardian as this constitutes a legal decision and one that can only be given effect to by a power of attorney or an administrator with the power to do so.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06F0A045" w14:textId="0219E8DE" w:rsidR="001D151A" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The decisions that a guardian has the authority to make depend on the VCAT order and may be limited. Staff must see either an original or a certified copy of the guardianship VCAT order before accepting that a person has been appointed as an administrator. If staff are in doubt they can contact the Legal Services Branch for advice.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370733D6" w14:textId="77777777" w:rsidR="001D151A" w:rsidRDefault="001D151A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58412DEA" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00ED7E87" w:rsidRDefault="004912EA" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="_Toc174986224"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc213841450"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Disability needs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="89"/>
+      <w:bookmarkEnd w:id="90"/>
+    </w:p>
+    <w:p w14:paraId="578B4259" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="_Toc174986225"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc213841451"/>
+      <w:r>
+        <w:t>Special Accommodation Requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="91"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="147D3018" w14:textId="312C9CAB" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The department's </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
-        <w:r w:rsidRPr="002D13B8">
+        <w:r w:rsidRPr="00296623">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>https://fac.dffh.vic.gov.au/eligibility-policy-framework-2</w:t>
+          <w:t>Clients with special accommodation requirements operational guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="526D1898" w14:textId="4E784FA0" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:t>,  https://fac.dffh.vic.gov.au/clients-special-accommodation-requirements provides guidance for staff assessing applications for social housing. This is to help staff to make decisions to best match people with housing, with a view to maximise the use of properties in accordance with the allocations policy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AAC171" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C013BE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2.8.2 Reasonable adjustments under the Disability Discrimination Act 1992 (Cth)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECBD2C9" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Homes Victoria may breach the Disability Discrimination Act 1992 (Commonwealth) by failing to offer housing to a person with a disability based on a belief that they may be unable to comply with the obligations imposed on renters under the Residential Tenancies Act. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C622E7A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Disability Discrimination Act (Commonwealth) also requires that ‘reasonable adjustments’ be made for people with disabilities.  This may include assisting an applicant to comply with their obligations under the Residential Tenancies Act, through: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D9DE6C5" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>searching for and offering the applicant public housing that best suits their needs</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DAAF558" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>home modifications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="529332BE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">assisting the applicant through phone calls and home visits as needed, as well as contact with other support providers (authority to the release of information to an external agency requires signed consent by the applicant). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740E93F0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If staff do not consider a requested modification to be a 'reasonable adjustment' they should seek advice from the Legal Services Branch as to any possible breach of the Disability Discrimination Act (Cth).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E4E541F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="590CEB39" w14:textId="77777777" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="_Toc174986226"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc213841452"/>
+      <w:r>
+        <w:t>The Equal Opportunity Act 2010 (Vic)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="93"/>
+      <w:bookmarkEnd w:id="94"/>
+    </w:p>
+    <w:p w14:paraId="4DFE25DE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>Some bedsit (zero bedroom) and one-bedroom housing is set aside for single people within a specified age group. The groups include youth (under 25), singles (25-54) and an older group (over 55).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5FA8CBDD" w14:textId="77777777" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:t>Homes Victoria also has obligations under the Equal Opportunity Act 2010 (Vic).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29FF9230" w14:textId="54599344" w:rsidR="001D151A" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>The properties include bedsit and one-bedroom accommodation. However, bedsit accommodation is only allocated to single people.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="69A1B52C" w14:textId="77777777" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:t>If staff have any concerns about a potential breach of the Equal Opportunity Act, they should contact the Legal Services Branch for further advice and clarification.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B738CBF" w14:textId="77777777" w:rsidR="001D151A" w:rsidRDefault="001D151A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C97FB6D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00ED7E87" w:rsidRDefault="004912EA" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="_Toc174986227"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc213841453"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Transfers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkEnd w:id="96"/>
+    </w:p>
+    <w:p w14:paraId="7D956314" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="_Toc213841454"/>
+      <w:r>
+        <w:t>Priority Transfers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+    </w:p>
+    <w:p w14:paraId="11720809" w14:textId="59D97852" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">For older persons units where a single applicant is 50 years of age or older but under 55 years of age, an allocation may occur if the applicant has been homeless or has declared themselves to be Aboriginal or Torres Strait Islander.  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7BB05BA8" w14:textId="77777777" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:t>The Priority transfers category is a priority category for existing social housing renters that require urgent relocation to another social housing property due to their current property being unsafe, unsuitable, is to be sold, redeveloped or better utilised.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D151A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>The Determinations set out in full all the circumstances that will determine if an applicant or household is eligible for a priority transfer and includes the following circumstances:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAB005C" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>safety issues</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6139A103" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>manifestly unsuitable housing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE2D6E3" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>uninhabitable housing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B5ACAC2" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>family re-unification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15215DE7" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>stock utilisation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1C3046" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>moving out of a property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2074C09A" w14:textId="70AA2F93" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For priority transfers due to uninhabitable housing, stock utilisation and redevelopments staff should be aware of the requirements specific to those types of transfers. These have been set out in summary below. Staff should also refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="002A6EB9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Priority Transfers Operational Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve">  https://fac.dffh.vic.gov.au/priority-transfers under the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId27" w:history="1">
+        <w:r w:rsidRPr="002A6EB9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Eligibility Policy Framework</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A6EB9" w:rsidRPr="002A6EB9">
+        <w:t xml:space="preserve">https://fac.dffh.vic.gov.au/victorian-housing-register </w:t>
+      </w:r>
+      <w:r>
+        <w:t>for a full outline of priority transfers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0D9F40" w14:textId="09E5D17D" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>Discretion exists for an allocation to be approved by a VPS5 Manager or above to an applicant not within the target age group. The following is considered as part of the decision-making process:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="37B933D8" w14:textId="2858DBB7" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:t xml:space="preserve">Priority transfers due to redevelopment relocations refer to the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="002A6EB9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Relocations Operational Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/relocation-manual. This includes information regarding moving out of a property and moving back to a redeveloped area.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A322C8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="_Toc174986228"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc213841455"/>
+      <w:r>
+        <w:t>Transfers due to uninhabitable housing</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="99"/>
+    </w:p>
+    <w:p w14:paraId="087A25E8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If a Field Services Officer determines a property is made uninhabitable due to a house fire or flooding caused by, for example, a faulty water pipe, a VPS5 manager or above may approve an immediate transfer for the renter and their household. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510CE130" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>After the VPS5 manager approves a transfer under the Priority Transfers category Uninhabitable housing, staff will begin the process to identify alternative vacant public housing properties to offer. If a vacant public housing property is not immediately available and a renter is unable to stay temporarily with family and friends, staff will organise emergency accommodation, for example, at a motel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7627D935" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Once a renter has accepted a vacant public housing property, staff will arrange a sign-up when it is ready to re-let. The new tenancy commences on the Sunday after the sign up and the tenancy for the damaged property (with the consent of the renter) is terminated from the date the property became uninhabitable to ensure the renter is not charged rent for a property they are unable to reside in.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="240FB2E9" w14:textId="5134511F" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If the damage occurred due to the failure of the department to adequately maintain the property, any removal costs will be reimbursed to the renter.</w:t>
+      </w:r>
+      <w:r w:rsidR="001D151A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Renters may also be eligible for support through the Personal Hardship Assistance Program. Applications for assistance can be made at DFFH area offices during business hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="094F6AE4" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If the property is later repaired, the renter will have the option to move back once the works are completed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46C462ED" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>When a renter has an existing transfer application, staff will use this application to create the new tenancy. Once the tenancy starts, staff will register a new application and backdate the effective date to match the application used to create the tenancy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7713FD7A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00C603A1" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="_Toc174986229"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc213841456"/>
+      <w:r w:rsidRPr="00C603A1">
+        <w:t>Stock utilisation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="100"/>
+      <w:bookmarkEnd w:id="101"/>
+    </w:p>
+    <w:p w14:paraId="54F03A4A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A priority transfer to facilitate stock utilisation can occur in two ways:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF90439" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="5706AA07" w14:textId="1BA380BB" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the renters requests a transfer to another property; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5223C24B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="35B5B01A" w14:textId="79BE8C21" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the department approaches the renter to transfer to another property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E18AF1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This priority transfer could occur to facilitate a household moving from a larger property to a smaller property. The benefit is that the property can be better utilised. For example, an older client wants to downsize from a family home to a one-bedroom property for the over 55 age group.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="279C1545" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>As part of this process households are informed of the existing stock options in the local area they wish to move to.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E8CA1D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Priority transfers for stock utilisation are only to occur where the renters give their consent to the transfer. If no consent is given, renters can remain in their current housing. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629E9067" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="_Toc174986230"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc213841457"/>
+      <w:r>
+        <w:t>Move out of property and move back for redevelopments</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkEnd w:id="103"/>
+    </w:p>
+    <w:p w14:paraId="78169F66" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>This application is only to be made by the rental provider, usually by Homes Victoria, who will make the application on behalf of the household.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16EE000C" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Renters retain their non-reviewable tenancy conditions on transfer if their current tenancy commenced prior to 17 November 1997.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438486BB" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="_Toc174986231"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc213841458"/>
+      <w:r>
+        <w:t>Payment of relocation costs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="104"/>
+      <w:bookmarkEnd w:id="105"/>
+    </w:p>
+    <w:p w14:paraId="4E317A84" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The department will pay for relocation costs in circumstances where the renter(s) are not responsible for having to relocate. This may be in circumstances where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B35F7D6" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="16319BF5" w14:textId="51C507D3" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the department requests a priority transfer for stock utilisation processes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4071BD6F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="20F63E5F" w14:textId="0838B690" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the property is deemed to be uninhabitable through no fault of the household, or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667D2C5B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the renter of a movable unit must relocate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B1B8183" w14:textId="19C87932" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
-        <w:t>Note: The same discretion outlined above applies to couples when making allocations to older persons units.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="16F98C59" w14:textId="771D0AE5" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:t xml:space="preserve">Relocation costs may include electricity and gas connection fees, mail redirection and the removal of household items where the department has requested the renter to relocate as referred to in the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="002A6EB9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>department’s Relocation manual</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> https://providers.dffh.vic.gov.au/relocation-manual. Telephone and internet connection fees are also paid where the renter already had these services at the current property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1944725B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="57ED9858" w14:textId="77777777" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="_Toc174986232"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc213841459"/>
+      <w:r>
+        <w:t>Exit tenancy condition reports</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="106"/>
+      <w:bookmarkEnd w:id="107"/>
+    </w:p>
+    <w:p w14:paraId="71E3D8F5" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="005032DB">
-[...3 lines deleted...]
-    <w:p w14:paraId="50FA3DD6" w14:textId="515C26B1" w:rsidR="005032DB" w:rsidRPr="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+      <w:r>
+        <w:t>When a household leaves a property an exit tenancy condition report is required by s. 35 of the Residential Tenancies Act. Reasonable attempts must also be made to involve former renters in the exit inspection.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D072F48" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r w:rsidRPr="005032DB">
-[...10 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:t>As part of the preparation housing staff would consider responsive maintenance before the tenancy condition report is completed. This would potentially reduce the vacated maintenance needed to bring the property up to a reletting standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B59546F" w14:textId="77777777" w:rsidR="00C34AD2" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Further guidance for staff is available in the</w:t>
+      </w:r>
+      <w:r w:rsidR="00C34AD2">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27C9D9B4" w14:textId="77777777" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+    <w:p w14:paraId="560E90DC" w14:textId="3EADDFA0" w:rsidR="00C34AD2" w:rsidRDefault="004912EA" w:rsidP="00C34AD2">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-    <w:p w14:paraId="314AA1E6" w14:textId="0AC44CFA" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="003E51AF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Tenancy Condition Report Guidelines October 2021</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C34AD2" w:rsidRPr="003E51AF">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C34AD2">
+        <w:t>(internal link)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> on the Public Housing Resources SharePoint </w:t>
+      </w:r>
+      <w:r w:rsidR="00C34AD2" w:rsidRPr="00C34AD2">
+        <w:t>https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Operational-Guidelines(1).aspx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27ADB5CC" w14:textId="37CFE7C3" w:rsidR="004912EA" w:rsidRDefault="00170A2A" w:rsidP="00C34AD2">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-    <w:p w14:paraId="69E7EB78" w14:textId="0A987C3B" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidR="004912EA" w:rsidRPr="003E51AF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>HiiPConnect guides</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004912EA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C34AD2">
+        <w:t xml:space="preserve">(internal link) </w:t>
+      </w:r>
+      <w:r w:rsidR="004912EA">
+        <w:t>https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/HiiPConnect.aspx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E242861" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00ED7E87" w:rsidRDefault="004912EA" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="_Toc174986233"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc213841460"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Offers of housing</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkEnd w:id="109"/>
+    </w:p>
+    <w:p w14:paraId="5C2DDFD6" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The equitable allocation of public housing properties in accordance with policy settings is a critical function. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F10356" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Housing staff are delegated the authority by Homes Victoria and must ensure that public housing properties are administered according to the Housing Act and the Residential Tenancies Act.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4719D7FA" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>From 1 September 2022, the delegation to approve all allocations will sit with the VPS4 manager and above, while staff at the HSO2 and HSO3 level will continue to identify offers from the VHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="457F7493" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Local offices must ensure there is adequate management oversight so allocations are consistent with the order of allocation at section 2.3.2 and other strategic requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A814AD" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>When a property becomes vacant, staff must match the accommodation type to the next suitable applicant from the highest priority category on the VHR and send an offer letter after a VPS 4 manager or above has authorised the allocation via HiiP. When an applicant makes contact, staff arrange an offer interview at the local office with the applicant and their support provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C2E128E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If it is more practicable for an applicant and staff to complete the offer remotely (for example, the available property is a long distance from the local office) then it is considered reasonable to manage the offer process via a phone interview. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E8AA607" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>During the phone interview, staff must confirm the identity, income, assets and contact information of the household.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58104F94" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>To confirm the identity of the applicant staff will:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C9D67B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>check if the applicant has a HiiP password in the sensitive tab of the client register</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E35EDDF" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If yes, confirm their password </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F35EE7" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">If no, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648C840E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Confirmation of at least three of the following personal details is required:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB2F981" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="0141472B" w14:textId="0F11AB51" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>service ID number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="561AC3B2" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="4053F7AA" w14:textId="1B1F8DAD" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>full name</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD26AFD" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet2"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="716D57EC" w14:textId="77777777" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>date of birth</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="325F5842" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>telephone number</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EC9A87B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>names and dates of birth of family members (for example children or their spouse).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69513B9E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
-        <w:t>Staff will need to add “RGS – FCCU” to the housing application as an alternative assistance scheme.</w:t>
-[...47 lines deleted...]
-    <w:p w14:paraId="301EA154" w14:textId="701B4065" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:t>Staff can confirm the income and assets of a household:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C68FA6E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="221FEABC" w14:textId="017566D8" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>via Centrelink’s Income Confirmation eServices, or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="125C4C98" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="7D669E25" w14:textId="77777777" w:rsidR="005032DB" w:rsidRDefault="005032DB" w:rsidP="005032DB">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>by receiving the required income and asset documents via an email.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F315CB" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
-        <w:t>The sponsorship criteria are listed in the sponsorship agreement between the sponsoring body and the department.</w:t>
-[...1171 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">After the identity, incomes, assets and contact information of the applicant (and their household) have been confirmed staff will continue through the property offer sheet to discuss the approved application category, locations, and any Special Accommodation Requirements (SARs). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25148398" w14:textId="1021DC78" w:rsidR="00685D03" w:rsidRPr="00685D03" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+    <w:p w14:paraId="7D97FDE2" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="201547"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">When it is determined that the property offered is suitable for the applicant based on any SARs or other household needs, staff can then discuss any disclosure requirements described at section </w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="3C0C7A3C" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+        <w:t>When it is determined that the property offered is suitable for the applicant based on any SARs or other household needs, staff can then discuss any disclosure requirements described at section Mandatory disclosures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF3D218" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Before providing the offer address refer to section 2.10.8 Advising the applicant of the property location and address.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45BA34BA" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+    <w:p w14:paraId="06CFBA77" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The outcome of the discussion is recorded in the property offer sheet and as a file note in </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="138590C0" w14:textId="5A1F8921" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:t xml:space="preserve">The outcome of the discussion is recorded in the property offer sheet and as a file note in HiiP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A310F3D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Toc174986234"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="_Toc174986234"/>
+      <w:bookmarkStart w:id="111" w:name="_Toc213841461"/>
       <w:r>
         <w:t>Matching clients</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="060ECCAD" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+      <w:bookmarkEnd w:id="110"/>
+      <w:bookmarkEnd w:id="111"/>
+    </w:p>
+    <w:p w14:paraId="77229736" w14:textId="69590153" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>When matching clients to appropriate accommodation staff need to refer to the department's guideline Clients with special accommodation requirements operational guidelines &lt; https://fac.dffh.vic.gov.au/clients-special-accommodation-requirements &gt;. This guideline provides the information about matching the size of a household to a property, bedroom requirements, location requirements, property requirements and modification needs.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="00CEC1CC" w14:textId="32BC0FEC" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:t xml:space="preserve">When matching clients to appropriate accommodation staff need to refer to the department's guideline </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidRPr="00407368">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Clients with special accommodation requirements operational guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> https://fac.dffh.vic.gov.au/clients-special-accommodation-requirements. This guideline provides the information about matching the size of a household to a property, bedroom requirements, location requirements, property requirements and modification needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="050FDCB8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="62" w:name="_Toc174986235"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="_Toc174986235"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc213841462"/>
       <w:r>
         <w:t>Previously undeclared Special Accommodation Requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="62"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="16ED6463" w14:textId="56B4392D" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkEnd w:id="113"/>
+    </w:p>
+    <w:p w14:paraId="4C933A1D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">If an applicant advises that they have a SAR about which they have not previously notified the department, unless they provide supporting documentation that substantiates their need, the allocation will be deemed to be </w:t>
-[...8 lines deleted...]
-    <w:p w14:paraId="2C30E310" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+        <w:t>If an applicant advises that they have a SAR about which they have not previously notified the department, unless they provide supporting documentation that substantiates their need, the allocation will be deemed to be valid, and the offer recorded as refused.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47293803" w14:textId="1DF5C419" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>The supporting documentation will need to be received by the department within 28 days of the offer being made as their application will be assessed for eligibility at that point. This reassessment is consistent with the department's Clients with special accommodation requirements operational guidelines &lt;https://fac.dffh.vic.gov.au/clients-special-accommodation-requirements&gt;.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6A83AB86" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+        <w:t xml:space="preserve">The supporting documentation will need to be received by the department within 28 days of the offer being made as their application will be assessed for eligibility at that point. This reassessment is consistent with the department's </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00407368">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Clients with special accommodation requirements operational guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00407368">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>https://fac.dffh.vic.gov.au/clients-special-accommodation-requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13569DE3" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>For example, a ground floor request has been received at the time of offer and because it is new information the applicant is re-assessed for eligibility.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB15FA4" w14:textId="77777777" w:rsidR="00685D03" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+    <w:p w14:paraId="7CF3DC49" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>In this case the offer is treated as not valid and the offer is recorded as cancelled, instead of refused.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46D8D432" w14:textId="28987AF2" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+    <w:p w14:paraId="3256E005" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="_Toc174986236"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="_Toc174986236"/>
+      <w:bookmarkStart w:id="115" w:name="_Toc213841463"/>
       <w:r>
         <w:t>Eligibility</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkEnd w:id="115"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07514ED2" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+    <w:p w14:paraId="49DCF143" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t>Homes Victoria is only able to offer public housing to applicants who meet the eligibility criteria set out in the Director’s Determinations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55497ACC" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+    <w:p w14:paraId="3C208230" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Staff must ensure that prior to the signing of a rental agreement that an applicant meets the eligibility criteria on which the offer is based upon. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF8B9E6" w14:textId="5B0443EF" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+    <w:p w14:paraId="462F4607" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="_Toc174986237"/>
+      <w:bookmarkStart w:id="117" w:name="_Toc213841464"/>
+      <w:r>
         <w:t>Not eligible for Public Housing</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="64"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2700ABEF" w14:textId="2A336F5D" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+      <w:bookmarkEnd w:id="116"/>
+      <w:bookmarkEnd w:id="117"/>
+    </w:p>
+    <w:p w14:paraId="1E9E452D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>If at any stage an applicant no longer meets the eligibility criteria for public housing the application is removed from the VHR</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009026E0">
+        <w:t>If at any stage an applicant no longer meets the eligibility criteria for public housing the application is removed from the VHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D07F87" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="_Toc174986238"/>
+      <w:bookmarkStart w:id="119" w:name="_Toc213841465"/>
+      <w:r>
+        <w:t>Not eligible for current priority category</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkEnd w:id="119"/>
+    </w:p>
+    <w:p w14:paraId="31B93004" w14:textId="5853F206" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Following the pre-offer activities and eligibility checks, if an applicant remains eligible for public housing, but not for the priority category for which their application was last approved and their circumstances have been confirmed in writing, their application is re-assessed according to the department’s </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId34" w:history="1">
+        <w:r w:rsidRPr="00342B0B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Assessing and managing applications operational guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> https://fac.dffh.vic.gov.au/assessing-and-managing-applications. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2873D85B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In the case of applications approved for Priority Access, the status can only be removed with the approval of the VPS4 manager or above).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F3FD8CC" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="_Toc174986239"/>
+      <w:bookmarkStart w:id="121" w:name="_Toc213841466"/>
+      <w:r>
+        <w:t>Mandatory Disclosures</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="120"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F6CFDB9" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Reforms to the Residential Tenancies Act have changed the way rental providers offer vacant properties. Before potential renters accept properties, staff must disclose certain known information required by s. 30D of the Residential Tenancies Act and regulation 16 of the Residential Tenancies Regulations 2021.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="234E868A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The aims of the mandatory disclosures are to:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="168C17EE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>provide the minimum information potential renters should know when considering whether to enter into a rental agreement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177EB6FE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>ensure the information which could significantly impact on a potential renter is disclosed prior to the beginning of the rental agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="733EE438" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Note: When a vacant property has structural mould, asbestos that is unsafe, or drug contamination, no offer is to be made until the property condition is fully remedied.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC63027" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The relevant mandatory disclosures include:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24323318" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>mould – any mould or damp reported to the department by a renter and was caused by structural issues at the property in the last 3 years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34DEDAEA" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">homicide – any known homicide that occurred in the property offered or its common areas in the last 5 years </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64810983" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">minimum standards – confirmation that the property offered complies with the rental minimum standards </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4556E3DF" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">safety checks – the date of the most recent gas safety and electrical safety checks </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3170B076" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>drugs – if the property offered is known to be contaminated due to trafficking or cultivation of a drug of dependence in the last 5 years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2E7F86" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>asbestos – if the property offered is known to have friable or non-friable asbestos based on an inspection by a suitably qualified person</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51DF1DA8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>owners corporations – to provide a copy of the owners corporations rules and to disclose any current dispute under Part 10 of the Owners Corporations Act 2006.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77819809" w14:textId="5A1945BE" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For a complete list of the mandated disclosures and guidance about their meaning, staff can refer to the Disclosure requirements matrix at the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId35" w:history="1">
+        <w:r w:rsidRPr="00CD35EC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Disclosure page</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> on the Public Housing Resources SharePoint</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD35EC">
+        <w:t xml:space="preserve"> (internal link) </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD35EC" w:rsidRPr="00CD35EC">
+        <w:t>https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Disclosure.aspx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B28196" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">When making an offer, staff must discuss with the applicant any factors which require mandatory disclosure. The information to disclose is available in the HiiP Property summary screen and the Manage incident tab. The property offer sheet also lists any disclosures relevant to the property being offered. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78223C1E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>After rectification works have occurred there is no further obligation to disclose the drug contamination history to the applicant, however, if asked, staff should be transparent about the history of the property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="546948ED" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Regarding mould, regulation 16 of the Residential Tenancies Regulations requires rental providers to continue to disclose a property’s mould history (caused by the building structure in the last three years) even after the mould was treated and made safe. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661F9A04" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">For asbestos, given most Homes Victoria owned properties built before 1987 are known to have asbestos, the department has settled on a policy position to inform applicants the property offered may have asbestos when constructed before 1987. A fact sheet is given to applicants to provide important information about asbestos and that it remains safe when it is sealed, undisturbed and in good condition. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="612D94F3" w14:textId="77777777" w:rsidR="00FE7489" w:rsidRDefault="00FE7489">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3DC102" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="_Toc174986240"/>
+      <w:bookmarkStart w:id="123" w:name="_Toc213841467"/>
+      <w:r>
+        <w:t>Reasonable offers of housing</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkEnd w:id="123"/>
+    </w:p>
+    <w:p w14:paraId="0E224FA2" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Where an applicant is approved for any of the Priority Access categories, a maximum of two reasonable offers of housing can be made.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5555AE86" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A reasonable offer needs to consider the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53153F1E" w14:textId="676C916F" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the number of bedrooms is matched in accordance with the housing size guidelines in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0411">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0411">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Clients with special accommodation requirements operational guidelines </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0411">
+        <w:t>https://fac.dffh.vic.gov.au/clients-special-accommodation-requirements</w:t>
+      </w:r>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FD0C192" w14:textId="0952A49C" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+    <w:p w14:paraId="71234613" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the area requested is in the preferred area and meets a household’s safety and access needs. The property may be in any suburb within the preferred area unless there is a location exemption. For example, a suburb within a preferred area is exempt due to family violence</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7144417B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the property meets the household's assessed need, for example, ongoing medical need or disability modification</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6291122E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the household's circumstances that affect their housing outcome remains the same.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72734A58" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the property address has been provided to the client</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BF817CA" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the household has been advised of all the mandatory disclosure requirements under the Residential Tenancies Act and has not advised that given what has been disclosed they are not willing to accept the property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07B58A1C" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the applicant has been given the opportunity to view the property internally and externally which allows them to make an informed decision</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8012F6" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the applicant was given until the close of business the next working day to make a decision about the offer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E644972" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If an applicant declines two reasonable offers of housing, their priority status will be removed and the application is placed on the Register of Interest.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="686291B3" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If an applicant refuses two reasonable offers of public housing from the Register of Interest, their application will be removed from the VHR.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="287C6076" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="669EDE65" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="_Toc174986241"/>
+      <w:bookmarkStart w:id="125" w:name="_Toc213841468"/>
+      <w:r>
+        <w:t>Advising the applicant of the property location and address</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="124"/>
+      <w:bookmarkEnd w:id="125"/>
+    </w:p>
+    <w:p w14:paraId="468D5FF1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Following the pre-offer activities and eligibility checks, if an applicant remains eligible for public housing, but not for the priority category for which their application was last approved and their circumstances have been confirmed in writing, their application is re-assessed according to the department’s Assessing and managing applications operational guidelines &lt;https://fac.dffh.vic.gov.au/assessing-and-managing-applications&gt;. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="77C6B928" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+        <w:t>The location and address of the property on offer is only released to the applicant upon confirmation of the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A6688F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the applicant is eligible for public housing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6305FEC7" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the applicant is eligible for their current Priority Access category</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="780C0769" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>any relevant mandatory disclosures have been discussed, and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00852F4D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the proposed offer is a reasonable offer.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10743CAC" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>When the offer process is completed by a phone interview, applicants can be given the lock box code (if a lock box is used) to access the keys to inspect the inside of the property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56483F97" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="_Toc174986242"/>
+      <w:bookmarkStart w:id="127" w:name="_Toc213841469"/>
+      <w:r>
+        <w:t>Information provided to applicants when an offer is made</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="126"/>
+      <w:bookmarkEnd w:id="127"/>
+    </w:p>
+    <w:p w14:paraId="2CBC7689" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>In the case of applications approved for Priority Access, the status can only be removed with the approval of the VPS4 manager or above).</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1DBA2606" w14:textId="30283D46" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:t>To help applicants move and adjust to a new property it will be important to provide the following information:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="551C2C80" w14:textId="47773D1F" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">the conditions of sign up in Chapter 3 of the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId36" w:history="1">
+        <w:r w:rsidRPr="009B0565">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Public Housing Operational Guidelines: Signing the Residential Rental Agreement</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00B907A6">
+        <w:t xml:space="preserve"> https://providers</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.dffh.vic.gov.au/chapter-3-signing-residential-tenancy-agreement-word</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E41653" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>any maintenance items to be completed prior to sign up and/or any repairs listed for future works</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D39303E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>when vacated maintenance is due for completion</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05FC75F2" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>when sign up and the handover of the keys is scheduled</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="414579F7" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>that the tenancy will commence from the Sunday following the sign up and the weekly payment amount is expected to be paid in advance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2164C349" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>introduce HousingVic online services (HVOS) and its features including the option of making the initial rental payment by using HVOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31A49718" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>if the tenancy commencement date is more than three weeks in the future, the household’s eligibility may need to be reconfirmed at sign up, and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="124549D1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>any non-standard items in the property.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="072D7F17" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00AC6929">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="66"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="_Toc174986243"/>
+      <w:bookmarkStart w:id="129" w:name="_Toc213841470"/>
+      <w:r>
+        <w:t>Offer refused</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkEnd w:id="129"/>
+    </w:p>
+    <w:p w14:paraId="7771569D" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">When an applicant does not accept a reasonable offer, the offer is considered ‘refused’ and when at refused status staff will ensure the applicant is aware of their right to appeal the decision to treat the offer as refused. The offer is counted as one of the two reasonable offers available to the applicant if approved for the Priority Access category.  Upon two reasonable offers being refused, the application is returned to the VHR. Priority Access categories can only be removed with the approval of VPS4 manager or above. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5214CD41" w14:textId="13691924" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The applicant is advised to provide a completed </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="009B0565">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Application for special accommodation requirements form</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"> https://fac.dhhs.vic.gov.au/funded-agency-channel/clients-special-accommodation-requirements. If the SAR application is provided, and approved, and the requirement means that the offer was not reasonable, the offer status is changed from ‘refused’ to ‘cancelled’.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03131926" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Where the approved SAR does not change the appropriateness of the offer, or the applicant does not provide the completed Application for special accommodation requirements form, the status of the offer remains refused.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB874D0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Note: If an applicant does not accept a reasonable offer of housing due to a mandatory disclosure, the offer will be recorded as ‘Cancelled’ and the next available suitable property will be offered. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55661745" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The outcome of the offer is recorded on the property offer sheet and as a file note in HiiP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48979C64" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00AC6929">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="_Toc174986244"/>
+      <w:bookmarkStart w:id="131" w:name="_Toc213841471"/>
+      <w:r>
+        <w:t>Offer accepted</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkEnd w:id="131"/>
+    </w:p>
+    <w:p w14:paraId="7B577880" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">An offer of housing is considered ‘accepted’ when an applicant agrees that the inspected property is suitable for the household and the applicant and the household meet the eligibility criteria as outlined in the Directors Determinations. At this stage of the offer process, this is not a classified a ‘formal’ offer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65B6ADF9" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For applicants receiving support from an approved support provider, this is a relevant time to discuss with support workers details about future support plans, including support referrals to be made to establish the tenancy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C3D23D1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The outcome of the offer is recorded on the property offer sheet and as a file note in HiiP. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4093D427" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00AC6929">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="_Toc174986245"/>
+      <w:bookmarkStart w:id="133" w:name="_Toc213841472"/>
+      <w:r>
+        <w:t>Information sessions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="132"/>
+      <w:bookmarkEnd w:id="133"/>
+    </w:p>
+    <w:p w14:paraId="023EC419" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>During the offer process, staff should discuss any support needs with the applicant and any approved support providers, to establish future support plans to assist them during their tenancy. It should be conducted prior to sign up for the tenancy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF5A416" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If any existing support is not planned to continue after sign up, consideration should be given to referring the applicant to the Tenancy Plus service or other local Tenancy Support Programs to assist with establishing and sustaining the tenancy.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A4B1E4" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For the Homeless with Support category, the designated support provider is expected to assist with any referral processes and continue to be the point of contact for the department until new support arrangements are in place.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ABA4CD8" w14:textId="77777777" w:rsidR="004446BB" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>For new and transfer applications, further details and guidelines are provided within</w:t>
+      </w:r>
+      <w:r w:rsidR="004446BB">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BBEC64B" w14:textId="20FCCEBF" w:rsidR="004446BB" w:rsidRDefault="004912EA" w:rsidP="004446BB">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="09517CA4" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="00E80B52">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Victorian Housing Register Priority Transfers Operational Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004446BB">
+        <w:t xml:space="preserve"> https://fac.dffh.vic.gov.au/priority-transfers </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="674956C3" w14:textId="3C510A23" w:rsidR="004912EA" w:rsidRDefault="00170A2A" w:rsidP="004446BB">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidR="004912EA" w:rsidRPr="004446BB">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Relocations Operational Guidelines</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004912EA" w:rsidRPr="004446BB">
+        <w:t xml:space="preserve"> https://</w:t>
+      </w:r>
+      <w:r w:rsidR="004912EA">
+        <w:t>providers.dffh.vic.gov.au/relocation-manual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03925601" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00AC6929">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="_Toc174986246"/>
+      <w:bookmarkStart w:id="135" w:name="_Toc213841473"/>
+      <w:r>
+        <w:t>Formal offers</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="134"/>
+      <w:bookmarkEnd w:id="135"/>
+    </w:p>
+    <w:p w14:paraId="1FFA0BB4" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>Reforms to the Residential Tenancies Act have changed the way rental providers offer vacant properties. Before potential renters accept properties, staff must disclose certain known information required by s. 30D of the Residential Tenancies Act and regulation 16 of the Residential Tenancies Regulations 2021.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="1627457F" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+        <w:t xml:space="preserve">An offer is considered ‘formal’ when the applicant is provided with a rental agreement to sign. In most cases this occurs at the same time as the sign-up appointment.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569FB9BA" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C013BE">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="_Toc174986247"/>
+      <w:bookmarkStart w:id="137" w:name="_Toc213841474"/>
+      <w:r>
+        <w:t>After signing the Residential rental agreement</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="136"/>
+      <w:bookmarkEnd w:id="137"/>
+    </w:p>
+    <w:p w14:paraId="48A4FD65" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>The aims of the mandatory disclosures are to:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7BA1C92A" w14:textId="537E2433" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:t>Once housed the application is removed from the VHR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C99E9F3" w14:textId="622C95E5" w:rsidR="001D151A" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If an applicant who has been housed experiences a change of circumstances requiring a transfer, a new application to the VHR can be lodged. Any new applications will need to provide supporting evidence as required by the department's guidelines to have eligibility assessed for the register.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637F4D74" w14:textId="77777777" w:rsidR="001D151A" w:rsidRDefault="001D151A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37B0FC73" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00ED7E87" w:rsidRDefault="004912EA" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="_Toc174986248"/>
+      <w:bookmarkStart w:id="139" w:name="_Toc213841475"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Circumstances requiring VPS4 manager or above approval</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="138"/>
+      <w:bookmarkEnd w:id="139"/>
+    </w:p>
+    <w:p w14:paraId="1BD19448" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Some applicants on the VHR require approval from a VPS4 manager or above to receive an offer to ensure they are receiving the support needed to establish and sustain their tenancy. The circumstances requiring approval and oversight are detailed below.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52325317" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="_Toc174986249"/>
+      <w:bookmarkStart w:id="141" w:name="_Toc213841476"/>
+      <w:r>
+        <w:t>Applicants 15-17 years of age</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="140"/>
+      <w:bookmarkEnd w:id="141"/>
+    </w:p>
+    <w:p w14:paraId="6FAA7763" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="009D0325" w:rsidRDefault="004912EA" w:rsidP="00AC6929">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D0325">
+        <w:t>Determining appropriateness of a tenancy in public housing</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B30F97" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In certain circumstances, an offer of housing can be made to applicants who are 15 – 17 years of age. These applicants are expected to be supported by an approved support provider at offer and sign up stage. A VPS4 or VPS5 manager or above are to be involved in developing plans to establish and sustain the tenancy after sign up, including determining the suitability of the property offer. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="656A1328" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The suitability of a property must be considered in consultation with the relevant support worker or care team. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316DD6C0" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="009D0325" w:rsidRDefault="004912EA" w:rsidP="00AC6929">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D0325">
+        <w:t>Offers of Housing to applicants 15 to 17 years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DD448D5" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Offers of housing to applicants aged between 15 to 17 years must be approved by a VPS5 manager or above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33FAFF5A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Applicants and household members aged 15 to 17 years can only sign a rental agreement if they are in receipt of an independent income and there are no other eligible household members aged 18 and over. Offers of housing to applicants aged 15 to 17 years are to be approved by a VPS5 manager or above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F22EFB8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="009D0325" w:rsidRDefault="004912EA" w:rsidP="00AC6929">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D0325">
+        <w:t>Transfer of Tenancy to household members 15 to 17 years</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A533F62" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Where a renter is deceased or abandons the property and there are dependants still living in the property, subject to meeting the eligibility criteria for transfer of tenancy, a new tenancy can be created with a household member who is 18 years of age or older. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26B36EC4" w14:textId="0451EB9D" w:rsidR="001D151A" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>If there are no remaining eligible household members aged 18 and over, dependants that are 15 -17 years of age may sign a rental agreement after approval from a VPS5 manager or above.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55C8953D" w14:textId="77777777" w:rsidR="001D151A" w:rsidRDefault="001D151A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CAD18B7" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00ED7E87" w:rsidRDefault="004912EA" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="_Toc174986250"/>
+      <w:bookmarkStart w:id="143" w:name="_Toc213841477"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Local decisions and allocations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="142"/>
+      <w:bookmarkEnd w:id="143"/>
+    </w:p>
+    <w:p w14:paraId="2799F135" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="_Toc174986251"/>
+      <w:bookmarkStart w:id="145" w:name="_Toc213841478"/>
+      <w:r>
+        <w:t>Local allocation plan</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="144"/>
+      <w:bookmarkEnd w:id="145"/>
+    </w:p>
+    <w:p w14:paraId="57C75818" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>From time to time local offices will develop a local allocation plan (LAP) relevant to particular geographic catchments or estates where a tailored approach is needed in order to ensure the sustainability of those communities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="158B6265" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">A Local allocation plan is usually required when: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4A6FB8" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="08AF3AA9" w14:textId="08E45A8C" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the local office is a pilot site with integration of public housing and affordable housing or other types of tenancy management services</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05ACB413" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="456A162C" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>to meet requirements of Homes Victoria programs, such as the Big Housing Build</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D84E24B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>consideration for optimal tenancy management mix to deliver a productive and thriving community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DEA2338" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
       <w:r>
-        <w:t>Note: When a vacant property has structural mould, asbestos that is unsafe, or drug contamination, no offer is to be made until the property condition is fully remedied.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="11E17958" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="004062E1">
+        <w:t xml:space="preserve">For example, the Markham Avenue estate is an existing public housing site redeveloped as part of the Big Housing Build, designed around accessibility, safety and inclusion. The Markham Avenue estate comprises of both public and affordable housing renters operating as a pilot site for future developments. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A562298" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>The relevant mandatory disclosures include:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="11F8D2E7" w14:textId="00937FF8" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:t xml:space="preserve">Typically, LAPs will be developed and approved at an Area Director level, but where there are State- wide implications, the sign off may be further escalated. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7579CF72" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>The LAP may be developed in consultation with local community organisations or renter groups.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D184B63" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The management of allocations under the LAP is undertaken by the local office but must still balance the broader needs of those on the VHR. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0811024A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>In developing the strategy, the following issues must be taken into consideration:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F9184E3" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="11BFA8A9" w14:textId="7AA009BB" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the Director’s Determinations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA3AE30" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="00B60C7A" w14:textId="31C25693" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>demand for housing within that area, including the number of transfer applications</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E5E4A59" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="630956D2" w14:textId="56921DD8" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>relevant sponsorship criteria</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5256E2D1" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="7854A076" w14:textId="2E8A07C2" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>existing department properties in the area</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A484563" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="619CC2EE" w14:textId="59627893" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>under-utilisation of current stock</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719AE285" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="55EF0C3C" w14:textId="1093D71B" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>possible community development requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF0F64F" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="_Toc174986252"/>
+      <w:bookmarkStart w:id="147" w:name="_Toc213841479"/>
+      <w:r>
+        <w:t>Sensitive allocations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="146"/>
+      <w:bookmarkEnd w:id="147"/>
+    </w:p>
+    <w:p w14:paraId="0026276B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Sensitive allocations can be considered in situations where:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52C2EADE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bullet1"/>
-      </w:pPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="4EB54997" w14:textId="77777777" w:rsidR="004062E1" w:rsidRDefault="004062E1" w:rsidP="00685D03">
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>a person’s housing is identified as unsuitable</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AB92CEE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>other departmental program areas raise concerns that highlight need.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CFD6600" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="00C603A1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="_Toc174986253"/>
+      <w:bookmarkStart w:id="149" w:name="_Toc213841480"/>
+      <w:r>
+        <w:t>Selective allocations</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="148"/>
+      <w:bookmarkEnd w:id="149"/>
+    </w:p>
+    <w:p w14:paraId="303EE90A" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Sensitive allocations are not necessarily part of a LAP and should only be considered in certain circumstances, such as:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787EF2B4" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>neighbourhood fatigue</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3931EDEF" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>relocations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B81BE1E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>renewal programs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B676C00" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="80" w:line="320" w:lineRule="atLeast"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="_Toc174986254"/>
+      <w:bookmarkStart w:id="151" w:name="_Toc213841481"/>
+      <w:r>
+        <w:t>Hard to let properties</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="150"/>
+      <w:bookmarkEnd w:id="151"/>
+    </w:p>
+    <w:p w14:paraId="59A71371" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Homes Victoria defines a property as ‘hard to let’ when:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A1AEEA" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">three reasonable offers have been made and have been refused. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AC0312E" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the reason for refusal in all three cases has been that the property is unsuitable or unsatisfactory due to either of the following reasons:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A2B9A63" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the characteristics of the housing, such as age, construction type, floor level</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CE984B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet2"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the location and availability of community services and amenities.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61B51DEE" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Bodyafterbullets"/>
       </w:pPr>
-      <w:r>
-[...563 lines deleted...]
-        <w:pStyle w:val="Body"/>
+      <w:r w:rsidRPr="00670B2D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00685D03">
+        <w:t>Note:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> The above reasons are only used to determine whether the property is hard to let and to provide a reason for any delay in re-letting the property. Offers made for hard to let properties are to be considered reasonable offers unless they do not meet the applicant’s SAR's. Offers of hard to let properties are made in the same manner as other vacant properties based on the VHR category and application effective date. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C4A2580" w14:textId="4256B529" w:rsidR="001D151A" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>A property deemed to be ‘hard to let’ will automatically have a vacancy reason of ‘Multiple Refused Offers’ applied against it upon the third refusal.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1370B6D2" w14:textId="77777777" w:rsidR="001D151A" w:rsidRDefault="001D151A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:rFonts w:eastAsia="Times"/>
         </w:rPr>
-        <w:t>Determining appropriateness of a tenancy in public housing</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A4F40F6" w14:textId="77777777" w:rsidR="00685D03" w:rsidRDefault="00685D03" w:rsidP="00685D03">
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="438D8ADF" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00ED7E87" w:rsidRDefault="004912EA" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="_Toc174986255"/>
+      <w:bookmarkStart w:id="153" w:name="_Toc213841482"/>
+      <w:r w:rsidRPr="00ED7E87">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Temporary Absence</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="152"/>
+      <w:bookmarkEnd w:id="153"/>
+    </w:p>
+    <w:p w14:paraId="28157217" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">In certain circumstances, an offer of housing can be made to applicants who are 15 – 17 years of age. These applicants are expected to be supported by an approved support provider at offer and sign up stage. A VPS4 or VPS5 manager or above are to be involved in developing plans to establish and sustain the tenancy after </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="0D7BDF15" w14:textId="77777777" w:rsidR="00685D03" w:rsidRDefault="00685D03" w:rsidP="00685D03">
+        <w:t>The previous temporary absence category as a Priority Access category has been removed and is no longer part of the Priority Access categories.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C6B778" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The suitability of a property must be considered in consultation with the relevant support worker or care team. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6429E791" w14:textId="77777777" w:rsidR="00685D03" w:rsidRPr="00685D03" w:rsidRDefault="00685D03" w:rsidP="00685D03">
+        <w:t>Applicants previously approved under the temporary absence category are now approved under the Priority Access category Homeless with support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37794BA3" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Applicants who relinquish their tenancy and apply for a Priority Transfer under the temporary absence category will not be disadvantaged as their application will be placed on the Priority Access category of Homeless with support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43578C46" w14:textId="77777777" w:rsidR="004912EA" w:rsidRPr="00ED7E87" w:rsidRDefault="004912EA" w:rsidP="00ED7E87">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="41"/>
+        </w:numPr>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00685D03">
+      <w:bookmarkStart w:id="154" w:name="_Toc174986256"/>
+      <w:bookmarkStart w:id="155" w:name="_Toc213841483"/>
+      <w:r w:rsidRPr="00ED7E87">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Offers of Housing to applicants 15 to 17 years</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="36A595B2" w14:textId="77777777" w:rsidR="00685D03" w:rsidRDefault="00685D03" w:rsidP="00685D03">
+        <w:t>Sleep-outs</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="154"/>
+      <w:bookmarkEnd w:id="155"/>
+    </w:p>
+    <w:p w14:paraId="10AD2E07" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>Offers of housing to applicants aged between 15 to 17 years must be approved by a VPS5 manager or above.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="096C9659" w14:textId="77777777" w:rsidR="00685D03" w:rsidRDefault="00685D03" w:rsidP="00685D03">
+        <w:t>A sleep-out is a one room, relocatable building constructed in the backyard of a property. It is designed to add an extra bedroom to a public housing property i to overcome household overcrowding.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ECB78CA" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
       <w:r>
-        <w:t>Applicants and household members aged 15 to 17 years can only sign a rental agreement if they are in receipt of an independent income and there are no other eligible household members aged 18 and over. Offers of housing to applicants aged 15 to 17 years are to be approved by a VPS5 manager or above.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="25D08F27" w14:textId="77777777" w:rsidR="00685D03" w:rsidRPr="00685D03" w:rsidRDefault="00685D03" w:rsidP="00685D03">
+        <w:t>Sleep-outs are the equivalent of one bedroom. Therefore, the size of a property with a sleep-out is the bedroom size of the primary property plus one bedroom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EE5CAB4" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
       <w:pPr>
         <w:pStyle w:val="Body"/>
-        <w:rPr>
-[...12 lines deleted...]
-    <w:p w14:paraId="4D109532" w14:textId="77777777" w:rsidR="00685D03" w:rsidRDefault="00685D03" w:rsidP="00685D03">
+      </w:pPr>
+      <w:r>
+        <w:t>An offer of a property with a sleep-out is considered a reasonable offer when:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="109E35C2" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the size of the property, including the sleep-out, matches (or exceeds) the size of property the applicant has been approved to the register for</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20810934" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the application includes a household member aged 15 years or over</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114ACC70" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the property is in the applicant’s preferred area, and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D918F2B" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bullet1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="42"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>the property has any special requirements the applicant has been approved for.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="542E6473" w14:textId="77777777" w:rsidR="004912EA" w:rsidRDefault="004912EA" w:rsidP="004912EA">
+      <w:pPr>
+        <w:pStyle w:val="Bodyafterbullets"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Accommodation with sleep-outs may be offered to households with children under 15 years old. However, if the applicant does not accept the offer, it is recorded as cancelled, not refused, with the effect that the number of reasonable offers to which the applicant is still entitled remains unchanged.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F87AF96" w14:textId="77F2AECE" w:rsidR="00AE2D48" w:rsidRDefault="00AE2D48" w:rsidP="00AE2D48">
       <w:pPr>
         <w:pStyle w:val="Body"/>
       </w:pPr>
-      <w:r>
-[...427 lines deleted...]
-    <w:sectPr w:rsidR="00A825BD" w:rsidRPr="00A825BD" w:rsidSect="00F15144">
+    </w:p>
+    <w:sectPr w:rsidR="00AE2D48" w:rsidSect="00F15144">
+      <w:headerReference w:type="even" r:id="rId40"/>
+      <w:headerReference w:type="default" r:id="rId41"/>
+      <w:footerReference w:type="even" r:id="rId42"/>
+      <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="680" w:footer="567" w:gutter="0"/>
       <w:cols w:space="340"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66955EC4" w14:textId="77777777" w:rsidR="00D67E86" w:rsidRDefault="00D67E86">
+    <w:p w14:paraId="138361DB" w14:textId="77777777" w:rsidR="00170A2A" w:rsidRDefault="00170A2A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B6168DC" w14:textId="77777777" w:rsidR="00D67E86" w:rsidRDefault="00D67E86"/>
+    <w:p w14:paraId="324DD644" w14:textId="77777777" w:rsidR="00170A2A" w:rsidRDefault="00170A2A"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36B07B30" w14:textId="77777777" w:rsidR="00D67E86" w:rsidRDefault="00D67E86">
+    <w:p w14:paraId="7D1D396A" w14:textId="77777777" w:rsidR="00170A2A" w:rsidRDefault="00170A2A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B72B961" w14:textId="77777777" w:rsidR="00D67E86" w:rsidRDefault="00D67E86"/>
+    <w:p w14:paraId="6530A499" w14:textId="77777777" w:rsidR="00170A2A" w:rsidRDefault="00170A2A"/>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="7F190DD5" w14:textId="77777777" w:rsidR="00170A2A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Times">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Times New Roman"/>
+    <w:altName w:val="Ebrima"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="21E06AB0" w14:textId="3FA2AEC0" w:rsidR="00EB4BC7" w:rsidRDefault="00EB4BC7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="21E06AB0" w14:textId="3FA2AEC0" w:rsidR="000F78F6" w:rsidRDefault="000F78F6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687935" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5F16E52C" wp14:editId="181E78CF">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5F16E52C" wp14:editId="181E78CF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189845</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="MSIPCM9dd54572b391b968e538fedc" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="55F389B9" w14:textId="31CAAB1A" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="00EB4BC7">
+                        <w:p w14:paraId="55F389B9" w14:textId="31CAAB1A" w:rsidR="000F78F6" w:rsidRPr="00EB4BC7" w:rsidRDefault="000F78F6" w:rsidP="00EB4BC7">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00EB4BC7">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="5F16E52C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM9dd54572b391b968e538fedc" o:spid="_x0000_s1027" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251687935;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0o2UmKbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDxzHYP0zRskZj&#10;03OpR+YZ2dvmj1Jtwy04kH7CoU1AyoaLuANuk6UfttnWzIi4C4LjzBkm9//K8qfD1rxY4vuv0COB&#10;AZDOuNyhM+zTS9uGL05KMI4QHs+wid4Tjs6b2TydZhjiGJtm2c3tLJRJLn8b6/w3AS0JRkEt0hLR&#10;YoeN80PqKSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7McFSqiOuJeFgXJn+LrB5hvm/Auz&#10;yDHOi7r1z3hIBdgERouSGuyvv/lDPkKPUUo61ExB3c89s4IS9V0jKXfZ9XUQWbygYd97y5NX79sH&#10;QDlm+DIMj2bI9epkSgvtG8p6FbphiGmOPQtanswHPygYnwUXq1VMQjkZ5jd6a3goHWAMkL72b8ya&#10;EXePjD3BSVUs/wD/kDsQsNp7kE3kJgA7oDnijVKM7I7PJmj9/T1mXR738jcAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytxo3ZL&#10;CW0ap6pAXJAQoqCenXjz08TrKHbb5O1xTnDcmdHsN8l+MC27Yu9qSxKWCwEMKbe6plLCz/fbwwaY&#10;84q0ai2hhBEd7NPZXaJibW/0hdejL1koIRcrCZX3Xcy5yys0yi1shxS8wvZG+XD2Jde9uoVy0/KV&#10;EBE3qqbwoVIdvlSYN8eLkbD+3GYFPzfm/DG+j2PdFKfXrJDyfj4cdsA8Dv4vDBN+QIc0MGX2Qtqx&#10;VkIY4oMaifUzsMlfbkUELJu0p8cN8DTh/zekvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCdkot2FAIAACQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAvkEiX4AAAAAsBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCM9dd54572b391b968e538fedc" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDUYbH1GAMAADgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB02Gmp7cRO7KxOkabL&#10;ViBtA6RDz4ok18ZsyZOUxF3R/z5KttOP7TAMu0gUSVHk4xNPz5qqRHuudCFFioMTHyMuqGSFuE/x&#10;t9vlIMZIGyIYKaXgKX7gGp/N3r87PdRTPpS5LBlXCIIIPT3UKc6Nqaeep2nOK6JPZM0FGDOpKmLg&#10;qO49psgBolelN/T9sXeQitVKUq41aC9aI565+FnGqbnJMs0NKlMMuRm3Krdu7erNTsn0XpE6L2iX&#10;BvmHLCpSCHj0GOqCGIJ2qvgtVFVQJbXMzAmVlSezrKDc1QDVBP6bajY5qbmrBcDR9REm/f/C0uv9&#10;WqGCpXiCkSAVtOhqc7leXCWMRWE0GW5HSbBNxjGPRnHGGcWIcU0BwccPP3bSfPpKdL6QjLenaeKH&#10;kygejYOPnZkX97npjHEIBOkMdwUzeaePkuioX5eE8oqL/k7rspTScNXKXYBLwXjTBWi3G8bmgn3e&#10;c/HKcQMkAHZ2rn1it7LuNP7x7RXP+mdB+WTJcaj1FDDa1ICSac5lAyTv9RqUtudNpiq7QzcR2IFm&#10;D0dq8cYgCspJNPZHAZgo2EZBMIkjG8Z7vl0rbb5wWSErpFhB1o5RZL/SpnXtXexjQi6LsnT0LQU6&#10;pHg8inx34WiB4KWwvpAExOiklpaPSTAM/fNhMliO48kgXIbRIJn48cAPkvNk7IdJeLF8svGCcJoX&#10;jHGxKgTvv0gQ/h0Fu8/aktt9klepalkWzNZhc7PVLUqF9gT+6hZo8L1D6IWX9zodByBU1++uSs/2&#10;rO2NlUyzbbpGbiV7gD4qCfhCK3RNlwU8uiLarImCfw9KmGXmBpaslACq7CSMcql+/klv/QELsGJ0&#10;gDmSYv1jRxTHqLwU8FGTIAwhrHEHENRL7bbXil21kFB24LJyovU1ZS9mSlZ3MOrm9jUwEUHhTcCp&#10;FxcGTmCAUUn5fO5kGDE1MSuxqakN3YN829wRVXc8MwDftewnDZm+oVvra28KOd8ZmRWOixbYFk2A&#10;3h5gPLkmdKPUzr+XZ+f1PPBnvwAAAP//AwBQSwMEFAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3GjdksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFO&#10;cNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vDBpjzirRqLaGEER3s09ldomJtb/SF16MvWSgh&#10;FysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8&#10;Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/&#10;N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANRhsfUYAwAAOAYAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAcgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB/BgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="55F389B9" w14:textId="31CAAB1A" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="00EB4BC7">
+                  <w:p w14:paraId="55F389B9" w14:textId="31CAAB1A" w:rsidR="000F78F6" w:rsidRPr="00EB4BC7" w:rsidRDefault="000F78F6" w:rsidP="00EB4BC7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="795C27F3" w14:textId="735E2BCF" w:rsidR="00431A70" w:rsidRDefault="00EB4BC7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="795C27F3" w14:textId="735E2BCF" w:rsidR="000F78F6" w:rsidRDefault="000F78F6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685887" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="47C005B9" wp14:editId="033DE9C0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="47C005B9" wp14:editId="033DE9C0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189687</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="MSIPCM36724fdbb2a52fcfc05f86a5" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6C8B923F" w14:textId="188DBC95" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="002C5B7C">
+                        <w:p w14:paraId="6C8B923F" w14:textId="188DBC95" w:rsidR="000F78F6" w:rsidRPr="00EB4BC7" w:rsidRDefault="000F78F6" w:rsidP="002C5B7C">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00EB4BC7">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="47C005B9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM36724fdbb2a52fcfc05f86a5" o:spid="_x0000_s1028" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251685887;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqG+r9FgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEWB&#10;IAngFDnTFGkRoLgsSVtyv75Lyi+kPRW9UMvd1T5mhrP7vtVkJ5xXYCpajHJKhOFQK7Op6I+35Zdb&#10;SnxgpmYajKjoXnh6P//8adbZUlxBA7oWjmAR48vOVrQJwZZZ5nkjWuZHYIXBoATXsoBXt8lqxzqs&#10;3ursKs+nWQeutg648B69j0OQzlN9KQUPL1J6EYiuKM4W0unSuY5nNp+xcuOYbRQ/jMH+YYqWKYNN&#10;T6UeWWBk69QfpVrFHXiQYcShzUBKxUXaAbcp8g/brBpmRdoFwfH2BJP/f2X5825lXx0J/VfokcAI&#10;SGd96dEZ9+mla+MXJyUYRwj3J9hEHwhH581kmo8LDHGMjYvi5nYSy2Tnv63z4ZuAlkSjog5pSWix&#10;3ZMPQ+oxJTYzsFRaJ2q0IV1Fp+NJnn44RbC4NtjjPGu0Qr/uiaov9lhDvcf1HAzMe8uXCmd4Yj68&#10;ModU49go3/CCh9SAveBgUdKA+/U3f8xHBjBKSYfSqaj/uWVOUKK/G+Tmrri+jlpLFzTcpXd99Jpt&#10;+wCoygIfiOXJjLlBH03poH1HdS9iNwwxw7FnRddH8yEMQsbXwcVikZJQVZaFJ7OyPJaOaEZk3/p3&#10;5uwB/oDEPcNRXKz8wMKQO/Cw2AaQKlEU8R3QPMCOikwkH15PlPzlPWWd3/j8NwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3Gj&#10;dksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFOcNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vD&#10;BpjzirRqLaGEER3s09ldomJtb/SF16MvWSghFysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT&#10;8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC&#10;2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOob6v0WAgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCM36724fdbb2a52fcfc05f86a5" o:spid="_x0000_s1027" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCa7sBBFwMAADwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfzB02Gmp7cRO4qxOkabI&#10;ViBtA6RDz4osxcJsyZWUxFnR/z5KttOP7TAMu0gUSVHk4xPPL+qy8PZUaS5FisKzAHlUEJlxsU3R&#10;9/tFb4w8bbDIcCEFTdGRanQx/fjh/FBNaF/mssio8iCI0JNDlaLcmGri+5rktMT6TFZUgJFJVWID&#10;R7X1M4UPEL0s/H4QDP2DVFmlJKFag/aqMaKpi88YJeaOMU2NV6QIcjNuVW7d2NWfnuPJVuEq56RN&#10;A/9DFiXmAh49hbrCBns7xX8LVXKipJbMnBFZ+pIxTqirAaoJg3fVrHNcUVcLgKOrE0z6/4Ult/uV&#10;8niWohh5ApfQopv19Wp+MxiO+hHLNps+jvuMMBLEbDzE4JVRTQDBp0+PO2m+fMM6n8uMNqdJEkSj&#10;eDwYhp9bM+Xb3LTGcQQEaQ0PPDN5q4+T+KRfFZjQkoruTuOykNJQ1chtgGuR0boN0GwrxUusjm+8&#10;1sAAoGbr12V1L6tWE5weXlLWvQnKZ8uMQ6UnANC6AohMfSlrYHin16C0Da+ZKu0OrfTADhw7nnhF&#10;a+MRUI7iYTAIwUTANgjD0Ti2YfyX25XS5iuVpWeFFCnI2tEJ75faNK6di31MyAUvCsfdQniHFA0H&#10;ceAunCwQvBDWF5KAGK3UcPIpCftRcNlPeovheNSLFlHcS0bBuBeEyWUyDKIkulo823hhNMl5llGx&#10;5IJ2/yOM/o5/7U9tmO1+yJtUtSx4Zuuwudnq5oXy9hg+6gY48KNF6JWX/zYdByBU1+2uSt/2rOmN&#10;lUy9qR27T33byOwI7VQSYIaO6IosOLy9xNqssIK/D0qYZ+YOFlZIwFa2EvJyqX7+SW/9ARKwIu8A&#10;syRF+nGHFUVecS3gsyZhFEFY4w4gqNfaTacVu3IuofrQZeVE62uKTmRKlg8w7mb2NTBhQeBNgKsT&#10;5wZOYIBxSehs5mQYMxU2S7GuiA3dYX1fP2BVtXQzgOKt7KYNnrxjXeNrbwo52xnJuKOkxbdBEzpg&#10;DzCiXC/acWpn4Ouz83oZ+tNfAAAA//8DAFBLAwQUAAYACAAAACEAL5BIl+AAAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2srcaN2SwltGqeqQFyQEKKgnp1489PE6yh22+TtcU5w&#10;3JnR7DfJfjAtu2LvaksSlgsBDCm3uqZSws/328MGmPOKtGotoYQRHezT2V2iYm1v9IXXoy9ZKCEX&#10;KwmV913MucsrNMotbIcUvML2Rvlw9iXXvbqFctPylRARN6qm8KFSHb5UmDfHi5Gw/txmBT835vwx&#10;vo9j3RSn16yQ8n4+HHbAPA7+LwwTfkCHNDBl9kLasVZCGOKDGon1M7DJX25FBCybtKfHDfA04f83&#10;pL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmu7AQRcDAAA8BgAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAL5BIl+AAAAALAQAADwAAAAAAAAAA&#10;AAAAAABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAH4GAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="6C8B923F" w14:textId="188DBC95" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="002C5B7C">
+                  <w:p w14:paraId="6C8B923F" w14:textId="188DBC95" w:rsidR="000F78F6" w:rsidRPr="00EB4BC7" w:rsidRDefault="000F78F6" w:rsidP="002C5B7C">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4ED4B1DC" w14:textId="660D8273" w:rsidR="00EB4BC7" w:rsidRDefault="00EB4BC7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="4ED4B1DC" w14:textId="660D8273" w:rsidR="000F78F6" w:rsidRDefault="000F78F6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686143" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="70BA23E7" wp14:editId="2F526DE4">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="70BA23E7" wp14:editId="2F526DE4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189845</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="MSIPCMf6504bf684e4519137a7274a" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="4086DCEE" w14:textId="7687AF4A" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="00EB4BC7">
+                        <w:p w14:paraId="4086DCEE" w14:textId="7687AF4A" w:rsidR="000F78F6" w:rsidRPr="00EB4BC7" w:rsidRDefault="000F78F6" w:rsidP="00EB4BC7">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00EB4BC7">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="70BA23E7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMf6504bf684e4519137a7274a" o:spid="_x0000_s1029" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251686143;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC7jRm/GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0gChbYRoWKtmCah&#10;thKd+mwcm0RyfJ5tSNhfv7NDoOr2VPXFOd9d7sf3fZ7fdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4sxVKBKYQkW0S5vTUEr702eJI5XomFuBEZoDEqwDfN4tbuktKzF&#10;6o1Kxmk6S1qwpbHAhXPofeiDdBHrSym4f5LSCU9UQXE2H08bz204k8Wc5TvLTFXz0xjsA1M0rNbY&#10;9FzqgXlG9rb+p1RTcwsOpB9xaBKQsuYi7oDbZOm7bTYVMyLuguA4c4bJfV5Z/njYmGdLfPcdOiQw&#10;ANIalzt0hn06aZvwxUkJxhHC4xk20XnC0Xk9naWTDEMcY5Msu76ZhjLJ5W9jnf8hoCHBKKhFWiJa&#10;7LB2vk8dUkIzDataqUiN0qQt6GwyTeMP5wgWVxp7XGYNlu+2HanLgo6HPbZQHnE9Cz3zzvBVjTOs&#10;mfPPzCLVODbK1z/hIRVgLzhZlFRg//zPH/KRAYxS0qJ0Cup+75kVlKifGrm5za6ugtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEAL5BIl+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70h9B2sr&#10;caN2SwltGqeqQFyQEKKgnp1489PE6yh22+TtcU5w3JnR7DfJfjAtu2LvaksSlgsBDCm3uqZSws/3&#10;28MGmPOKtGotoYQRHezT2V2iYm1v9IXXoy9ZKCEXKwmV913MucsrNMotbIcUvML2Rvlw9iXXvbqF&#10;ctPylRARN6qm8KFSHb5UmDfHi5Gw/txmBT835vwxvo9j3RSn16yQ8n4+HHbAPA7+LwwTfkCHNDBl&#10;9kLasVZCGOKDGon1M7DJX25FBCybtKfHDfA04f83pL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAu40ZvxgCAAArBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAL5BIl+AAAAALAQAADwAAAAAAAAAAAAAAAAByBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCMf6504bf684e4519137a7274a" o:spid="_x0000_s1028" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;FirstPage&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUL2MYGAMAAD4GAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB02Gmp7cSPOGtSpCmy&#10;FUjbAOnQsyLLsTFbciWlcVf0v4+S5fSxHYZhF4kiKYr8+ImnZ21doQcmVSn4FAcnPkaMU5GVfDfF&#10;32+XgzFGShOekUpwNsWPTOGz2ccPp4dmwoaiEFXGJIIgXE0OzRQXWjcTz1O0YDVRJ6JhHIy5kDXR&#10;cJQ7L5PkANHryhv6fuwdhMwaKShTCrQXnRHPbPw8Z1Tf5LliGlVTDLlpu0q7bs3qzU7JZCdJU5TU&#10;pUH+IYualBwePYa6IJqgvSx/C1WXVAolcn1CRe2JPC8pszVANYH/rppNQRpmawFwVHOESf2/sPT6&#10;YS1RmU1xjBEnNbToanO5XlzlceSH2zwehyyMgjQYJSQZJiHBKGOKAoJPn+73Qn/5RlSxEBnrTpPU&#10;D5NoPIqDz87Myl2hnXEcAkGc4a7MdOH0URod9euKUFYz3t/pXJZCaCY72QW45BlrXQDnVEql12Tn&#10;cnF+G+AAkNN59nndisZp/OPTK5b3r4Ly2XDj0KgJQLRpACTdnosWON7rFShNy9tc1maHZiKwA8se&#10;j8xirUYUlEkU+6MATBRsoyBIxpEJ473cbiD3r0zUyAhTLCFrSyjysFK6c+1dzGNcLMuqsuytODpA&#10;+0aRby8cLRC84sYXkoAYTupY+ZQGw9A/H6aDZTxOBuEyjAZp4o8HfpCep7EfpuHF8tnEC8JJUWYZ&#10;46uSs/6HBOHfMdD91Y7b9o+8SVWJqsxMHSY3U92ikuiBwFfdAgt+OIReeXlv07EAQnX9bqv0TM+6&#10;3hhJt9vW8nvY920rskdopxQAM3RENXRpiLMihjwSfj8oYaLpG1jySgC2wkkYFUL+/JPe+AMkYMXo&#10;ANNkitX9nkiGUXXJ4bumQRhCWG0PIMjX2m2v5ft6IaD6wGZlReOrq17MpajvYODNzWtgIpzCmwBX&#10;Ly40nMAAA5Oy+dzKMGgaold801ATusf6tr0jsnF004DitejnDZm8Y13na25yMd9rkZeWkgbfDk3o&#10;gDnAkLK9cAPVTMHXZ+v1MvZnvwAAAP//AwBQSwMEFAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrK3GjdksJbRqnqkBckBCioJ6dePPTxOsodtvk7XFO&#10;cNyZ0ew3yX4wLbti72pLEpYLAQwpt7qmUsLP99vDBpjzirRqLaGEER3s09ldomJtb/SF16MvWSgh&#10;FysJlfddzLnLKzTKLWyHFLzC9kb5cPYl1726hXLT8pUQETeqpvChUh2+VJg3x4uRsP7cZgU/N+b8&#10;Mb6PY90Up9eskPJ+Phx2wDwO/i8ME35AhzQwZfZC2rFWQhjigxqJ9TOwyV9uRQQsm7Snxw3wNOH/&#10;N6S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABQvYxgYAwAAPgYAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC+QSJfgAAAACwEAAA8AAAAAAAAA&#10;AAAAAAAAcgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB/BgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="4086DCEE" w14:textId="7687AF4A" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="00EB4BC7">
+                  <w:p w14:paraId="4086DCEE" w14:textId="7687AF4A" w:rsidR="000F78F6" w:rsidRPr="00EB4BC7" w:rsidRDefault="000F78F6" w:rsidP="00EB4BC7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6A5A0490" w14:textId="1557D831" w:rsidR="00D63636" w:rsidRDefault="002C5B7C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="6A5A0490" w14:textId="1557D831" w:rsidR="000F78F6" w:rsidRDefault="000F78F6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693568" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3B772BC9" wp14:editId="18CDC098">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3B772BC9" wp14:editId="18CDC098">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="MSIPCMd3f54469bd0204c6fb2f3fa8" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="187CC088" w14:textId="35729B6B" w:rsidR="002C5B7C" w:rsidRPr="002C5B7C" w:rsidRDefault="002C5B7C" w:rsidP="002C5B7C">
+                        <w:p w14:paraId="187CC088" w14:textId="35729B6B" w:rsidR="000F78F6" w:rsidRPr="002C5B7C" w:rsidRDefault="000F78F6" w:rsidP="002C5B7C">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="002C5B7C">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3B772BC9" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMd3f54469bd0204c6fb2f3fa8" o:spid="_x0000_s1030" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251693568;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBLApg3GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2w3TdoacYqsRYYB&#10;QVsgHXqWZSk2IIuapMTOfv0oOU6KbqdhF5kiaX6897S471tFDsK6BnRBs0lKidAcqkbvCvrjdf3l&#10;lhLnma6YAi0KehSO3i8/f1p0JhdXUIOqhCVYRLu8MwWtvTd5kjhei5a5CRihMSjBtszj1e6SyrIO&#10;q7cquUrTedKBrYwFLpxD7+MQpMtYX0rB/bOUTniiCoqz+XjaeJbhTJYLlu8sM3XDT2Owf5iiZY3G&#10;pudSj8wzsrfNH6XahltwIP2EQ5uAlA0XcQfcJks/bLOtmRFxFwTHmTNM7v+V5U+HrXmxxPdfoUcC&#10;AyCdcblDZ9inl7YNX5yUYBwhPJ5hE70nHJ03s3k6zTDEMTbNspvbWSiTXP421vlvAloSjIJapCWi&#10;xQ4b54fUMSU007BulIrUKE26gs6nszT+cI5gcaWxx2XWYPm+7ElT4RTjHiVUR1zPwsC8M3zd4Awb&#10;5vwLs0g1jo3y9c94SAXYC04WJTXYX3/zh3xkAKOUdCidgrqfe2YFJeq7Rm7usuvroLV4QcO+95aj&#10;V+/bB0BVZvhADI9myPVqNKWF9g3VvQrdMMQ0x54FLUfzwQ9CxtfBxWoVk1BVhvmN3hoeSgc0A7Kv&#10;/Ruz5gS/R+KeYBQXyz+wMOQOPKz2HmQTKQr4DmieYEdFRpJPrydI/v09Zl3e+PI3AAAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQBLApg3GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCMd3f54469bd0204c6fb2f3fa8" o:spid="_x0000_s1029" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;OddAndEven&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOjuXsGwMAAD8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfzB02Gmp7dhO4qxOkabL&#10;ViBtA6RDz4oetTFb8iQlcVf0v4+S7fSxHYZhF4kiKYr8+ImnZ01VenumdCFFhsKTAHlMEEkLcZ+h&#10;b7fLwQR52mBBcSkFy9AD0+hs9v7d6aGesqHMZUmZ8iCI0NNDnaHcmHrq+5rkrML6RNZMgJFLVWED&#10;R3XvU4UPEL0q/WEQjPyDVLRWkjCtQXvRGtHMxeecEXPDuWbGKzMEuRm3Krdu7erPTvH0XuE6L0iX&#10;Bv6HLCpcCHj0GOoCG+ztVPFbqKogSmrJzQmRlS85LwhzNUA1YfCmmk2Oa+ZqAXB0fYRJ/7+w5Hq/&#10;Vl5BMxQjT+AKWnS1uVwvrmjEkzgepVsaDIOYjPh2yCOOoZ2UaQIIPn74sZPm01es84WkrD1N0yAe&#10;J5NoFH7szKy4z01nnMRAkM5wV1CTd/okTY76dYkJq5jo77QuSykNU63cBbgUlDVdgHa7oXQu6Oc9&#10;E68cN0ACYGfnGnXXb2XdaYLj2yvG+2dB+WTJcaj1FDDa1ICSac5lAyTv9RqUtucNV5XdoZse2IFm&#10;D0dqscZ4BJTjZBREIZgI2KIwHE8SG8Z/vl0rbb4wWXlWyJCCrB2j8H6lTevau9jHhFwWZenoWwrv&#10;kKFRlATuwtECwUthfSEJiNFJLS0f03AYB+fDdLAcTcaDeBkng3QcTAZBmJ6noyBO44vlk40XxtO8&#10;oJSJVSFY/0XC+O8o2H3Wltzuk7xKVcuyoLYOm5utblEqb4/hr26BBt87hF54+a/TcQBCdf3uqvRt&#10;z9reWMk028YRPOr7tpX0AdqpJMAMHdE1WRbw9gprs8YKvj8oYaSZG1h4KQFb2UnIy6X6+Se99QdI&#10;wIq8A4yTDOkfO6wY8spLAf81DeMYwhp3AEG91G57rdhVCwnVhy4rJ1pfU/YiV7K6g4k3t6+BCQsC&#10;bwJcvbgwcAIDTEzC5nMnw6SpsVmJTU1s6B7r2+YOq7qjmwEUr2U/cPD0DetaX3tTyPnOSF44Slp8&#10;WzShA/YAU8r1opuodgy+PDuv57k/+wUAAP//AwBQSwMEFAAGAAgAAAAhAEgNXprfAAAACwEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoUyiBhjgVAnFBQhWl6tmJNz9NvI5it03e&#10;ns0Jbrszq9lv0s1oO3HGwTeOFCwXEQikwpmGKgX7n4+7ZxA+aDK6c4QKJvSwya6vUp0Yd6FvPO9C&#10;JTiEfKIV1CH0iZS+qNFqv3A9EnulG6wOvA6VNIO+cLjt5H0UxdLqhvhDrXt8q7FodyerYLVd56U8&#10;tvb4NX1OU9OWh/e8VOr2Znx9ARFwDH/HMOMzOmTMlLsTGS86BVwksBpHqxjE7C/XEU/5rD0+PIHM&#10;Uvm/Q/YLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjo7l7BsDAAA/BgAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEASA1emt8AAAALAQAADwAAAAAA&#10;AAAAAAAAAAB1BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIEGAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="187CC088" w14:textId="35729B6B" w:rsidR="002C5B7C" w:rsidRPr="002C5B7C" w:rsidRDefault="002C5B7C" w:rsidP="002C5B7C">
+                  <w:p w14:paraId="187CC088" w14:textId="35729B6B" w:rsidR="000F78F6" w:rsidRPr="002C5B7C" w:rsidRDefault="000F78F6" w:rsidP="002C5B7C">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="002C5B7C">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="042FA8D0" w14:textId="7E347BBB" w:rsidR="00431A70" w:rsidRDefault="001C7128" w:rsidP="00DC00C1">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="042FA8D0" w14:textId="7E347BBB" w:rsidR="000F78F6" w:rsidRDefault="000F78F6" w:rsidP="00DC00C1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3667"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251696640" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6EBCE929" wp14:editId="7CB17B6C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6EBCE929" wp14:editId="7CB17B6C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189210</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="MSIPCMcda5461fada7660fda7e169a" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="08EC5D7E" w14:textId="292E2C3E" w:rsidR="001C7128" w:rsidRPr="001C7128" w:rsidRDefault="001C7128" w:rsidP="001C7128">
+                        <w:p w14:paraId="08EC5D7E" w14:textId="292E2C3E" w:rsidR="000F78F6" w:rsidRPr="001C7128" w:rsidRDefault="000F78F6" w:rsidP="001C7128">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="001C7128">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="6EBCE929" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCMcda5461fada7660fda7e169a" o:spid="_x0000_s1031" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251696640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZof46GAIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815LiRxLBcuAmcFHA&#10;SAI4Rc40RVoCKC5L0pbcr++Ssuwg7SnIhVrurvYxM5zfdY0iB2FdDbqg2SilRGgOZa13Bf31svp2&#10;Q4nzTJdMgRYFPQpH7xZfv8xbk4srqECVwhIsol3emoJW3ps8SRyvRMPcCIzQGJRgG+bxandJaVmL&#10;1RuVXKXpLGnBlsYCF86h96EP0kWsL6Xg/klKJzxRBcXZfDxtPLfhTBZzlu8sM1XNT2OwD0zRsFpj&#10;03OpB+YZ2dv6n1JNzS04kH7EoUlAypqLuANuk6XvttlUzIi4C4LjzBkm93ll+eNhY54t8d136JDA&#10;AEhrXO7QGfbppG3CFyclGEcIj2fYROcJR+f1dJaOMwxxjI2z7PpmGsokl7+Ndf6HgIYEo6AWaYlo&#10;scPa+T51SAnNNKxqpSI1SpO2oLPxNI0/nCNYXGnscZk1WL7bdqQuCzoZ9thCecT1LPTMO8NXNc6w&#10;Zs4/M4tU49goX/+Eh1SAveBkUVKB/fM/f8hHBjBKSYvSKaj7vWdWUKJ+auTmNptMgtbiBQ371rsd&#10;vHrf3AOqMsMHYng0Q65XgyktNK+o7mXohiGmOfYs6HYw730vZHwdXCyXMQlVZZhf643hoXRAMyD7&#10;0r0ya07weyTuEQZxsfwdC31uz8Ny70HWkaKAb4/mCXZUZCT59HqC5N/eY9bljS/+AgAA//8DAFBL&#10;AwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI&#10;3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQluuzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfuf&#10;j7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75w&#10;uO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyU&#10;uxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAZof46GAIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHIEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="MSIPCMcda5461fada7660fda7e169a" o:spid="_x0000_s1030" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:2,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.3pt;width:595.3pt;height:24.55pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBEwcvNFwMAADwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB02Gmp7cRx4qxOkabI&#10;ViBtA6RDz4osx8JsyZWUxFnR/z5KttOP7TAMu0gUSVHk4xPPL+qyQHumNJciwcGZjxETVKZcbBP8&#10;/X7RG2OkDREpKaRgCT4yjS+mHz+cH6oJ68tcFilTCIIIPTlUCc6NqSaep2nOSqLPZMUEGDOpSmLg&#10;qLZeqsgBopeF1/f9yDtIlVZKUqY1aK8aI566+FnGqLnLMs0MKhIMuRm3Krdu7OpNz8lkq0iVc9qm&#10;Qf4hi5JwAY+eQl0RQ9BO8d9ClZwqqWVmzqgsPZllnDJXA1QT+O+qWeekYq4WAEdXJ5j0/wtLb/cr&#10;hXia4AFGgpTQopv19Wp+Q1MyDKMgIykZRZGfwcaCKCYYpUxTQPDp0+NOmi/fiM7nMmXNaRL74Wg4&#10;HkTB59bM+DY3rXEcAkFawwNPTd7qh/HwpF8VhLKSie5O47KQ0jDVyG2Aa5Gyug3QbCvFS6KOb7zW&#10;wACgZuvXb+/ey6rV+KeHlyzr3gTls2XGodITAGhdAUSmvpQ1MLzTa1DahteZKu0OrURgB44dT7xi&#10;tUEUlKNh5A8CMFGwDYJgNB7aMN7L7Upp85XJElkhwQqydnQi+6U2jWvnYh8TcsGLwnG3EOiQ4Ggw&#10;9N2FkwWCF8L6QhIQo5UaTj7FQT/0L/txbxGNR71wEQ578cgf9/wgvowjP4zDq8WzjReEk5ynKRNL&#10;Llj3P4Lw7/jX/tSG2e6HvElVy4Kntg6bm61uXii0J/BRN8CBHy1Cr7y8t+k4AKG6bndVerZnTW+s&#10;ZOpN7dgddn3byPQI7VQSYIaO6IouOLy9JNqsiIK/D0qYZ+YOlqyQgK1sJYxyqX7+SW/9ARKwYnSA&#10;WZJg/bgjimFUXAv4rHEQhhDWuAMI6rV202nFrpxLqD5wWTnR+pqiEzMlywcYdzP7GpiIoPAmwNWJ&#10;cwMnMMC4pGw2czKMmYqYpVhX1IbusL6vH4iqWroZQPFWdtOGTN6xrvG1N4Wc7YzMuKOkxbdBEzpg&#10;DzCiXC/acWpn4Ouz83oZ+tNfAAAA//8DAFBLAwQUAAYACAAAACEASA1emt8AAAALAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhTKIGGOBUCcUFCFaXq2Yk3P028jmK3Td6ezQlu&#10;uzOr2W/SzWg7ccbBN44ULBcRCKTCmYYqBfufj7tnED5oMrpzhAom9LDJrq9SnRh3oW8870IlOIR8&#10;ohXUIfSJlL6o0Wq/cD0Se6UbrA68DpU0g75wuO3kfRTF0uqG+EOte3yrsWh3J6tgtV3npTy29vg1&#10;fU5T05aH97xU6vZmfH0BEXAMf8cw4zM6ZMyUuxMZLzoFXCSwGkerGMTsL9cRT/msPT48gcxS+b9D&#10;9gsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBEwcvNFwMAADwGAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBIDV6a3wAAAAsBAAAPAAAAAAAAAAAA&#10;AAAAAHEFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAfQYAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="08EC5D7E" w14:textId="292E2C3E" w:rsidR="001C7128" w:rsidRPr="001C7128" w:rsidRDefault="001C7128" w:rsidP="001C7128">
+                  <w:p w14:paraId="08EC5D7E" w14:textId="292E2C3E" w:rsidR="000F78F6" w:rsidRPr="001C7128" w:rsidRDefault="000F78F6" w:rsidP="001C7128">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="001C7128">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00EB4BC7">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251688448" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1BA32EAB" wp14:editId="2F53ADC6">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1BA32EAB" wp14:editId="2F53ADC6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10189845</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="311785"/>
               <wp:effectExtent l="0" t="0" r="0" b="12065"/>
               <wp:wrapNone/>
               <wp:docPr id="11" name="MSIPCM82764d688816a9dc96a1b608" descr="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="311785"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="54918659" w14:textId="5CB96CC1" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="00EB4BC7">
+                        <w:p w14:paraId="54918659" w14:textId="5CB96CC1" w:rsidR="000F78F6" w:rsidRPr="00EB4BC7" w:rsidRDefault="000F78F6" w:rsidP="00EB4BC7">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00EB4BC7">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>OFFICIAL</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="1BA32EAB" id="MSIPCM82764d688816a9dc96a1b608" o:spid="_x0000_s1032" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251688448;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDpLn+yFwIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815Li2EkEy4GbwEUB&#10;IwngFDnTFGkRoLgsSVtyv75Lyo8g7anohVrurvYxM5zd960me+G8AlPRYpRTIgyHWpltRX+8Lr/c&#10;UuIDMzXTYERFD8LT+/nnT7POluIKGtC1cASLGF92tqJNCLbMMs8b0TI/AisMBiW4lgW8um1WO9Zh&#10;9VZnV3k+zTpwtXXAhffofRyCdJ7qSyl4eJbSi0B0RXG2kE6Xzk08s/mMlVvHbKP4cQz2D1O0TBls&#10;ei71yAIjO6f+KNUq7sCDDCMObQZSKi7SDrhNkX/YZt0wK9IuCI63Z5j8/yvLn/Zr++JI6L9CjwRG&#10;QDrrS4/OuE8vXRu/OCnBOEJ4OMMm+kA4Om8m03xcYIhjbFwUN7eTWCa7/G2dD98EtCQaFXVIS0KL&#10;7Vc+DKmnlNjMwFJpnajRhnQVnY4nefrhHMHi2mCPy6zRCv2mJ6quaBogejZQH3A9BwPz3vKlwhlW&#10;zIcX5pBqHBvlG57xkBqwFxwtShpwv/7mj/nIAEYp6VA6FfU/d8wJSvR3g9zcFdfXUWvpgoZ7792c&#10;vGbXPgCqssAHYnkyY27QJ1M6aN9Q3YvYDUPMcOxZ0c3JfAiDkPF1cLFYpCRUlWVhZdaWx9IRzYjs&#10;a//GnD3CH5C4JziJi5UfWBhyBx4WuwBSJYouaB5hR0Umko+vJ0r+/T1lXd74/DcAAAD//wMAUEsD&#10;BBQABgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytx&#10;o3ZLCW0ap6pAXJAQoqCenXjz08TrKHbb5O1xTnDcmdHsN8l+MC27Yu9qSxKWCwEMKbe6plLCz/fb&#10;wwaY84q0ai2hhBEd7NPZXaJibW/0hdejL1koIRcrCZX3Xcy5yys0yi1shxS8wvZG+XD2Jde9uoVy&#10;0/KVEBE3qqbwoVIdvlSYN8eLkbD+3GYFPzfm/DG+j2PdFKfXrJDyfj4cdsA8Dv4vDBN+QIc0MGX2&#10;QtqxVkIY4oMaifUzsMlfbkUELJu0p8cN8DTh/zekvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDpLn+yFwIAACsEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAAAAAAAAAAAAAAAHEEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="1BA32EAB" id="MSIPCM82764d688816a9dc96a1b608" o:spid="_x0000_s1031" type="#_x0000_t202" alt="{&quot;HashCode&quot;:904758361,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:3,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:802.35pt;width:595.3pt;height:24.55pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLVZ2LGQMAAD0GAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB82Gmp7cRxbK9OkabI&#10;ViBtA6RDz4osx8JsyZWUxFnR/z5KttOP7TAMu0gUSVHk4xPPL5qqRHsqFRM8dfwzz0GUE5Exvk2d&#10;7/eLQeQgpTHPcCk4TZ0jVc7F9OOH80Od0KEoRJlRiSAIV8mhTp1C6zpxXUUKWmF1JmrKwZgLWWEN&#10;R7l1M4kPEL0q3aHnhe5ByKyWglClQHvVGp2pjZ/nlOi7PFdUozJ1IDdtV2nXjVnd6TlOthLXBSNd&#10;Gvgfsqgw4/DoKdQV1hjtJPstVMWIFErk+oyIyhV5zgi1NUA1vveumnWBa2prAXBUfYJJ/b+w5Ha/&#10;kohl0DvfQRxX0KOb9fVqfhMNJ2GQhVEU+SGOMxKH2N+EHvQzo4oAhE+fHndCf/mGVTEXGW1PSewF&#10;k3E0Cv3PnZmybaE7YxQAQzrDA8t00enH8fikX5WY0Iry/k7rshBCU9nKXYBrntGmC9BuK8kqLI9v&#10;vNZAAeBm5zfq7t6LutN4p4eXNO/fBOWzocahVgkgtK4BI91cigZg6vUKlKbjTS4rs0MvEdiBZMcT&#10;sWijEQHlZBx6Ix9MBGwj359EYxPGfbldS6W/UlEhI6SOhKwtn/B+qXTr2ruYx7hYsLK05C05OqRO&#10;OBp79sLJAsFLbnwhCYjRSS0pn2J/GHiXw3iwCKPJIFgE40E88aKB58eXcegFcXC1eDbx/CApWJZR&#10;vmSc9h/ED/6OgN1Xbaltv8ibVJUoWWbqMLmZ6ualRHsMP3UDHPjRIfTKy32bjgUQqut3W6Vretb2&#10;xki62TSW3hZwo9mI7AjtlAJgho6omiwYvL3ESq+whM8PShho+g6WvBSAregkBxVC/vyT3vgDJGB1&#10;0AGGSeqoxx2W1EHlNYffGvtBAGG1PYAgX2s3vZbvqrmA6uEjQlZWNL667MVciuoB5t3MvAYmzAm8&#10;CXD14lzDCQwwLwmdzawMc6bGesnXNTGhe6zvmwcs645uGlC8Ff24wck71rW+5iYXs50WObOUfEET&#10;OmAOMKNsL7p5aobg67P1epn6018AAAD//wMAUEsDBBQABgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSH0Haytxo3ZLCW0ap6pAXJAQoqCenXjz08TrKHbb5O1x&#10;TnDcmdHsN8l+MC27Yu9qSxKWCwEMKbe6plLCz/fbwwaY84q0ai2hhBEd7NPZXaJibW/0hdejL1ko&#10;IRcrCZX3Xcy5yys0yi1shxS8wvZG+XD2Jde9uoVy0/KVEBE3qqbwoVIdvlSYN8eLkbD+3GYFPzfm&#10;/DG+j2PdFKfXrJDyfj4cdsA8Dv4vDBN+QIc0MGX2QtqxVkIY4oMaifUzsMlfbkUELJu0p8cN8DTh&#10;/zekvwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDLVZ2LGQMAAD0GAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAvkEiX4AAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAHMFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAgAYAAAAA&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="54918659" w14:textId="5CB96CC1" w:rsidR="00EB4BC7" w:rsidRPr="00EB4BC7" w:rsidRDefault="00EB4BC7" w:rsidP="00EB4BC7">
+                  <w:p w14:paraId="54918659" w14:textId="5CB96CC1" w:rsidR="000F78F6" w:rsidRPr="00EB4BC7" w:rsidRDefault="000F78F6" w:rsidP="00EB4BC7">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00EB4BC7">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>OFFICIAL</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2612C000" w14:textId="77777777" w:rsidR="00D67E86" w:rsidRDefault="00D67E86" w:rsidP="00207717">
+    <w:p w14:paraId="1A0D4169" w14:textId="77777777" w:rsidR="00170A2A" w:rsidRDefault="00170A2A" w:rsidP="00207717">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4FB54ABF" w14:textId="77777777" w:rsidR="00D67E86" w:rsidRDefault="00D67E86">
+    <w:p w14:paraId="6A607589" w14:textId="77777777" w:rsidR="00170A2A" w:rsidRDefault="00170A2A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79016EDB" w14:textId="77777777" w:rsidR="00D67E86" w:rsidRDefault="00D67E86"/>
+    <w:p w14:paraId="1189E6A8" w14:textId="77777777" w:rsidR="00170A2A" w:rsidRDefault="00170A2A"/>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="48A2FB74" w14:textId="77777777" w:rsidR="00170A2A" w:rsidRDefault="00170A2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1B8F185F" w14:textId="3B103123" w:rsidR="00431A70" w:rsidRDefault="00C60411">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="1B8F185F" w14:textId="3B103123" w:rsidR="000F78F6" w:rsidRDefault="000F78F6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
@@ -17023,111 +17422,111 @@
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:t>Document title</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="009C245E" w:rsidRPr="009C245E">
+    <w:r w:rsidRPr="009C245E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>(use Header style)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="082BA3E9" w14:textId="2E231CBB" w:rsidR="00562811" w:rsidRPr="001C7128" w:rsidRDefault="005C6B41" w:rsidP="001C7128">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w14:paraId="082BA3E9" w14:textId="18AA0BEB" w:rsidR="000F78F6" w:rsidRPr="001C7128" w:rsidRDefault="000F78F6" w:rsidP="00E37A2C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
-      <w:t>Chapter 2: Offers of Housing</w:t>
+      <w:t>Public Housing Allocations Operational Guidelines - Offers of Housing</w:t>
     </w:r>
-    <w:r w:rsidR="001C7128">
+    <w:r>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
-    <w:r w:rsidR="001C7128" w:rsidRPr="00DE6C85">
+    <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="001C7128" w:rsidRPr="00DE6C85">
+    <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="001C7128" w:rsidRPr="00DE6C85">
+    <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="001C7128">
+    <w:r>
       <w:rPr>
         <w:bCs/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
-    <w:r w:rsidR="001C7128" w:rsidRPr="00DE6C85">
+    <w:r w:rsidRPr="00DE6C85">
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="9B685C78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D2A8F2FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -17504,167 +17903,167 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="037A134C"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03A50056"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0AAE1EBA"/>
     <w:numStyleLink w:val="ZZNumbersloweralpha"/>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0775371C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E92247A0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B8D43DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9D040EF8"/>
     <w:numStyleLink w:val="ZZNumbersdigit"/>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BAD2E30"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0AAE1EBA"/>
     <w:styleLink w:val="ZZNumbersloweralpha"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="Numberloweralpha"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
@@ -17758,149 +18157,50 @@
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0C0966B9"/>
-[...97 lines deleted...]
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18D0160B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E18A0A2A"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -17942,51 +18242,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="37B96CDA"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BC905FE2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18075,197 +18375,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-[...145 lines deleted...]
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E6C68D4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9D040EF8"/>
     <w:styleLink w:val="ZZNumbersdigit"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberdigit"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Numberdigitindent"/>
       <w:lvlText w:val="%2."/>
@@ -18356,51 +18510,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EC54A41"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="986E24B0"/>
     <w:styleLink w:val="ZZNumberslowerroman"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="Numberlowerroman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="397"/>
         </w:tabs>
         <w:ind w:left="397" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:pStyle w:val="Numberlowerromanindent"/>
       <w:lvlText w:val="(%2)"/>
@@ -18485,51 +18639,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49E050DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CD40D03A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18598,51 +18752,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="541611C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="350ED9F2"/>
     <w:styleLink w:val="ZZTablebullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Tablebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="227" w:hanging="227"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Tablebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18725,51 +18879,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54BA1E5A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F05C78C0"/>
     <w:styleLink w:val="ZZBullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18849,51 +19003,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6309259F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8B3CE87A"/>
     <w:styleLink w:val="ZZQuotebullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Quotebullet1"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="680" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:pStyle w:val="Quotebullet2"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
@@ -18975,51 +19129,51 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66B20FA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CE704FD8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19088,51 +19242,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AC262D6"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B38817FE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="794" w:hanging="397"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1191" w:hanging="397"/>
       </w:pPr>
@@ -19211,64 +19365,64 @@
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlRestart w:val="0"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6D2329F8"/>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77485834"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6A244142"/>
-[...1 lines deleted...]
-      <w:start w:val="33"/>
+    <w:tmpl w:val="9B2EAC32"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:eastAsia="Times" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -19324,1896 +19478,1888 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="77485834"/>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79255E49"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9B2EAC32"/>
+    <w:tmpl w:val="A7748BF6"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
-[...112 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1882016334">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1244216851">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1038823583">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="14"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2045935047">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="599720883">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="189882342">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1638416120">
-    <w:abstractNumId w:val="24"/>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1121000360">
-    <w:abstractNumId w:val="18"/>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1284385259">
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="21"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="11">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1391464978">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="885337133">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="809134112">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="139664312">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1981305334">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1551965288">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="19"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1383671162">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="654460003">
-    <w:abstractNumId w:val="27"/>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="432746586">
-    <w:abstractNumId w:val="25"/>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1347900738">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1937984565">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1977309">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="18"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1356151399">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="21"/>
+    <w:lvlOverride w:ilvl="1">
+      <w:lvl w:ilvl="1">
+        <w:start w:val="1"/>
+        <w:numFmt w:val="bullet"/>
+        <w:lvlRestart w:val="0"/>
+        <w:pStyle w:val="Tablebullet2"/>
+        <w:lvlText w:val="–"/>
+        <w:lvlJc w:val="left"/>
+        <w:pPr>
+          <w:tabs>
+            <w:tab w:val="num" w:pos="227"/>
+          </w:tabs>
+          <w:ind w:left="454" w:hanging="227"/>
+        </w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
+        </w:rPr>
+      </w:lvl>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="664407048">
-    <w:abstractNumId w:val="29"/>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="394085483">
-[...2 lines deleted...]
-  <w:num w:numId="26" w16cid:durableId="984309882">
+  <w:num w:numId="42">
     <w:abstractNumId w:val="22"/>
-  </w:num>
-[...43 lines deleted...]
-    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="1519350723">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="43">
+    <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="464615663">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="44">
+    <w:abstractNumId w:val="21"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="8"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:writeProtection w:recommended="1"/>
+  <w:zoom w:percent="100"/>
   <w:mirrorMargins/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="5004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="181"/>
   <w:drawingGridVerticalSpacing w:val="181"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:applyBreakingRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A6272"/>
     <w:rsid w:val="00000719"/>
     <w:rsid w:val="00002D68"/>
     <w:rsid w:val="000033F7"/>
     <w:rsid w:val="00003403"/>
     <w:rsid w:val="00005347"/>
     <w:rsid w:val="000072B6"/>
     <w:rsid w:val="0001021B"/>
     <w:rsid w:val="00011D89"/>
     <w:rsid w:val="000154FD"/>
     <w:rsid w:val="00020678"/>
     <w:rsid w:val="00022271"/>
     <w:rsid w:val="000235E8"/>
     <w:rsid w:val="00024D89"/>
     <w:rsid w:val="000250B6"/>
     <w:rsid w:val="00033D81"/>
     <w:rsid w:val="00033DC9"/>
-    <w:rsid w:val="000352EC"/>
-    <w:rsid w:val="0003720B"/>
     <w:rsid w:val="00037366"/>
     <w:rsid w:val="00041BF0"/>
     <w:rsid w:val="00042C8A"/>
     <w:rsid w:val="0004536B"/>
+    <w:rsid w:val="00046A06"/>
     <w:rsid w:val="00046B68"/>
     <w:rsid w:val="000527DD"/>
+    <w:rsid w:val="00056D4A"/>
     <w:rsid w:val="00056EC4"/>
     <w:rsid w:val="000578B2"/>
     <w:rsid w:val="00060959"/>
     <w:rsid w:val="00060C8F"/>
     <w:rsid w:val="0006298A"/>
     <w:rsid w:val="000663CD"/>
     <w:rsid w:val="000733FE"/>
     <w:rsid w:val="00074219"/>
     <w:rsid w:val="00074ED5"/>
     <w:rsid w:val="0008170F"/>
     <w:rsid w:val="0008204A"/>
     <w:rsid w:val="0008508E"/>
+    <w:rsid w:val="00085F50"/>
     <w:rsid w:val="00087951"/>
     <w:rsid w:val="0009113B"/>
     <w:rsid w:val="00093402"/>
     <w:rsid w:val="000939ED"/>
     <w:rsid w:val="00094DA3"/>
     <w:rsid w:val="00096CD1"/>
     <w:rsid w:val="000A012C"/>
     <w:rsid w:val="000A0EB9"/>
     <w:rsid w:val="000A186C"/>
     <w:rsid w:val="000A1EA4"/>
     <w:rsid w:val="000A2476"/>
     <w:rsid w:val="000A641A"/>
     <w:rsid w:val="000B3EDB"/>
     <w:rsid w:val="000B543D"/>
     <w:rsid w:val="000B55F9"/>
     <w:rsid w:val="000B5BF7"/>
     <w:rsid w:val="000B6BC8"/>
     <w:rsid w:val="000C0303"/>
+    <w:rsid w:val="000C3170"/>
     <w:rsid w:val="000C42EA"/>
+    <w:rsid w:val="000C44E0"/>
     <w:rsid w:val="000C4546"/>
     <w:rsid w:val="000D02EC"/>
     <w:rsid w:val="000D1242"/>
     <w:rsid w:val="000D2ABA"/>
     <w:rsid w:val="000E0970"/>
     <w:rsid w:val="000E3CC7"/>
     <w:rsid w:val="000E6BD4"/>
     <w:rsid w:val="000E6D6D"/>
-    <w:rsid w:val="000F0364"/>
     <w:rsid w:val="000F1F1E"/>
     <w:rsid w:val="000F2259"/>
     <w:rsid w:val="000F2DDA"/>
     <w:rsid w:val="000F2EA0"/>
     <w:rsid w:val="000F5213"/>
+    <w:rsid w:val="000F78F6"/>
     <w:rsid w:val="00101001"/>
-    <w:rsid w:val="00101BBA"/>
     <w:rsid w:val="00103276"/>
     <w:rsid w:val="0010392D"/>
     <w:rsid w:val="0010447F"/>
     <w:rsid w:val="00104FE3"/>
     <w:rsid w:val="0010714F"/>
     <w:rsid w:val="001120C5"/>
+    <w:rsid w:val="00116424"/>
     <w:rsid w:val="00120BD3"/>
     <w:rsid w:val="00122FEA"/>
     <w:rsid w:val="001232BD"/>
     <w:rsid w:val="00124ED5"/>
+    <w:rsid w:val="00126E40"/>
     <w:rsid w:val="001276FA"/>
     <w:rsid w:val="001447B3"/>
     <w:rsid w:val="00152073"/>
     <w:rsid w:val="00152329"/>
     <w:rsid w:val="00156598"/>
     <w:rsid w:val="00161939"/>
     <w:rsid w:val="00161AA0"/>
     <w:rsid w:val="00161D2E"/>
     <w:rsid w:val="00161F3E"/>
     <w:rsid w:val="00162093"/>
     <w:rsid w:val="00162CA9"/>
     <w:rsid w:val="00165459"/>
     <w:rsid w:val="00165A57"/>
     <w:rsid w:val="001708A9"/>
+    <w:rsid w:val="00170A2A"/>
     <w:rsid w:val="001712C2"/>
     <w:rsid w:val="00172BAF"/>
     <w:rsid w:val="00172ED0"/>
     <w:rsid w:val="0017674D"/>
     <w:rsid w:val="001771DD"/>
     <w:rsid w:val="00177995"/>
     <w:rsid w:val="00177A8C"/>
     <w:rsid w:val="0018244E"/>
     <w:rsid w:val="00183356"/>
     <w:rsid w:val="00186B33"/>
-    <w:rsid w:val="00190BBA"/>
     <w:rsid w:val="00192F9D"/>
     <w:rsid w:val="00196EB8"/>
     <w:rsid w:val="00196EFB"/>
     <w:rsid w:val="001979FF"/>
     <w:rsid w:val="00197B17"/>
     <w:rsid w:val="001A1950"/>
     <w:rsid w:val="001A1C54"/>
     <w:rsid w:val="001A3ACE"/>
     <w:rsid w:val="001A6272"/>
+    <w:rsid w:val="001B00AA"/>
     <w:rsid w:val="001B058F"/>
+    <w:rsid w:val="001B33C8"/>
     <w:rsid w:val="001B6B96"/>
     <w:rsid w:val="001B738B"/>
     <w:rsid w:val="001C09DB"/>
     <w:rsid w:val="001C277E"/>
     <w:rsid w:val="001C2A72"/>
     <w:rsid w:val="001C31B7"/>
+    <w:rsid w:val="001C701B"/>
     <w:rsid w:val="001C7128"/>
     <w:rsid w:val="001D0B75"/>
+    <w:rsid w:val="001D151A"/>
     <w:rsid w:val="001D39A5"/>
     <w:rsid w:val="001D3C09"/>
     <w:rsid w:val="001D44E8"/>
     <w:rsid w:val="001D5B14"/>
     <w:rsid w:val="001D60EC"/>
     <w:rsid w:val="001D6F59"/>
     <w:rsid w:val="001E44DF"/>
+    <w:rsid w:val="001E5350"/>
     <w:rsid w:val="001E68A5"/>
     <w:rsid w:val="001E6BB0"/>
     <w:rsid w:val="001E7282"/>
     <w:rsid w:val="001E7CE9"/>
-    <w:rsid w:val="001F23FA"/>
+    <w:rsid w:val="001F32D4"/>
     <w:rsid w:val="001F3826"/>
     <w:rsid w:val="001F6E46"/>
     <w:rsid w:val="001F7C91"/>
     <w:rsid w:val="002033B7"/>
     <w:rsid w:val="00206463"/>
     <w:rsid w:val="00206F2F"/>
     <w:rsid w:val="00207717"/>
     <w:rsid w:val="0021053D"/>
     <w:rsid w:val="00210A92"/>
     <w:rsid w:val="00212B95"/>
     <w:rsid w:val="00215CC8"/>
     <w:rsid w:val="00216C03"/>
     <w:rsid w:val="00220A1A"/>
     <w:rsid w:val="00220C04"/>
     <w:rsid w:val="0022278D"/>
     <w:rsid w:val="0022701F"/>
     <w:rsid w:val="00227C68"/>
     <w:rsid w:val="002333F5"/>
     <w:rsid w:val="00233724"/>
-    <w:rsid w:val="0023406F"/>
     <w:rsid w:val="002365B4"/>
     <w:rsid w:val="002432E1"/>
+    <w:rsid w:val="00244D98"/>
     <w:rsid w:val="00246207"/>
     <w:rsid w:val="00246C5E"/>
     <w:rsid w:val="00250960"/>
     <w:rsid w:val="00251343"/>
     <w:rsid w:val="002536A4"/>
     <w:rsid w:val="00253A3E"/>
     <w:rsid w:val="00254F58"/>
     <w:rsid w:val="002600BD"/>
     <w:rsid w:val="002620BC"/>
     <w:rsid w:val="00262802"/>
     <w:rsid w:val="00263A90"/>
     <w:rsid w:val="0026408B"/>
     <w:rsid w:val="00267C3E"/>
     <w:rsid w:val="002709BB"/>
     <w:rsid w:val="0027131C"/>
-    <w:rsid w:val="00271AD4"/>
     <w:rsid w:val="00273BAC"/>
     <w:rsid w:val="002763B3"/>
     <w:rsid w:val="002802E3"/>
     <w:rsid w:val="0028213D"/>
     <w:rsid w:val="00282A7F"/>
     <w:rsid w:val="002862F1"/>
     <w:rsid w:val="00291373"/>
     <w:rsid w:val="0029597D"/>
     <w:rsid w:val="002962C3"/>
+    <w:rsid w:val="00296623"/>
     <w:rsid w:val="0029752B"/>
     <w:rsid w:val="002A0A9C"/>
     <w:rsid w:val="002A483C"/>
+    <w:rsid w:val="002A6EB9"/>
     <w:rsid w:val="002B0C7C"/>
     <w:rsid w:val="002B1729"/>
-    <w:rsid w:val="002B1B17"/>
     <w:rsid w:val="002B36C7"/>
     <w:rsid w:val="002B4DD4"/>
     <w:rsid w:val="002B5277"/>
     <w:rsid w:val="002B5375"/>
     <w:rsid w:val="002B77C1"/>
     <w:rsid w:val="002C0ED7"/>
     <w:rsid w:val="002C2728"/>
     <w:rsid w:val="002C5B7C"/>
     <w:rsid w:val="002D1E0D"/>
+    <w:rsid w:val="002D26C4"/>
     <w:rsid w:val="002D5006"/>
     <w:rsid w:val="002D7C61"/>
     <w:rsid w:val="002E01D0"/>
     <w:rsid w:val="002E161D"/>
     <w:rsid w:val="002E28A2"/>
     <w:rsid w:val="002E3100"/>
-    <w:rsid w:val="002E54D9"/>
     <w:rsid w:val="002E6C95"/>
     <w:rsid w:val="002E7C36"/>
     <w:rsid w:val="002F3D32"/>
     <w:rsid w:val="002F5F31"/>
     <w:rsid w:val="002F5F46"/>
-    <w:rsid w:val="002F778E"/>
     <w:rsid w:val="00302216"/>
-    <w:rsid w:val="00302F0D"/>
     <w:rsid w:val="00303E53"/>
     <w:rsid w:val="00305CC1"/>
     <w:rsid w:val="00306E5F"/>
     <w:rsid w:val="00307E14"/>
     <w:rsid w:val="00314054"/>
     <w:rsid w:val="00316F27"/>
     <w:rsid w:val="003214F1"/>
     <w:rsid w:val="00322E4B"/>
     <w:rsid w:val="00327870"/>
     <w:rsid w:val="0033259D"/>
     <w:rsid w:val="003333D2"/>
     <w:rsid w:val="00334686"/>
     <w:rsid w:val="00337339"/>
     <w:rsid w:val="00340345"/>
     <w:rsid w:val="003406C6"/>
     <w:rsid w:val="003418CC"/>
+    <w:rsid w:val="00342B0B"/>
     <w:rsid w:val="003434EE"/>
     <w:rsid w:val="003459BD"/>
     <w:rsid w:val="00350D38"/>
     <w:rsid w:val="00351B36"/>
     <w:rsid w:val="00357B4E"/>
     <w:rsid w:val="003716FD"/>
     <w:rsid w:val="0037204B"/>
     <w:rsid w:val="003744CF"/>
     <w:rsid w:val="00374717"/>
     <w:rsid w:val="003752A2"/>
     <w:rsid w:val="0037676C"/>
     <w:rsid w:val="00381043"/>
+    <w:rsid w:val="0038144F"/>
     <w:rsid w:val="003829E5"/>
     <w:rsid w:val="00386109"/>
     <w:rsid w:val="00386944"/>
-    <w:rsid w:val="003871AC"/>
+    <w:rsid w:val="0039000A"/>
     <w:rsid w:val="003956CC"/>
     <w:rsid w:val="00395C9A"/>
     <w:rsid w:val="003A0853"/>
+    <w:rsid w:val="003A194C"/>
     <w:rsid w:val="003A6B67"/>
     <w:rsid w:val="003B13B6"/>
     <w:rsid w:val="003B14C3"/>
     <w:rsid w:val="003B15E6"/>
     <w:rsid w:val="003B22EF"/>
     <w:rsid w:val="003B408A"/>
     <w:rsid w:val="003C08A2"/>
     <w:rsid w:val="003C2045"/>
     <w:rsid w:val="003C43A1"/>
     <w:rsid w:val="003C4FC0"/>
     <w:rsid w:val="003C55F4"/>
     <w:rsid w:val="003C7897"/>
     <w:rsid w:val="003C7A3F"/>
     <w:rsid w:val="003D2766"/>
     <w:rsid w:val="003D2A74"/>
     <w:rsid w:val="003D3D88"/>
     <w:rsid w:val="003D3E8F"/>
     <w:rsid w:val="003D6475"/>
     <w:rsid w:val="003D6EE6"/>
     <w:rsid w:val="003E375C"/>
     <w:rsid w:val="003E4086"/>
-    <w:rsid w:val="003E4494"/>
+    <w:rsid w:val="003E51AF"/>
     <w:rsid w:val="003E639E"/>
     <w:rsid w:val="003E71E5"/>
     <w:rsid w:val="003F0445"/>
     <w:rsid w:val="003F0CF0"/>
     <w:rsid w:val="003F14B1"/>
     <w:rsid w:val="003F2B20"/>
     <w:rsid w:val="003F3289"/>
     <w:rsid w:val="003F3C62"/>
     <w:rsid w:val="003F5CB9"/>
     <w:rsid w:val="004013C7"/>
     <w:rsid w:val="00401FCF"/>
     <w:rsid w:val="00406285"/>
-    <w:rsid w:val="004062E1"/>
+    <w:rsid w:val="00407368"/>
     <w:rsid w:val="004115A2"/>
     <w:rsid w:val="004148F9"/>
     <w:rsid w:val="00417BF4"/>
     <w:rsid w:val="0042084E"/>
     <w:rsid w:val="00421EEF"/>
-    <w:rsid w:val="00422DF6"/>
+    <w:rsid w:val="004221DB"/>
     <w:rsid w:val="00424D65"/>
     <w:rsid w:val="0042526D"/>
     <w:rsid w:val="00430393"/>
     <w:rsid w:val="00431806"/>
     <w:rsid w:val="00431A70"/>
     <w:rsid w:val="00431F42"/>
+    <w:rsid w:val="00440923"/>
     <w:rsid w:val="00442C6C"/>
     <w:rsid w:val="00443CBE"/>
     <w:rsid w:val="00443E8A"/>
     <w:rsid w:val="004441BC"/>
+    <w:rsid w:val="004446BB"/>
     <w:rsid w:val="004468B4"/>
     <w:rsid w:val="00446D86"/>
     <w:rsid w:val="0045230A"/>
     <w:rsid w:val="00454AD0"/>
     <w:rsid w:val="00457337"/>
+    <w:rsid w:val="0045738C"/>
     <w:rsid w:val="00462E3D"/>
     <w:rsid w:val="00466E79"/>
     <w:rsid w:val="00470D7D"/>
     <w:rsid w:val="0047372D"/>
     <w:rsid w:val="00473BA3"/>
     <w:rsid w:val="004743DD"/>
     <w:rsid w:val="00474CEA"/>
-    <w:rsid w:val="00477F3C"/>
     <w:rsid w:val="00483968"/>
     <w:rsid w:val="004841BE"/>
     <w:rsid w:val="00484F86"/>
-    <w:rsid w:val="00486776"/>
     <w:rsid w:val="00490746"/>
     <w:rsid w:val="00490852"/>
+    <w:rsid w:val="004912EA"/>
     <w:rsid w:val="00491C9C"/>
     <w:rsid w:val="00492F30"/>
     <w:rsid w:val="004946F4"/>
     <w:rsid w:val="0049487E"/>
     <w:rsid w:val="004A160D"/>
     <w:rsid w:val="004A3E81"/>
     <w:rsid w:val="004A4195"/>
     <w:rsid w:val="004A5C62"/>
     <w:rsid w:val="004A5CE5"/>
+    <w:rsid w:val="004A6C67"/>
     <w:rsid w:val="004A707D"/>
     <w:rsid w:val="004B0974"/>
+    <w:rsid w:val="004B35A5"/>
     <w:rsid w:val="004B4185"/>
-    <w:rsid w:val="004B528A"/>
     <w:rsid w:val="004C014B"/>
     <w:rsid w:val="004C5541"/>
     <w:rsid w:val="004C6EEE"/>
     <w:rsid w:val="004C702B"/>
     <w:rsid w:val="004D0033"/>
     <w:rsid w:val="004D016B"/>
     <w:rsid w:val="004D1B22"/>
     <w:rsid w:val="004D23CC"/>
     <w:rsid w:val="004D36F2"/>
-    <w:rsid w:val="004D68B6"/>
+    <w:rsid w:val="004D6D11"/>
     <w:rsid w:val="004E1106"/>
     <w:rsid w:val="004E138F"/>
     <w:rsid w:val="004E4649"/>
     <w:rsid w:val="004E5C2B"/>
+    <w:rsid w:val="004E74F4"/>
     <w:rsid w:val="004F00DD"/>
+    <w:rsid w:val="004F1CB0"/>
     <w:rsid w:val="004F2133"/>
     <w:rsid w:val="004F5398"/>
     <w:rsid w:val="004F55F1"/>
     <w:rsid w:val="004F6936"/>
-    <w:rsid w:val="005032DB"/>
     <w:rsid w:val="00503DC6"/>
     <w:rsid w:val="00506F5D"/>
     <w:rsid w:val="00510C37"/>
     <w:rsid w:val="005126D0"/>
     <w:rsid w:val="00514667"/>
     <w:rsid w:val="0051568D"/>
+    <w:rsid w:val="00516395"/>
     <w:rsid w:val="00526AC7"/>
     <w:rsid w:val="00526C15"/>
     <w:rsid w:val="00536499"/>
     <w:rsid w:val="00542A03"/>
     <w:rsid w:val="00543903"/>
     <w:rsid w:val="00543BCC"/>
     <w:rsid w:val="00543F11"/>
-    <w:rsid w:val="005456DC"/>
     <w:rsid w:val="00546305"/>
     <w:rsid w:val="00547A95"/>
     <w:rsid w:val="0055119B"/>
     <w:rsid w:val="00561202"/>
     <w:rsid w:val="00562507"/>
     <w:rsid w:val="00562811"/>
     <w:rsid w:val="00572031"/>
     <w:rsid w:val="00572282"/>
     <w:rsid w:val="00573CE3"/>
     <w:rsid w:val="00576E84"/>
     <w:rsid w:val="00580394"/>
     <w:rsid w:val="005809CD"/>
     <w:rsid w:val="00582B8C"/>
-    <w:rsid w:val="005870CE"/>
+    <w:rsid w:val="00586AF3"/>
     <w:rsid w:val="0058757E"/>
     <w:rsid w:val="00596A4B"/>
     <w:rsid w:val="00597507"/>
+    <w:rsid w:val="005A0411"/>
     <w:rsid w:val="005A479D"/>
     <w:rsid w:val="005B1C6D"/>
     <w:rsid w:val="005B21B6"/>
     <w:rsid w:val="005B3A08"/>
     <w:rsid w:val="005B6AB9"/>
     <w:rsid w:val="005B7A63"/>
     <w:rsid w:val="005C0955"/>
     <w:rsid w:val="005C49DA"/>
     <w:rsid w:val="005C50F3"/>
     <w:rsid w:val="005C54B5"/>
     <w:rsid w:val="005C5D80"/>
     <w:rsid w:val="005C5D91"/>
-    <w:rsid w:val="005C6B41"/>
+    <w:rsid w:val="005C7E91"/>
     <w:rsid w:val="005D07B8"/>
-    <w:rsid w:val="005D6308"/>
     <w:rsid w:val="005D6597"/>
     <w:rsid w:val="005E14E7"/>
     <w:rsid w:val="005E26A3"/>
     <w:rsid w:val="005E2ECB"/>
     <w:rsid w:val="005E447E"/>
     <w:rsid w:val="005E4FD1"/>
+    <w:rsid w:val="005E55A1"/>
     <w:rsid w:val="005F0775"/>
     <w:rsid w:val="005F0CF5"/>
     <w:rsid w:val="005F21EB"/>
     <w:rsid w:val="005F64CF"/>
+    <w:rsid w:val="00602A4F"/>
     <w:rsid w:val="006041AD"/>
     <w:rsid w:val="00605908"/>
     <w:rsid w:val="00607850"/>
     <w:rsid w:val="00607EF7"/>
     <w:rsid w:val="00610D7C"/>
     <w:rsid w:val="00613414"/>
-    <w:rsid w:val="00617770"/>
     <w:rsid w:val="00620154"/>
     <w:rsid w:val="0062408D"/>
     <w:rsid w:val="006240CC"/>
     <w:rsid w:val="00624940"/>
     <w:rsid w:val="006254F8"/>
     <w:rsid w:val="00627DA7"/>
     <w:rsid w:val="00630DA4"/>
     <w:rsid w:val="00631CD4"/>
+    <w:rsid w:val="00631D55"/>
     <w:rsid w:val="00632597"/>
     <w:rsid w:val="00634D13"/>
     <w:rsid w:val="006358B4"/>
     <w:rsid w:val="00641724"/>
     <w:rsid w:val="006419AA"/>
     <w:rsid w:val="00644B1F"/>
     <w:rsid w:val="00644B7E"/>
     <w:rsid w:val="006454E6"/>
     <w:rsid w:val="00646235"/>
     <w:rsid w:val="00646A68"/>
     <w:rsid w:val="006505BD"/>
     <w:rsid w:val="006508EA"/>
     <w:rsid w:val="0065092E"/>
     <w:rsid w:val="006557A7"/>
     <w:rsid w:val="00656290"/>
     <w:rsid w:val="006601C9"/>
     <w:rsid w:val="006608D8"/>
     <w:rsid w:val="006621D7"/>
     <w:rsid w:val="0066302A"/>
     <w:rsid w:val="00667770"/>
     <w:rsid w:val="00670597"/>
     <w:rsid w:val="006706D0"/>
+    <w:rsid w:val="00670B2D"/>
     <w:rsid w:val="00677574"/>
     <w:rsid w:val="006812ED"/>
     <w:rsid w:val="00683878"/>
     <w:rsid w:val="00684380"/>
     <w:rsid w:val="0068454C"/>
-    <w:rsid w:val="00685D03"/>
     <w:rsid w:val="00691B62"/>
     <w:rsid w:val="006933B5"/>
     <w:rsid w:val="00693546"/>
     <w:rsid w:val="00693D14"/>
     <w:rsid w:val="00696F27"/>
     <w:rsid w:val="006A18C2"/>
     <w:rsid w:val="006A2717"/>
     <w:rsid w:val="006A3383"/>
     <w:rsid w:val="006B077C"/>
     <w:rsid w:val="006B0C81"/>
-    <w:rsid w:val="006B3C92"/>
+    <w:rsid w:val="006B3DA8"/>
     <w:rsid w:val="006B6803"/>
-    <w:rsid w:val="006C43E7"/>
     <w:rsid w:val="006D0F16"/>
     <w:rsid w:val="006D2A3F"/>
     <w:rsid w:val="006D2FBC"/>
     <w:rsid w:val="006D3EF9"/>
     <w:rsid w:val="006D6E34"/>
     <w:rsid w:val="006E138B"/>
     <w:rsid w:val="006E1867"/>
+    <w:rsid w:val="006E41ED"/>
     <w:rsid w:val="006F0330"/>
     <w:rsid w:val="006F1FDC"/>
     <w:rsid w:val="006F6B76"/>
     <w:rsid w:val="006F6B8C"/>
     <w:rsid w:val="007013EF"/>
     <w:rsid w:val="007055BD"/>
     <w:rsid w:val="007173CA"/>
     <w:rsid w:val="007216AA"/>
     <w:rsid w:val="00721AB5"/>
     <w:rsid w:val="00721CFB"/>
     <w:rsid w:val="00721DEF"/>
     <w:rsid w:val="00724A43"/>
     <w:rsid w:val="007273AC"/>
     <w:rsid w:val="00731AD4"/>
     <w:rsid w:val="007346E4"/>
     <w:rsid w:val="00735564"/>
     <w:rsid w:val="00740F22"/>
     <w:rsid w:val="00741CF0"/>
     <w:rsid w:val="00741F1A"/>
     <w:rsid w:val="007447DA"/>
     <w:rsid w:val="007450F8"/>
     <w:rsid w:val="0074696E"/>
     <w:rsid w:val="00750135"/>
     <w:rsid w:val="00750EC2"/>
     <w:rsid w:val="00752B28"/>
     <w:rsid w:val="007536BC"/>
     <w:rsid w:val="007541A9"/>
     <w:rsid w:val="00754E36"/>
     <w:rsid w:val="00763139"/>
+    <w:rsid w:val="00764F58"/>
     <w:rsid w:val="00770F37"/>
     <w:rsid w:val="007711A0"/>
     <w:rsid w:val="00772D5E"/>
     <w:rsid w:val="0077463E"/>
     <w:rsid w:val="00776928"/>
     <w:rsid w:val="00776D56"/>
     <w:rsid w:val="00776E0F"/>
     <w:rsid w:val="007774B1"/>
     <w:rsid w:val="00777BE1"/>
     <w:rsid w:val="00782222"/>
     <w:rsid w:val="007833D8"/>
     <w:rsid w:val="00785677"/>
     <w:rsid w:val="00786F16"/>
     <w:rsid w:val="00791BD7"/>
     <w:rsid w:val="007933F7"/>
     <w:rsid w:val="00796E20"/>
     <w:rsid w:val="00797C32"/>
     <w:rsid w:val="007A11E8"/>
     <w:rsid w:val="007B0914"/>
     <w:rsid w:val="007B1374"/>
     <w:rsid w:val="007B32E5"/>
     <w:rsid w:val="007B3DB9"/>
     <w:rsid w:val="007B589F"/>
     <w:rsid w:val="007B6186"/>
     <w:rsid w:val="007B73BC"/>
     <w:rsid w:val="007C1838"/>
     <w:rsid w:val="007C20B9"/>
+    <w:rsid w:val="007C46F7"/>
+    <w:rsid w:val="007C669D"/>
     <w:rsid w:val="007C7301"/>
     <w:rsid w:val="007C7859"/>
     <w:rsid w:val="007C7F28"/>
     <w:rsid w:val="007D1466"/>
     <w:rsid w:val="007D2BDE"/>
     <w:rsid w:val="007D2FB6"/>
     <w:rsid w:val="007D49EB"/>
     <w:rsid w:val="007D4BA1"/>
     <w:rsid w:val="007D5E1C"/>
     <w:rsid w:val="007E0DE2"/>
     <w:rsid w:val="007E3667"/>
     <w:rsid w:val="007E3B98"/>
+    <w:rsid w:val="007E4164"/>
     <w:rsid w:val="007E417A"/>
+    <w:rsid w:val="007F0C24"/>
     <w:rsid w:val="007F31B6"/>
     <w:rsid w:val="007F546C"/>
     <w:rsid w:val="007F625F"/>
     <w:rsid w:val="007F665E"/>
     <w:rsid w:val="00800412"/>
+    <w:rsid w:val="00802748"/>
     <w:rsid w:val="0080587B"/>
     <w:rsid w:val="00806468"/>
     <w:rsid w:val="008119CA"/>
-    <w:rsid w:val="00812EFD"/>
     <w:rsid w:val="008130C4"/>
     <w:rsid w:val="008155F0"/>
     <w:rsid w:val="00816735"/>
     <w:rsid w:val="00816760"/>
     <w:rsid w:val="00820141"/>
     <w:rsid w:val="00820E0C"/>
     <w:rsid w:val="00823275"/>
     <w:rsid w:val="0082366F"/>
-    <w:rsid w:val="00823A0C"/>
+    <w:rsid w:val="00830147"/>
     <w:rsid w:val="00831B47"/>
     <w:rsid w:val="008338A2"/>
     <w:rsid w:val="00841AA9"/>
     <w:rsid w:val="008474FE"/>
     <w:rsid w:val="00853EE4"/>
     <w:rsid w:val="00855535"/>
     <w:rsid w:val="00857C5A"/>
+    <w:rsid w:val="008607CA"/>
     <w:rsid w:val="0086255E"/>
     <w:rsid w:val="008633F0"/>
     <w:rsid w:val="00863B7C"/>
     <w:rsid w:val="00867D9D"/>
     <w:rsid w:val="00872E0A"/>
     <w:rsid w:val="00873594"/>
     <w:rsid w:val="00875285"/>
     <w:rsid w:val="00877635"/>
     <w:rsid w:val="00884B62"/>
     <w:rsid w:val="0088529C"/>
     <w:rsid w:val="00887903"/>
     <w:rsid w:val="0089270A"/>
     <w:rsid w:val="00893AF6"/>
+    <w:rsid w:val="00894978"/>
     <w:rsid w:val="00894BC4"/>
     <w:rsid w:val="00896890"/>
     <w:rsid w:val="008A28A8"/>
-    <w:rsid w:val="008A3DF7"/>
     <w:rsid w:val="008A5B32"/>
     <w:rsid w:val="008B2029"/>
     <w:rsid w:val="008B2EE4"/>
     <w:rsid w:val="008B3821"/>
     <w:rsid w:val="008B4D3D"/>
     <w:rsid w:val="008B57C7"/>
     <w:rsid w:val="008C2F92"/>
     <w:rsid w:val="008C3546"/>
     <w:rsid w:val="008C589D"/>
+    <w:rsid w:val="008C6C89"/>
     <w:rsid w:val="008C6D51"/>
     <w:rsid w:val="008D2846"/>
     <w:rsid w:val="008D4236"/>
     <w:rsid w:val="008D462F"/>
     <w:rsid w:val="008D6DCF"/>
     <w:rsid w:val="008E4376"/>
     <w:rsid w:val="008E7807"/>
     <w:rsid w:val="008E7A0A"/>
     <w:rsid w:val="008E7B49"/>
     <w:rsid w:val="008F59F6"/>
     <w:rsid w:val="00900719"/>
     <w:rsid w:val="009017AC"/>
-    <w:rsid w:val="009026E0"/>
     <w:rsid w:val="00902A9A"/>
     <w:rsid w:val="00904A1C"/>
     <w:rsid w:val="00905030"/>
     <w:rsid w:val="00906490"/>
     <w:rsid w:val="009111B2"/>
     <w:rsid w:val="009151F5"/>
     <w:rsid w:val="00924AE1"/>
     <w:rsid w:val="00924B57"/>
     <w:rsid w:val="009269B1"/>
     <w:rsid w:val="0092724D"/>
     <w:rsid w:val="009272B3"/>
     <w:rsid w:val="009315BE"/>
     <w:rsid w:val="009326DD"/>
     <w:rsid w:val="0093338F"/>
     <w:rsid w:val="00937BD9"/>
     <w:rsid w:val="00950E2C"/>
     <w:rsid w:val="00951D50"/>
     <w:rsid w:val="009525EB"/>
     <w:rsid w:val="0095470B"/>
     <w:rsid w:val="00954874"/>
     <w:rsid w:val="0095615A"/>
     <w:rsid w:val="00961400"/>
     <w:rsid w:val="00963646"/>
     <w:rsid w:val="0096506F"/>
     <w:rsid w:val="0096632D"/>
     <w:rsid w:val="00967124"/>
     <w:rsid w:val="0097166C"/>
     <w:rsid w:val="009718C7"/>
     <w:rsid w:val="0097559F"/>
     <w:rsid w:val="009761EA"/>
     <w:rsid w:val="0097761E"/>
     <w:rsid w:val="00982454"/>
     <w:rsid w:val="00982CF0"/>
     <w:rsid w:val="009853E1"/>
     <w:rsid w:val="00986E6B"/>
     <w:rsid w:val="00990032"/>
     <w:rsid w:val="00990B19"/>
     <w:rsid w:val="0099153B"/>
     <w:rsid w:val="00991769"/>
     <w:rsid w:val="0099232C"/>
     <w:rsid w:val="00994386"/>
     <w:rsid w:val="009A13D8"/>
     <w:rsid w:val="009A279E"/>
     <w:rsid w:val="009A3015"/>
     <w:rsid w:val="009A3490"/>
+    <w:rsid w:val="009B0565"/>
     <w:rsid w:val="009B05FD"/>
     <w:rsid w:val="009B0A6F"/>
     <w:rsid w:val="009B0A94"/>
     <w:rsid w:val="009B0C62"/>
     <w:rsid w:val="009B2AE8"/>
     <w:rsid w:val="009B5622"/>
     <w:rsid w:val="009B59E9"/>
-    <w:rsid w:val="009B6BA9"/>
     <w:rsid w:val="009B70AA"/>
     <w:rsid w:val="009C245E"/>
     <w:rsid w:val="009C3CF1"/>
     <w:rsid w:val="009C5E77"/>
     <w:rsid w:val="009C7A7E"/>
     <w:rsid w:val="009D02E8"/>
+    <w:rsid w:val="009D0325"/>
     <w:rsid w:val="009D328F"/>
     <w:rsid w:val="009D51D0"/>
     <w:rsid w:val="009D70A4"/>
     <w:rsid w:val="009D7B14"/>
     <w:rsid w:val="009E08D1"/>
     <w:rsid w:val="009E0D96"/>
     <w:rsid w:val="009E1B95"/>
     <w:rsid w:val="009E496F"/>
     <w:rsid w:val="009E4B0D"/>
     <w:rsid w:val="009E5250"/>
     <w:rsid w:val="009E7A69"/>
     <w:rsid w:val="009E7F92"/>
     <w:rsid w:val="009F02A3"/>
     <w:rsid w:val="009F2182"/>
     <w:rsid w:val="009F2F27"/>
     <w:rsid w:val="009F34AA"/>
     <w:rsid w:val="009F6BCB"/>
     <w:rsid w:val="009F7B78"/>
     <w:rsid w:val="00A0057A"/>
     <w:rsid w:val="00A01FB1"/>
     <w:rsid w:val="00A02FA1"/>
     <w:rsid w:val="00A04CCE"/>
     <w:rsid w:val="00A07421"/>
     <w:rsid w:val="00A0776B"/>
     <w:rsid w:val="00A10FB9"/>
     <w:rsid w:val="00A11421"/>
     <w:rsid w:val="00A1389F"/>
     <w:rsid w:val="00A157B1"/>
     <w:rsid w:val="00A22229"/>
     <w:rsid w:val="00A24442"/>
     <w:rsid w:val="00A24ADA"/>
     <w:rsid w:val="00A31871"/>
     <w:rsid w:val="00A32577"/>
     <w:rsid w:val="00A330BB"/>
-    <w:rsid w:val="00A34792"/>
     <w:rsid w:val="00A446F5"/>
     <w:rsid w:val="00A44882"/>
     <w:rsid w:val="00A45125"/>
     <w:rsid w:val="00A54715"/>
     <w:rsid w:val="00A6061C"/>
     <w:rsid w:val="00A62D44"/>
     <w:rsid w:val="00A67263"/>
     <w:rsid w:val="00A7161C"/>
     <w:rsid w:val="00A71CE4"/>
     <w:rsid w:val="00A77AA3"/>
     <w:rsid w:val="00A8236D"/>
-    <w:rsid w:val="00A825BD"/>
     <w:rsid w:val="00A854EB"/>
     <w:rsid w:val="00A872E5"/>
     <w:rsid w:val="00A91406"/>
     <w:rsid w:val="00A96E65"/>
     <w:rsid w:val="00A96ECE"/>
     <w:rsid w:val="00A97C72"/>
     <w:rsid w:val="00AA310B"/>
     <w:rsid w:val="00AA63D4"/>
     <w:rsid w:val="00AA72AA"/>
     <w:rsid w:val="00AB06E8"/>
     <w:rsid w:val="00AB1CD3"/>
     <w:rsid w:val="00AB352F"/>
     <w:rsid w:val="00AC274B"/>
     <w:rsid w:val="00AC4764"/>
+    <w:rsid w:val="00AC4D58"/>
+    <w:rsid w:val="00AC6929"/>
     <w:rsid w:val="00AC6D36"/>
     <w:rsid w:val="00AD0CBA"/>
     <w:rsid w:val="00AD26E2"/>
     <w:rsid w:val="00AD784C"/>
+    <w:rsid w:val="00AE10A3"/>
     <w:rsid w:val="00AE126A"/>
     <w:rsid w:val="00AE1BAE"/>
+    <w:rsid w:val="00AE1C70"/>
+    <w:rsid w:val="00AE2D48"/>
     <w:rsid w:val="00AE3005"/>
     <w:rsid w:val="00AE3BD5"/>
     <w:rsid w:val="00AE59A0"/>
     <w:rsid w:val="00AF0C57"/>
     <w:rsid w:val="00AF26F3"/>
     <w:rsid w:val="00AF5F04"/>
     <w:rsid w:val="00B00672"/>
     <w:rsid w:val="00B01B4D"/>
     <w:rsid w:val="00B04489"/>
     <w:rsid w:val="00B06571"/>
     <w:rsid w:val="00B068BA"/>
     <w:rsid w:val="00B07217"/>
     <w:rsid w:val="00B13851"/>
     <w:rsid w:val="00B13B1C"/>
     <w:rsid w:val="00B14B5F"/>
     <w:rsid w:val="00B21F90"/>
     <w:rsid w:val="00B22291"/>
     <w:rsid w:val="00B23F9A"/>
     <w:rsid w:val="00B2417B"/>
     <w:rsid w:val="00B24E6F"/>
     <w:rsid w:val="00B26CB5"/>
     <w:rsid w:val="00B2752E"/>
     <w:rsid w:val="00B307CC"/>
     <w:rsid w:val="00B326B7"/>
     <w:rsid w:val="00B3588E"/>
+    <w:rsid w:val="00B378AE"/>
     <w:rsid w:val="00B4198F"/>
     <w:rsid w:val="00B41F3D"/>
     <w:rsid w:val="00B431E8"/>
     <w:rsid w:val="00B45141"/>
     <w:rsid w:val="00B519CD"/>
     <w:rsid w:val="00B5273A"/>
     <w:rsid w:val="00B57329"/>
     <w:rsid w:val="00B60E61"/>
     <w:rsid w:val="00B62B50"/>
     <w:rsid w:val="00B635B7"/>
     <w:rsid w:val="00B63AE8"/>
     <w:rsid w:val="00B65950"/>
     <w:rsid w:val="00B66D83"/>
     <w:rsid w:val="00B672C0"/>
     <w:rsid w:val="00B676FD"/>
     <w:rsid w:val="00B678B6"/>
+    <w:rsid w:val="00B678D0"/>
     <w:rsid w:val="00B75646"/>
     <w:rsid w:val="00B7629E"/>
     <w:rsid w:val="00B90729"/>
+    <w:rsid w:val="00B907A6"/>
     <w:rsid w:val="00B907DA"/>
     <w:rsid w:val="00B94C5E"/>
     <w:rsid w:val="00B950BC"/>
     <w:rsid w:val="00B9714C"/>
+    <w:rsid w:val="00BA251D"/>
     <w:rsid w:val="00BA29AD"/>
     <w:rsid w:val="00BA33CF"/>
     <w:rsid w:val="00BA3F8D"/>
+    <w:rsid w:val="00BB5C68"/>
     <w:rsid w:val="00BB7A10"/>
     <w:rsid w:val="00BC60BE"/>
     <w:rsid w:val="00BC7468"/>
     <w:rsid w:val="00BC7D4F"/>
     <w:rsid w:val="00BC7ED7"/>
     <w:rsid w:val="00BD2850"/>
     <w:rsid w:val="00BE28D2"/>
     <w:rsid w:val="00BE4A64"/>
     <w:rsid w:val="00BE5E43"/>
-    <w:rsid w:val="00BF53B3"/>
     <w:rsid w:val="00BF557D"/>
     <w:rsid w:val="00BF658D"/>
     <w:rsid w:val="00BF7F58"/>
     <w:rsid w:val="00C01381"/>
+    <w:rsid w:val="00C013BE"/>
     <w:rsid w:val="00C01AB1"/>
     <w:rsid w:val="00C026A0"/>
     <w:rsid w:val="00C06137"/>
     <w:rsid w:val="00C06929"/>
     <w:rsid w:val="00C079B8"/>
     <w:rsid w:val="00C10037"/>
     <w:rsid w:val="00C115E1"/>
     <w:rsid w:val="00C123EA"/>
     <w:rsid w:val="00C12A49"/>
     <w:rsid w:val="00C12B05"/>
     <w:rsid w:val="00C133EE"/>
     <w:rsid w:val="00C149D0"/>
     <w:rsid w:val="00C15D95"/>
     <w:rsid w:val="00C26588"/>
     <w:rsid w:val="00C27DE9"/>
     <w:rsid w:val="00C32989"/>
     <w:rsid w:val="00C33388"/>
+    <w:rsid w:val="00C34AD2"/>
     <w:rsid w:val="00C35484"/>
     <w:rsid w:val="00C4173A"/>
-    <w:rsid w:val="00C45EA5"/>
     <w:rsid w:val="00C50DED"/>
     <w:rsid w:val="00C52217"/>
     <w:rsid w:val="00C602FF"/>
+    <w:rsid w:val="00C603A1"/>
     <w:rsid w:val="00C60411"/>
     <w:rsid w:val="00C61174"/>
     <w:rsid w:val="00C6148F"/>
     <w:rsid w:val="00C621B1"/>
     <w:rsid w:val="00C62F7A"/>
     <w:rsid w:val="00C63B9C"/>
     <w:rsid w:val="00C6682F"/>
     <w:rsid w:val="00C67BF4"/>
     <w:rsid w:val="00C7275E"/>
     <w:rsid w:val="00C731AF"/>
     <w:rsid w:val="00C74C5D"/>
+    <w:rsid w:val="00C83021"/>
     <w:rsid w:val="00C863C4"/>
     <w:rsid w:val="00C90DAB"/>
     <w:rsid w:val="00C920EA"/>
     <w:rsid w:val="00C93C3E"/>
     <w:rsid w:val="00CA12E3"/>
     <w:rsid w:val="00CA1476"/>
-    <w:rsid w:val="00CA5256"/>
     <w:rsid w:val="00CA6611"/>
     <w:rsid w:val="00CA6AE6"/>
+    <w:rsid w:val="00CA703D"/>
     <w:rsid w:val="00CA782F"/>
     <w:rsid w:val="00CB187B"/>
     <w:rsid w:val="00CB2835"/>
     <w:rsid w:val="00CB3285"/>
     <w:rsid w:val="00CB4500"/>
     <w:rsid w:val="00CB5EA8"/>
+    <w:rsid w:val="00CC07FE"/>
     <w:rsid w:val="00CC0C72"/>
     <w:rsid w:val="00CC2BFD"/>
     <w:rsid w:val="00CC6F40"/>
     <w:rsid w:val="00CD3476"/>
+    <w:rsid w:val="00CD35EC"/>
     <w:rsid w:val="00CD64DF"/>
     <w:rsid w:val="00CD768F"/>
     <w:rsid w:val="00CE225F"/>
     <w:rsid w:val="00CF230C"/>
     <w:rsid w:val="00CF2F50"/>
     <w:rsid w:val="00CF6198"/>
     <w:rsid w:val="00D02919"/>
+    <w:rsid w:val="00D03BAA"/>
     <w:rsid w:val="00D04C61"/>
     <w:rsid w:val="00D05B8D"/>
     <w:rsid w:val="00D05B9B"/>
     <w:rsid w:val="00D065A2"/>
     <w:rsid w:val="00D079AA"/>
     <w:rsid w:val="00D07F00"/>
     <w:rsid w:val="00D1130F"/>
     <w:rsid w:val="00D1571F"/>
     <w:rsid w:val="00D17B72"/>
-    <w:rsid w:val="00D17DCC"/>
     <w:rsid w:val="00D24BDF"/>
     <w:rsid w:val="00D3185C"/>
     <w:rsid w:val="00D3205F"/>
     <w:rsid w:val="00D3318E"/>
     <w:rsid w:val="00D33E72"/>
     <w:rsid w:val="00D35BD6"/>
     <w:rsid w:val="00D361B5"/>
     <w:rsid w:val="00D411A2"/>
     <w:rsid w:val="00D4606D"/>
-    <w:rsid w:val="00D461F4"/>
     <w:rsid w:val="00D50B9C"/>
     <w:rsid w:val="00D513AF"/>
     <w:rsid w:val="00D52D73"/>
     <w:rsid w:val="00D52E58"/>
     <w:rsid w:val="00D56B20"/>
     <w:rsid w:val="00D578B3"/>
     <w:rsid w:val="00D618F4"/>
     <w:rsid w:val="00D63636"/>
     <w:rsid w:val="00D640AD"/>
-    <w:rsid w:val="00D67E86"/>
     <w:rsid w:val="00D714CC"/>
     <w:rsid w:val="00D75EA7"/>
     <w:rsid w:val="00D77252"/>
+    <w:rsid w:val="00D81894"/>
     <w:rsid w:val="00D81ADF"/>
     <w:rsid w:val="00D81F21"/>
     <w:rsid w:val="00D83D06"/>
     <w:rsid w:val="00D864F2"/>
     <w:rsid w:val="00D943F8"/>
     <w:rsid w:val="00D95470"/>
     <w:rsid w:val="00D961F4"/>
     <w:rsid w:val="00D96B55"/>
     <w:rsid w:val="00DA2619"/>
     <w:rsid w:val="00DA4239"/>
     <w:rsid w:val="00DA588C"/>
     <w:rsid w:val="00DA65DE"/>
     <w:rsid w:val="00DB0B61"/>
     <w:rsid w:val="00DB1474"/>
     <w:rsid w:val="00DB2962"/>
     <w:rsid w:val="00DB52FB"/>
     <w:rsid w:val="00DC00C1"/>
     <w:rsid w:val="00DC013B"/>
     <w:rsid w:val="00DC090B"/>
     <w:rsid w:val="00DC1679"/>
     <w:rsid w:val="00DC219B"/>
     <w:rsid w:val="00DC2CF1"/>
     <w:rsid w:val="00DC2DC7"/>
     <w:rsid w:val="00DC3A7C"/>
     <w:rsid w:val="00DC4FCF"/>
     <w:rsid w:val="00DC50E0"/>
     <w:rsid w:val="00DC6386"/>
     <w:rsid w:val="00DD1130"/>
     <w:rsid w:val="00DD1951"/>
     <w:rsid w:val="00DD487D"/>
     <w:rsid w:val="00DD4E83"/>
     <w:rsid w:val="00DD6628"/>
     <w:rsid w:val="00DD6945"/>
     <w:rsid w:val="00DE2D04"/>
     <w:rsid w:val="00DE3250"/>
     <w:rsid w:val="00DE6028"/>
     <w:rsid w:val="00DE6C85"/>
-    <w:rsid w:val="00DE714B"/>
     <w:rsid w:val="00DE78A3"/>
     <w:rsid w:val="00DF1A71"/>
-    <w:rsid w:val="00DF4D25"/>
     <w:rsid w:val="00DF50FC"/>
     <w:rsid w:val="00DF68C7"/>
     <w:rsid w:val="00DF731A"/>
     <w:rsid w:val="00E04BBB"/>
     <w:rsid w:val="00E06B75"/>
     <w:rsid w:val="00E11332"/>
     <w:rsid w:val="00E11352"/>
     <w:rsid w:val="00E170DC"/>
     <w:rsid w:val="00E17546"/>
     <w:rsid w:val="00E210B5"/>
     <w:rsid w:val="00E261B3"/>
     <w:rsid w:val="00E26818"/>
     <w:rsid w:val="00E27FFC"/>
     <w:rsid w:val="00E30B15"/>
     <w:rsid w:val="00E33237"/>
+    <w:rsid w:val="00E37A2C"/>
     <w:rsid w:val="00E40181"/>
-    <w:rsid w:val="00E4192F"/>
+    <w:rsid w:val="00E458B2"/>
     <w:rsid w:val="00E54950"/>
     <w:rsid w:val="00E55FB3"/>
     <w:rsid w:val="00E56A01"/>
     <w:rsid w:val="00E629A1"/>
     <w:rsid w:val="00E6794C"/>
+    <w:rsid w:val="00E67A15"/>
     <w:rsid w:val="00E71591"/>
     <w:rsid w:val="00E71CEB"/>
     <w:rsid w:val="00E7474F"/>
+    <w:rsid w:val="00E80B52"/>
     <w:rsid w:val="00E80DE3"/>
+    <w:rsid w:val="00E81F6E"/>
     <w:rsid w:val="00E82C55"/>
     <w:rsid w:val="00E8787E"/>
     <w:rsid w:val="00E92AC3"/>
     <w:rsid w:val="00EA2F6A"/>
     <w:rsid w:val="00EB00E0"/>
     <w:rsid w:val="00EB05D5"/>
     <w:rsid w:val="00EB4BC7"/>
     <w:rsid w:val="00EC059F"/>
     <w:rsid w:val="00EC1F24"/>
     <w:rsid w:val="00EC22F6"/>
     <w:rsid w:val="00EC3DB9"/>
     <w:rsid w:val="00ED5B9B"/>
     <w:rsid w:val="00ED6BAD"/>
     <w:rsid w:val="00ED7447"/>
     <w:rsid w:val="00ED7762"/>
+    <w:rsid w:val="00ED7E87"/>
     <w:rsid w:val="00EE00D6"/>
     <w:rsid w:val="00EE11E7"/>
     <w:rsid w:val="00EE1488"/>
     <w:rsid w:val="00EE29AD"/>
     <w:rsid w:val="00EE3E24"/>
     <w:rsid w:val="00EE4D5D"/>
     <w:rsid w:val="00EE5131"/>
     <w:rsid w:val="00EF109B"/>
     <w:rsid w:val="00EF201C"/>
     <w:rsid w:val="00EF2C72"/>
     <w:rsid w:val="00EF36AF"/>
     <w:rsid w:val="00EF59A3"/>
     <w:rsid w:val="00EF6675"/>
     <w:rsid w:val="00F0063D"/>
     <w:rsid w:val="00F00F9C"/>
     <w:rsid w:val="00F01E5F"/>
     <w:rsid w:val="00F024F3"/>
     <w:rsid w:val="00F02ABA"/>
     <w:rsid w:val="00F0437A"/>
     <w:rsid w:val="00F101B8"/>
+    <w:rsid w:val="00F1046F"/>
     <w:rsid w:val="00F11037"/>
+    <w:rsid w:val="00F11D9B"/>
     <w:rsid w:val="00F15144"/>
     <w:rsid w:val="00F16F1B"/>
     <w:rsid w:val="00F250A9"/>
     <w:rsid w:val="00F267AF"/>
     <w:rsid w:val="00F30FF4"/>
     <w:rsid w:val="00F3122E"/>
     <w:rsid w:val="00F32368"/>
     <w:rsid w:val="00F331AD"/>
     <w:rsid w:val="00F35287"/>
     <w:rsid w:val="00F40A70"/>
     <w:rsid w:val="00F43A37"/>
     <w:rsid w:val="00F4641B"/>
     <w:rsid w:val="00F46EB8"/>
     <w:rsid w:val="00F50CD1"/>
     <w:rsid w:val="00F511E4"/>
     <w:rsid w:val="00F52D09"/>
     <w:rsid w:val="00F52E08"/>
     <w:rsid w:val="00F53A66"/>
     <w:rsid w:val="00F5462D"/>
     <w:rsid w:val="00F55B21"/>
-    <w:rsid w:val="00F56B35"/>
     <w:rsid w:val="00F56EF6"/>
     <w:rsid w:val="00F60082"/>
     <w:rsid w:val="00F61A9F"/>
     <w:rsid w:val="00F61B5F"/>
     <w:rsid w:val="00F64696"/>
     <w:rsid w:val="00F65AA9"/>
     <w:rsid w:val="00F6768F"/>
     <w:rsid w:val="00F72C2C"/>
     <w:rsid w:val="00F741F2"/>
     <w:rsid w:val="00F76CAB"/>
     <w:rsid w:val="00F772C6"/>
     <w:rsid w:val="00F815B5"/>
     <w:rsid w:val="00F85195"/>
     <w:rsid w:val="00F857D4"/>
     <w:rsid w:val="00F868E3"/>
     <w:rsid w:val="00F938BA"/>
     <w:rsid w:val="00F97919"/>
     <w:rsid w:val="00FA230B"/>
     <w:rsid w:val="00FA2C46"/>
     <w:rsid w:val="00FA3525"/>
     <w:rsid w:val="00FA5A53"/>
     <w:rsid w:val="00FB1F6E"/>
     <w:rsid w:val="00FB4769"/>
     <w:rsid w:val="00FB4CDA"/>
     <w:rsid w:val="00FB6481"/>
     <w:rsid w:val="00FB6D36"/>
     <w:rsid w:val="00FC0965"/>
     <w:rsid w:val="00FC0F81"/>
     <w:rsid w:val="00FC252F"/>
     <w:rsid w:val="00FC395C"/>
     <w:rsid w:val="00FC5E8E"/>
     <w:rsid w:val="00FD3766"/>
     <w:rsid w:val="00FD3D05"/>
     <w:rsid w:val="00FD47C4"/>
-    <w:rsid w:val="00FD5ED4"/>
     <w:rsid w:val="00FE2DCF"/>
     <w:rsid w:val="00FE331E"/>
     <w:rsid w:val="00FE3FA7"/>
     <w:rsid w:val="00FE4081"/>
+    <w:rsid w:val="00FE7489"/>
     <w:rsid w:val="00FF2A4E"/>
     <w:rsid w:val="00FF2FCE"/>
     <w:rsid w:val="00FF4F7D"/>
     <w:rsid w:val="00FF6D9D"/>
     <w:rsid w:val="00FF7620"/>
     <w:rsid w:val="00FF7DD5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="62659081"/>
   <w15:docId w15:val="{6C1BA6AC-6AA6-4E2B-90A8-627A13823CDD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -21323,51 +21469,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="60"/>
     <w:lsdException w:name="Dark List" w:uiPriority="61"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="62"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="63"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="64"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Revision" w:uiPriority="71"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="1" w:uiPriority="72" w:qFormat="1"/>
@@ -21545,301 +21691,177 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00F15144"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="21"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00DC2DC7"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...1 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="520" w:after="240" w:line="480" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:color w:val="201547"/>
       <w:kern w:val="32"/>
       <w:sz w:val="44"/>
       <w:szCs w:val="44"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00F15144"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="360" w:after="120" w:line="360" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:color w:val="201547"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00F15144"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="280" w:after="120" w:line="320" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:color w:val="201547"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00F15144"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="240" w:after="80" w:line="280" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="201547"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:next w:val="Body"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="98"/>
     <w:qFormat/>
     <w:rsid w:val="004C014B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:numPr>
-[...2 lines deleted...]
-      </w:numPr>
       <w:spacing w:before="240" w:after="80" w:line="240" w:lineRule="atLeast"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:iCs/>
       <w:color w:val="201547"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
-    </w:rPr>
-[...104 lines deleted...]
-      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -21973,51 +21995,50 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
     <w:name w:val="Endnote Text Char"/>
     <w:link w:val="EndnoteText"/>
     <w:semiHidden/>
     <w:rsid w:val="0042084E"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:semiHidden/>
     <w:rsid w:val="00EA6F2B"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00C621B1"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodynospace">
     <w:name w:val="Body no space"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00F772C6"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet1">
     <w:name w:val="Bullet 1"/>
     <w:basedOn w:val="Body"/>
     <w:qFormat/>
@@ -22354,50 +22375,55 @@
         <w:ilvl w:val="1"/>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:spacing w:after="40"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bodyafterbullets">
     <w:name w:val="Body after bullets"/>
     <w:basedOn w:val="Body"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00E11352"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebullet2">
     <w:name w:val="Table bullet 2"/>
     <w:basedOn w:val="Tabletext"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00C60411"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="9"/>
       </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="227"/>
+        <w:tab w:val="num" w:pos="360"/>
+      </w:tabs>
+      <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:semiHidden/>
     <w:rsid w:val="00152073"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tablebullet1">
     <w:name w:val="Table bullet 1"/>
     <w:basedOn w:val="Tabletext"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00C60411"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
@@ -22879,309 +22905,123 @@
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="001C7128"/>
     <w:pPr>
       <w:spacing w:line="320" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="201547"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00F15144"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:color w:val="201547"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="numbering" w:customStyle="1" w:styleId="ZZBullets1">
-[...223 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
+    <w:div w:id="95834171">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="137504755">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="94056959">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="299071615">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="338043453">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="671831487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="851146005">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -23202,50 +23042,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="617221559">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="1022779836">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="1409155498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1410925346">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -23328,51 +23181,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2146117194">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/clients-special-accommodation-requirements" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www9.austlii.edu.au/cgi-bin/viewdoc/au/legis/vic/consol_act/ha1983107/s4.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/eligibility-policy-framework-2" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/allocations-manual" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www9.austlii.edu.au/cgi-bin/viewdoc/au/legis/vic/consol_act/ha1983107/s4.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www9.austlii.edu.au/cgi-bin/viewdoc/au/legis/vic/consol_act/ha1983107/s4.html" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www9.austlii.edu.au/cgi-bin/viewdoc/au/legis/vic/consol_act/ha1983107/s4.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dhhs.vic.gov.au/publications/regulatory-impact-statement-director-housing-determinations-2018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/priority-transfers" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/relocation-manual" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/rentassistbondloans" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/assessing-and-managing-applications" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/public-housing-policy-and-practice-manuals" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/relocation-manual" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/victorian-housing-register" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/clients-special-accommodation-requirements" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dhhs.vic.gov.au/funded-agency-channel/clients-special-accommodation-requirements" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:enquiries@homes.vic.gov.au" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/pets-public-housing-operational-guidelines" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/relocation-manual" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/chapter-3-signing-residential-tenancy-agreement-word" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/maintenance-manual-tenant-property-damage-operational-guidelines" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/HiiPConnect.aspx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/tenancy-management-manual-bankruptcy-operational-guidelines-word" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/victorian-housing-register" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Operational-Guidelines(1).aspx%3eand%20HiiPConnect%20guides" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dhhsvicgovau.sharepoint.com/sites/Publichousingresources/SitePages/Disclosure.aspx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///F:\amcd1208\OG\operational%20guidelines\VHR\Housing%20First%20changes\Chapter-2_offers-of-housing_operational-guidelines_v9.4%20June%202025.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/clients-special-accommodation-requirements" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/clients-special-accommodation-requirements" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fac.dffh.vic.gov.au/priority-transfers" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://providers.dffh.vic.gov.au/maintenance-manual-tenant-property-damage-operational-guidelines" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -23633,198 +23486,191 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fe161729-0ef4-4b53-b9e8-ddb61266bb63" xmlns:ns3="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8ff349f101a07264f7d50597c62cfb4b" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101009E92284D629C66409C3E65A98AFA6AB2" ma:contentTypeVersion="39" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4592ce43063454c4809238c8a1b1f1ba">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fe161729-0ef4-4b53-b9e8-ddb61266bb63" xmlns:ns3="5ce0f2b5-5be5-4508-bce9-d7011ece0659" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="094035eedc23f69d1a8a83a63a163969" ns2:_="" ns3:_="">
     <xsd:import namespace="fe161729-0ef4-4b53-b9e8-ddb61266bb63"/>
     <xsd:import namespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Style"/>
                 <xsd:element ref="ns2:Owner" minOccurs="0"/>
-                <xsd:element ref="ns2:SharetoDesktop" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Dayslapsedforreview" minOccurs="0"/>
                 <xsd:element ref="ns2:HyperlinkBase" minOccurs="0"/>
+                <xsd:element ref="ns2:SharetoDesktop" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fe161729-0ef4-4b53-b9e8-ddb61266bb63" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Style" ma:index="1" ma:displayName="Style" ma:default="Factsheet (Word)" ma:description="Type of template" ma:format="Dropdown" ma:internalName="Style" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:union memberTypes="dms:Text">
           <xsd:simpleType>
             <xsd:restriction base="dms:Choice">
               <xsd:enumeration value="Factsheet (Word)"/>
               <xsd:enumeration value="Factsheet Landscape (Word)"/>
               <xsd:enumeration value="Presentation (PowerPoint)"/>
               <xsd:enumeration value="Report (Word)"/>
             </xsd:restriction>
           </xsd:simpleType>
         </xsd:union>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Owner" ma:index="2" nillable="true" ma:displayName="Template owner" ma:description="Owner of the template" ma:format="Dropdown" ma:list="UserInfo" ma:SharePointGroup="0" ma:internalName="Owner" ma:readOnly="false" ma:showField="ImnName">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:User">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharetoDesktop" ma:index="3" nillable="true" ma:displayName="Share" ma:description="This sharing link has been deprecated as of end of July 2021." ma:format="Dropdown" ma:hidden="true" ma:internalName="SharetoDesktop" ma:readOnly="false">
-[...5 lines deleted...]
-    </xsd:element>
     <xsd:element name="MediaServiceMetadata" ma:index="6" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="7" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="8" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="9" nillable="true" ma:displayName="KeyPoints" ma:hidden="true" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Dayslapsedforreview" ma:index="17" nillable="true" ma:displayName="Days before next review" ma:decimals="0" ma:default="365" ma:format="Dropdown" ma:hidden="true" ma:internalName="Dayslapsedforreview" ma:readOnly="false" ma:percentage="FALSE">
       <xsd:simpleType>
         <xsd:restriction base="dms:Number"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="HyperlinkBase" ma:index="19" nillable="true" ma:displayName="Hyperlink Base" ma:description="Link to O365 version of the document" ma:format="Dropdown" ma:hidden="true" ma:internalName="HyperlinkBase" ma:readOnly="false">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="SharetoDesktop" ma:index="23" nillable="true" ma:displayName="Share" ma:description="This sharing link has been deprecated as of end of July 2021." ma:format="Dropdown" ma:hidden="true" ma:internalName="SharetoDesktop" ma:readOnly="false">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5ce0f2b5-5be5-4508-bce9-d7011ece0659" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{653b1683-0861-4244-a845-dd8daf1f12c4}" ma:internalName="TaxCatchAll" ma:readOnly="false" ma:showField="CatchAllData" ma:web="edc24be7-85b6-48b8-bec8-bca4fac6ccab">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:displayName="Title"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="3" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -23869,145 +23715,158 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
+    <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
     <SharetoDesktop xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63" xsi:nil="true"/>
+    <Style xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63">Report (Word)</Style>
     <HyperlinkBase xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63">https://dhhsvicgovau.sharepoint.com/:w:/s/dffh/Ec1sUX29ovVNg1yz-k3q1CIBvxIHfUXXZlqlU8WV6A4LBA</HyperlinkBase>
-    <TaxCatchAll xmlns="5ce0f2b5-5be5-4508-bce9-d7011ece0659" xsi:nil="true"/>
     <Owner xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63">
       <UserInfo>
         <DisplayName>Publishing Studio (DHHS)</DisplayName>
         <AccountId>83</AccountId>
         <AccountType/>
       </UserInfo>
     </Owner>
     <Dayslapsedforreview xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63">365</Dayslapsedforreview>
-    <Style xmlns="fe161729-0ef4-4b53-b9e8-ddb61266bb63">Report (Word)</Style>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A77F84A-074B-484C-B26C-7EA4A6EDF8A2}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEFF6B71-8466-4FA3-8E7F-22B020BB1BE3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fe161729-0ef4-4b53-b9e8-ddb61266bb63"/>
     <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58CE1EBB-C189-4849-810F-0EC61D30BAF7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{66AC28CD-794A-4DE5-9080-AF945367D2AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
     <ds:schemaRef ds:uri="fe161729-0ef4-4b53-b9e8-ddb61266bb63"/>
-    <ds:schemaRef ds:uri="5ce0f2b5-5be5-4508-bce9-d7011ece0659"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EC6BD20A-5308-4BEF-82D8-B0F9FAC3CFA6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>67808</Characters>
+  <Pages>14</Pages>
+  <Words>12160</Words>
+  <Characters>69315</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>159</Paragraphs>
+  <DocSecurity>2</DocSecurity>
+  <Lines>577</Lines>
+  <Paragraphs>162</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Public Housing Allocations Operational Guidelines</vt:lpstr>
+      <vt:lpstr>Public Housing Allocations Operational Guidelines. Chapter 2: Offers of Housing</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Victoria State Government, Department of Families, Fairness and Housing</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>79544</CharactersWithSpaces>
+  <CharactersWithSpaces>81313</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="48" baseType="variant">
       <vt:variant>
         <vt:i4>7602296</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>36</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://intranet.dhhs.vic.gov.au/graphic-design-process</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7209064</vt:i4>
       </vt:variant>
@@ -24121,110 +23980,117 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc480380484</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Public Housing Allocations Operational Guidelines</dc:title>
+  <dc:title>Public Housing Allocations Operational Guidelines. Chapter 2: Offers of Housing</dc:title>
   <dc:subject>Public Housing Allocations Operational Guidelines. Chapter 2: Offers of Housing</dc:subject>
-  <dc:creator>Homes Victoria</dc:creator>
+  <dc:creator>Operational Guidelines Team</dc:creator>
   <cp:keywords>Public Housing, Allocations, Operational Guidelines, operations, guide, guidelines</cp:keywords>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Language">
     <vt:lpwstr>English</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="version">
+    <vt:lpwstr>2025v1 010720125</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SetDate">
+    <vt:lpwstr>2022-02-28T01:49:00Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Method">
+    <vt:lpwstr>Privileged</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_Name">
+    <vt:lpwstr>43e64453-338c-4f93-8a4d-0039a0a41f2a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_SiteId">
+    <vt:lpwstr>c0e0601f-0fac-449c-9c88-a104c4eb9f28</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ActionId">
+    <vt:lpwstr>63f486b4-8569-4046-8df0-77b8936f4c9d</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_43e64453-338c-4f93-8a4d-0039a0a41f2a_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Order">
+    <vt:r8>2600</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="xd_ProgID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Daysbeforethenextreview">
+    <vt:r8>365</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ComplianceAssetId">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="TemplateUrl">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Format">
+    <vt:lpwstr>Report</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="TemplateVersion">
+    <vt:i4>1</vt:i4>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Hyperlink Base">
+    <vt:lpwstr>https://dhhsvicgovau.sharepoint.com/:w:/s/dffh/Ec1sUX29ovVNg1yz-k3q1CIBvxIHfUXXZlqlU8WV6A4LBA</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Link">
+    <vt:lpwstr>https://dhhsvicgovau.sharepoint.com/:w:/s/dffh/Ec1sUX29ovVNg1yz-k3q1CIBvxIHfUXXZlqlU8WV6A4LBA, https://dhhsvicgovau.sharepoint.com/:w:/s/dffh/Ec1sUX29ovVNg1yz-k3q1CIBvxIHfUXXZlqlU8WV6A4LBA</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="xd_Signature">
+    <vt:bool>false</vt:bool>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="GrammarlyDocumentId">
+    <vt:lpwstr>6461dc9e-6069-4ca4-862e-f9527cb4175d</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="ContentTypeId">
     <vt:lpwstr>0x0101009E92284D629C66409C3E65A98AFA6AB2</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="version">
-[...26 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="xd_ProgID">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="_SourceUrl">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="_SourceUrl">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Daysbeforethenextreview">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="_SharedFileIndex">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="_SharedFileIndex">
     <vt:lpwstr/>
-  </property>
-[...22 lines deleted...]
-    <vt:bool>false</vt:bool>
   </property>
 </Properties>
 </file>